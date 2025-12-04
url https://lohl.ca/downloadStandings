--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -469,302 +469,314 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="C2">
+        <v>8</v>
+      </c>
+      <c r="D2">
         <v>2</v>
       </c>
-      <c r="D2">
-[...1 lines deleted...]
-      </c>
       <c r="E2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F2">
-        <v>17</v>
+        <v>62</v>
       </c>
       <c r="G2">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="H2">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I2">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="J2">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="K2">
-        <v>0.5</v>
+        <v>0.67</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
         <v>12</v>
       </c>
       <c r="B3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="C3">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="F3">
+        <v>82</v>
+      </c>
+      <c r="G3">
+        <v>20</v>
+      </c>
+      <c r="H3">
+        <v>38</v>
+      </c>
+      <c r="I3">
+        <v>18</v>
+      </c>
+      <c r="J3">
         <v>24</v>
-      </c>
-[...10 lines deleted...]
-        <v>8</v>
       </c>
       <c r="K3">
         <v>1.0</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4">
-        <v>4</v>
+        <v>12</v>
+      </c>
+      <c r="C4">
+        <v>1</v>
       </c>
       <c r="D4">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="F4">
-        <v>6</v>
+        <v>23</v>
       </c>
       <c r="G4">
-        <v>20</v>
+        <v>71</v>
       </c>
       <c r="H4">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="I4">
-        <v>3</v>
+        <v>12</v>
+      </c>
+      <c r="J4">
+        <v>2</v>
       </c>
       <c r="K4">
-        <v>0.0</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5">
+        <v>12</v>
+      </c>
+      <c r="C5">
         <v>4</v>
       </c>
-      <c r="C5">
+      <c r="D5">
+        <v>7</v>
+      </c>
+      <c r="E5">
         <v>1</v>
       </c>
-      <c r="D5">
-[...1 lines deleted...]
-      </c>
       <c r="F5">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="G5">
-        <v>14</v>
+        <v>49</v>
       </c>
       <c r="H5">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="I5">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="J5">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="K5">
-        <v>0.25</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="C6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D6">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="E6">
         <v>1</v>
       </c>
       <c r="F6">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="G6">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="H6">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="I6">
-        <v>7</v>
+        <v>23</v>
       </c>
       <c r="J6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="K6">
-        <v>0.25</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7">
+        <v>12</v>
+      </c>
+      <c r="C7">
         <v>4</v>
       </c>
-      <c r="C7">
-[...1 lines deleted...]
-      </c>
       <c r="D7">
+        <v>7</v>
+      </c>
+      <c r="E7">
         <v>1</v>
       </c>
       <c r="F7">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="G7">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="H7">
+        <v>31</v>
+      </c>
+      <c r="I7">
+        <v>13</v>
+      </c>
+      <c r="J7">
         <v>9</v>
       </c>
-      <c r="I7">
-[...4 lines deleted...]
-      </c>
       <c r="K7">
-        <v>0.75</v>
+        <v>0.33</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="C8">
+        <v>7</v>
+      </c>
+      <c r="D8">
         <v>2</v>
       </c>
-      <c r="D8">
-[...1 lines deleted...]
-      </c>
       <c r="E8">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F8">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="G8">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="H8">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="I8">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="J8">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="K8">
-        <v>0.5</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="C9">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D9">
+        <v>5</v>
+      </c>
+      <c r="E9">
         <v>2</v>
       </c>
-      <c r="E9">
-[...1 lines deleted...]
-      </c>
       <c r="F9">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="G9">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="H9">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="I9">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="J9">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="K9">
-        <v>0.25</v>
+        <v>0.42</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">