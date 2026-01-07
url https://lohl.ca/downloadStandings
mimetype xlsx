--- v1 (2025-12-04)
+++ v2 (2026-01-07)
@@ -469,314 +469,314 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C2">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E2">
         <v>2</v>
       </c>
       <c r="F2">
-        <v>62</v>
+        <v>80</v>
       </c>
       <c r="G2">
+        <v>27</v>
+      </c>
+      <c r="H2">
+        <v>66</v>
+      </c>
+      <c r="I2">
+        <v>33</v>
+      </c>
+      <c r="J2">
         <v>22</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
       <c r="K2">
         <v>0.67</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
         <v>12</v>
       </c>
       <c r="B3">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C3">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F3">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="G3">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="H3">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="I3">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="J3">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="K3">
         <v>1.0</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C4">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D4">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F4">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="G4">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="H4">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="I4">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="J4">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K4">
-        <v>0.08</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D5">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="E5">
         <v>1</v>
       </c>
       <c r="F5">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="G5">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="H5">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="I5">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="J5">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="K5">
         <v>0.33</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D6">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="E6">
         <v>1</v>
       </c>
       <c r="F6">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="G6">
-        <v>61</v>
+        <v>76</v>
       </c>
       <c r="H6">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="I6">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="J6">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="K6">
-        <v>0.17</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D7">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="E7">
         <v>1</v>
       </c>
       <c r="F7">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="G7">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="H7">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="I7">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="J7">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="K7">
         <v>0.33</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C8">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E8">
         <v>3</v>
       </c>
       <c r="F8">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="G8">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="H8">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="I8">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="J8">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="K8">
-        <v>0.58</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C9">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D9">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E9">
         <v>2</v>
       </c>
       <c r="F9">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="G9">
-        <v>56</v>
+        <v>68</v>
       </c>
       <c r="H9">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="I9">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="J9">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="K9">
-        <v>0.42</v>
+        <v>0.47</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">