--- v2 (2026-01-07)
+++ v3 (2026-02-04)
@@ -469,314 +469,314 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C2">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="D2">
         <v>3</v>
       </c>
       <c r="E2">
         <v>2</v>
       </c>
       <c r="F2">
-        <v>80</v>
+        <v>101</v>
       </c>
       <c r="G2">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="H2">
-        <v>66</v>
+        <v>84</v>
       </c>
       <c r="I2">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="J2">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="K2">
-        <v>0.67</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
         <v>12</v>
       </c>
       <c r="B3">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C3">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="F3">
-        <v>97</v>
+        <v>124</v>
       </c>
       <c r="G3">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="H3">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="I3">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="J3">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="K3">
         <v>1.0</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="F4">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="G4">
-        <v>79</v>
+        <v>101</v>
       </c>
       <c r="H4">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="I4">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J4">
         <v>4</v>
       </c>
       <c r="K4">
-        <v>0.13</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C5">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D5">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="E5">
         <v>1</v>
       </c>
       <c r="F5">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="G5">
-        <v>56</v>
+        <v>74</v>
       </c>
       <c r="H5">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="I5">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="J5">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="K5">
-        <v>0.33</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D6">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E6">
         <v>1</v>
       </c>
       <c r="F6">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="G6">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="H6">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="I6">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="J6">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="K6">
-        <v>0.2</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C7">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D7">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="E7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F7">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="G7">
-        <v>65</v>
+        <v>83</v>
       </c>
       <c r="H7">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="I7">
+        <v>21</v>
+      </c>
+      <c r="J7">
         <v>14</v>
       </c>
-      <c r="J7">
-[...1 lines deleted...]
-      </c>
       <c r="K7">
-        <v>0.33</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C8">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D8">
+        <v>5</v>
+      </c>
+      <c r="E8">
         <v>4</v>
       </c>
-      <c r="E8">
-[...1 lines deleted...]
-      </c>
       <c r="F8">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="G8">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="H8">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="I8">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J8">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K8">
         <v>0.53</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C9">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D9">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="E9">
         <v>2</v>
       </c>
       <c r="F9">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G9">
-        <v>68</v>
+        <v>85</v>
       </c>
       <c r="H9">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="I9">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="J9">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="K9">
-        <v>0.47</v>
+        <v>0.42</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">