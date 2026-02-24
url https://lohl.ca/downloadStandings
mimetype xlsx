--- v3 (2026-02-04)
+++ v4 (2026-02-24)
@@ -47,72 +47,72 @@
   <si>
     <t>Loss</t>
   </si>
   <si>
     <t>Tie</t>
   </si>
   <si>
     <t>Goals For</t>
   </si>
   <si>
     <t>Goals Against</t>
   </si>
   <si>
     <t>Pims</t>
   </si>
   <si>
     <t>PimsI</t>
   </si>
   <si>
     <t>Points</t>
   </si>
   <si>
     <t>Win Pct</t>
   </si>
   <si>
+    <t>Mimico Creaks</t>
+  </si>
+  <si>
+    <t>Fossils</t>
+  </si>
+  <si>
+    <t>Etobicoke Wings</t>
+  </si>
+  <si>
+    <t>Blue Goose</t>
+  </si>
+  <si>
+    <t>Mimico Old Boys</t>
+  </si>
+  <si>
+    <t>Blades</t>
+  </si>
+  <si>
+    <t>Weston</t>
+  </si>
+  <si>
     <t>Fireball Dragons</t>
-  </si>
-[...19 lines deleted...]
-    <t>Mimico Old Boys</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -469,314 +469,251 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="C2">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="D2">
+        <v>1</v>
+      </c>
+      <c r="F2">
         <v>3</v>
       </c>
-      <c r="E2">
-[...7 lines deleted...]
-      </c>
       <c r="H2">
-        <v>84</v>
+        <v>2</v>
       </c>
       <c r="I2">
-        <v>42</v>
+        <v>1</v>
       </c>
       <c r="J2">
-        <v>30</v>
+        <v>2</v>
       </c>
       <c r="K2">
-        <v>0.74</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
         <v>12</v>
       </c>
       <c r="B3">
-        <v>19</v>
-[...5 lines deleted...]
-        <v>124</v>
+        <v>1</v>
+      </c>
+      <c r="D3">
+        <v>1</v>
       </c>
       <c r="G3">
-        <v>31</v>
+        <v>3</v>
       </c>
       <c r="H3">
-        <v>54</v>
+        <v>6</v>
       </c>
       <c r="I3">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>3</v>
       </c>
       <c r="K3">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="C4">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="F4">
-        <v>31</v>
+        <v>6</v>
       </c>
       <c r="G4">
-        <v>101</v>
+        <v>3</v>
       </c>
       <c r="H4">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="I4">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="J4">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K4">
-        <v>0.11</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D5">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="E5">
         <v>1</v>
       </c>
       <c r="F5">
-        <v>51</v>
+        <v>3</v>
       </c>
       <c r="G5">
-        <v>74</v>
+        <v>6</v>
       </c>
       <c r="H5">
-        <v>67</v>
+        <v>2</v>
       </c>
       <c r="I5">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="K5">
-        <v>0.37</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="C6">
+        <v>1</v>
+      </c>
+      <c r="F6">
         <v>4</v>
       </c>
-      <c r="D6">
-[...7 lines deleted...]
-      </c>
       <c r="G6">
-        <v>96</v>
+        <v>1</v>
       </c>
       <c r="H6">
-        <v>66</v>
+        <v>6</v>
       </c>
       <c r="I6">
-        <v>33</v>
+        <v>3</v>
       </c>
       <c r="J6">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="K6">
-        <v>0.21</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="C7">
+        <v>1</v>
+      </c>
+      <c r="D7">
+        <v>1</v>
+      </c>
+      <c r="F7">
+        <v>1</v>
+      </c>
+      <c r="G7">
+        <v>4</v>
+      </c>
+      <c r="H7">
         <v>6</v>
       </c>
-      <c r="D7">
-[...13 lines deleted...]
-      </c>
       <c r="I7">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="K7">
-        <v>0.32</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="D8">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="E8">
+        <v>1</v>
+      </c>
+      <c r="G8">
         <v>4</v>
       </c>
-      <c r="F8">
-[...4 lines deleted...]
-      </c>
       <c r="H8">
-        <v>62</v>
+        <v>4</v>
       </c>
       <c r="I8">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="K8">
-        <v>0.53</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="C9">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F9">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>4</v>
       </c>
       <c r="H9">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="I9">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="J9">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="K9">
-        <v>0.42</v>
+        <v>1.0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">