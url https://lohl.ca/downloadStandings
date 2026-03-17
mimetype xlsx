--- v4 (2026-02-24)
+++ v5 (2026-03-17)
@@ -469,248 +469,290 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C2">
+        <v>3</v>
+      </c>
+      <c r="D2">
         <v>1</v>
       </c>
       <c r="F2">
-        <v>3</v>
+        <v>13</v>
+      </c>
+      <c r="G2">
+        <v>10</v>
       </c>
       <c r="H2">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="I2">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="J2">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K2">
-        <v>1.0</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
         <v>12</v>
       </c>
       <c r="B3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D3">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="F3">
+        <v>3</v>
       </c>
       <c r="G3">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="H3">
-        <v>6</v>
+        <v>34</v>
       </c>
       <c r="I3">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="K3">
         <v>0.0</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
         <v>13</v>
       </c>
       <c r="B4">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
+      <c r="D4">
+        <v>3</v>
+      </c>
       <c r="F4">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="G4">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="H4">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I4">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="J4">
         <v>2</v>
       </c>
       <c r="K4">
-        <v>1.0</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D5">
+        <v>3</v>
+      </c>
+      <c r="E5">
         <v>1</v>
       </c>
       <c r="F5">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="G5">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="H5">
-        <v>2</v>
+        <v>32</v>
       </c>
       <c r="I5">
+        <v>12</v>
+      </c>
+      <c r="J5">
         <v>1</v>
       </c>
       <c r="K5">
         <v>0.0</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C6">
+        <v>2</v>
+      </c>
+      <c r="D6">
+        <v>1</v>
+      </c>
+      <c r="E6">
         <v>1</v>
       </c>
       <c r="F6">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="G6">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="H6">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="I6">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="J6">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K6">
-        <v>1.0</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="C7">
+        <v>2</v>
       </c>
       <c r="D7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F7">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="G7">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="H7">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I7">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="J7">
+        <v>4</v>
       </c>
       <c r="K7">
-        <v>0.0</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="C8">
+        <v>3</v>
       </c>
       <c r="D8">
         <v>1</v>
       </c>
+      <c r="F8">
+        <v>21</v>
+      </c>
       <c r="G8">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="H8">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="I8">
-        <v>2</v>
+        <v>7</v>
+      </c>
+      <c r="J8">
+        <v>6</v>
       </c>
       <c r="K8">
-        <v>0.0</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C9">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F9">
-        <v>4</v>
+        <v>20</v>
+      </c>
+      <c r="G9">
+        <v>1</v>
       </c>
       <c r="H9">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="I9">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="J9">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="K9">
         <v>1.0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>