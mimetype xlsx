--- v0 (2025-10-13)
+++ v1 (2025-11-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Skaters" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="248">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="253">
   <si>
     <t>Player Id</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Team Id</t>
   </si>
   <si>
     <t>Games Played</t>
   </si>
   <si>
     <t>Goals</t>
   </si>
   <si>
     <t>Assists</t>
   </si>
   <si>
@@ -248,368 +248,371 @@
   <si>
     <t>Jim</t>
   </si>
   <si>
     <t>Henderson</t>
   </si>
   <si>
     <t>Hugh</t>
   </si>
   <si>
     <t>Drennan</t>
   </si>
   <si>
     <t>Brad</t>
   </si>
   <si>
     <t>Buchanan</t>
   </si>
   <si>
     <t>Ian</t>
   </si>
   <si>
     <t>Campbell</t>
   </si>
   <si>
+    <t>Darrin</t>
+  </si>
+  <si>
+    <t>Riemer</t>
+  </si>
+  <si>
+    <t>Greg</t>
+  </si>
+  <si>
+    <t>Ellis</t>
+  </si>
+  <si>
+    <t>{"Etobicoke Wings":4}</t>
+  </si>
+  <si>
+    <t>Paul</t>
+  </si>
+  <si>
+    <t>Riopelle</t>
+  </si>
+  <si>
+    <t>Stephane</t>
+  </si>
+  <si>
+    <t>Lecuyer</t>
+  </si>
+  <si>
+    <t>Kirby</t>
+  </si>
+  <si>
+    <t>Jamie</t>
+  </si>
+  <si>
+    <t>Allan</t>
+  </si>
+  <si>
+    <t>Joe</t>
+  </si>
+  <si>
+    <t>Dixon</t>
+  </si>
+  <si>
+    <t>Theodore</t>
+  </si>
+  <si>
+    <t>Linseman</t>
+  </si>
+  <si>
+    <t>Welsh</t>
+  </si>
+  <si>
+    <t>Jon</t>
+  </si>
+  <si>
+    <t>Land</t>
+  </si>
+  <si>
+    <t>Jay</t>
+  </si>
+  <si>
+    <t>Stenhouse</t>
+  </si>
+  <si>
+    <t>Lee</t>
+  </si>
+  <si>
+    <t>Barter</t>
+  </si>
+  <si>
+    <t>McLeod</t>
+  </si>
+  <si>
+    <t>Clarke</t>
+  </si>
+  <si>
+    <t>Pat</t>
+  </si>
+  <si>
+    <t>Celik</t>
+  </si>
+  <si>
+    <t>Derek</t>
+  </si>
+  <si>
+    <t>Sweeney</t>
+  </si>
+  <si>
+    <t>Hemington</t>
+  </si>
+  <si>
+    <t>Dan</t>
+  </si>
+  <si>
+    <t>Meister</t>
+  </si>
+  <si>
+    <t>Radoslav</t>
+  </si>
+  <si>
+    <t>Pencak</t>
+  </si>
+  <si>
+    <t>{"Weston":11}</t>
+  </si>
+  <si>
+    <t>Adam</t>
+  </si>
+  <si>
+    <t>Crisp</t>
+  </si>
+  <si>
+    <t>Caranci</t>
+  </si>
+  <si>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>Koehler</t>
+  </si>
+  <si>
+    <t>Noble</t>
+  </si>
+  <si>
+    <t>Kyle</t>
+  </si>
+  <si>
+    <t>Varney</t>
+  </si>
+  <si>
+    <t>Walter</t>
+  </si>
+  <si>
+    <t>Fantin</t>
+  </si>
+  <si>
+    <t>Al</t>
+  </si>
+  <si>
+    <t>Cooper</t>
+  </si>
+  <si>
+    <t>Jeffery</t>
+  </si>
+  <si>
+    <t>Lulham</t>
+  </si>
+  <si>
+    <t>{"Blades":12}</t>
+  </si>
+  <si>
+    <t>Tedesco</t>
+  </si>
+  <si>
+    <t>Keith</t>
+  </si>
+  <si>
+    <t>Rogers</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>Harrington</t>
+  </si>
+  <si>
+    <t>Tedford</t>
+  </si>
+  <si>
+    <t>Nick</t>
+  </si>
+  <si>
+    <t>Gray</t>
+  </si>
+  <si>
+    <t>Patrick</t>
+  </si>
+  <si>
+    <t>Magee</t>
+  </si>
+  <si>
+    <t>Jake</t>
+  </si>
+  <si>
+    <t>Irwin</t>
+  </si>
+  <si>
+    <t>Russell</t>
+  </si>
+  <si>
+    <t>Sam</t>
+  </si>
+  <si>
+    <t>Mouratidis</t>
+  </si>
+  <si>
+    <t>Austen</t>
+  </si>
+  <si>
+    <t>MacDonald</t>
+  </si>
+  <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>Pomakov</t>
+  </si>
+  <si>
+    <t>Warran</t>
+  </si>
+  <si>
+    <t>Battiston</t>
+  </si>
+  <si>
+    <t>Ryan</t>
+  </si>
+  <si>
+    <t>Soderberg</t>
+  </si>
+  <si>
+    <t>Desimone</t>
+  </si>
+  <si>
+    <t>Brown</t>
+  </si>
+  <si>
+    <t>Gord</t>
+  </si>
+  <si>
+    <t>Jessop</t>
+  </si>
+  <si>
+    <t>Bert</t>
+  </si>
+  <si>
+    <t>Belvedere</t>
+  </si>
+  <si>
+    <t>Josh</t>
+  </si>
+  <si>
+    <t>Visser</t>
+  </si>
+  <si>
+    <t>Dale</t>
+  </si>
+  <si>
+    <t>Beesley</t>
+  </si>
+  <si>
+    <t>Harvey</t>
+  </si>
+  <si>
+    <t>Olsen</t>
+  </si>
+  <si>
+    <t>Greenshields</t>
+  </si>
+  <si>
+    <t>Sherrard</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Kapshey</t>
+  </si>
+  <si>
+    <t>Bob</t>
+  </si>
+  <si>
+    <t>Greig</t>
+  </si>
+  <si>
+    <t>Love</t>
+  </si>
+  <si>
+    <t>{"Fireball Dragons":16}</t>
+  </si>
+  <si>
+    <t>Matt</t>
+  </si>
+  <si>
+    <t>Dunlop</t>
+  </si>
+  <si>
+    <t>Delano</t>
+  </si>
+  <si>
+    <t>Lorenzo</t>
+  </si>
+  <si>
+    <t>Perozzo</t>
+  </si>
+  <si>
+    <t>Darren</t>
+  </si>
+  <si>
+    <t>Gornall</t>
+  </si>
+  <si>
+    <t>Brady</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>Britten</t>
+  </si>
+  <si>
+    <t>Cordovado</t>
+  </si>
+  <si>
+    <t>Hanlon</t>
+  </si>
+  <si>
+    <t>Spoja</t>
+  </si>
+  <si>
     <t>Scott</t>
   </si>
   <si>
-    <t>Belair</t>
-[...313 lines deleted...]
-  <si>
     <t>Walling</t>
   </si>
   <si>
     <t>Thompson</t>
   </si>
   <si>
     <t>Conor</t>
   </si>
   <si>
     <t>Wilson</t>
   </si>
   <si>
     <t>Bonello</t>
   </si>
   <si>
     <t>Brandon</t>
   </si>
   <si>
     <t>Cahill</t>
   </si>
   <si>
     <t>Dubbin</t>
   </si>
   <si>
     <t>Steve</t>
@@ -617,50 +620,56 @@
   <si>
     <t>Bojcun</t>
   </si>
   <si>
     <t>Josef</t>
   </si>
   <si>
     <t>Maly</t>
   </si>
   <si>
     <t>Tyrel</t>
   </si>
   <si>
     <t>Lamb</t>
   </si>
   <si>
     <t>Dupree</t>
   </si>
   <si>
     <t>Graeme</t>
   </si>
   <si>
     <t>Beck</t>
   </si>
   <si>
+    <t>Jason</t>
+  </si>
+  <si>
+    <t>Gallant</t>
+  </si>
+  <si>
     <t>Toli</t>
   </si>
   <si>
     <t>Anastassiou</t>
   </si>
   <si>
     <t>Walton</t>
   </si>
   <si>
     <t>Seckington</t>
   </si>
   <si>
     <t>Noon</t>
   </si>
   <si>
     <t>Cerra</t>
   </si>
   <si>
     <t>Mark</t>
   </si>
   <si>
     <t>Dineley</t>
   </si>
   <si>
     <t>Shane</t>
@@ -756,50 +765,56 @@
     <t>Joanathan</t>
   </si>
   <si>
     <t>Kay</t>
   </si>
   <si>
     <t>Maciel</t>
   </si>
   <si>
     <t>Faria</t>
   </si>
   <si>
     <t>Da Silva</t>
   </si>
   <si>
     <t>Jack</t>
   </si>
   <si>
     <t>MacLaren</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
     <t>Martin</t>
+  </si>
+  <si>
+    <t>Carlos</t>
+  </si>
+  <si>
+    <t>Canejo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1102,51 +1117,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L144"/>
+  <dimension ref="A1:L147"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
     <col min="9" max="9" width="10" customWidth="true" style="0"/>
     <col min="10" max="10" width="10" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -1178,121 +1193,127 @@
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:12">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2">
         <v>6</v>
       </c>
       <c r="F2">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="H2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J2">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="K2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:12">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>16</v>
       </c>
       <c r="E3">
         <v>6</v>
       </c>
       <c r="F3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="H3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I3">
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="J3">
+        <v>2</v>
+      </c>
+      <c r="K3">
+        <v>1</v>
       </c>
       <c r="L3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:12">
       <c r="A4">
         <v>4</v>
       </c>
       <c r="B4">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4">
         <v>6</v>
       </c>
       <c r="F4">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="H4">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I4">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J4">
         <v>4</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="L4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:12">
       <c r="A5">
         <v>15</v>
       </c>
       <c r="B5">
         <v>55</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5">
@@ -1312,4032 +1333,4485 @@
       </c>
       <c r="K5">
         <v>1</v>
       </c>
       <c r="L5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6">
         <v>18</v>
       </c>
       <c r="B6">
         <v>75</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6">
         <v>6</v>
       </c>
       <c r="F6">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="H6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I6">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="J6">
+        <v>2</v>
+      </c>
+      <c r="K6">
+        <v>1</v>
       </c>
       <c r="L6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7">
         <v>43</v>
       </c>
       <c r="B7">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>15</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7">
         <v>5</v>
       </c>
       <c r="F7">
         <v>2</v>
       </c>
       <c r="L7" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8">
         <v>45</v>
       </c>
       <c r="B8">
         <v>7</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8">
         <v>5</v>
       </c>
       <c r="F8">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="G8">
+        <v>1</v>
+      </c>
+      <c r="H8">
+        <v>1</v>
+      </c>
+      <c r="I8">
+        <v>2</v>
       </c>
       <c r="L8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9">
         <v>46</v>
       </c>
       <c r="B9">
         <v>5</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
         <v>28</v>
       </c>
       <c r="E9">
         <v>5</v>
       </c>
       <c r="F9">
         <v>1</v>
       </c>
       <c r="L9" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10">
         <v>48</v>
       </c>
       <c r="B10">
         <v>10</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
         <v>30</v>
       </c>
       <c r="E10">
         <v>5</v>
       </c>
       <c r="F10">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="H10">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I10">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="J10">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L10" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11">
         <v>50</v>
       </c>
       <c r="B11">
         <v>12</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
       <c r="E11">
         <v>5</v>
       </c>
       <c r="F11">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="L11" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12">
         <v>53</v>
       </c>
       <c r="B12">
         <v>91</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
       <c r="D12" t="s">
         <v>34</v>
       </c>
       <c r="E12">
         <v>5</v>
       </c>
       <c r="F12">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="H12">
         <v>1</v>
       </c>
       <c r="I12">
         <v>2</v>
       </c>
       <c r="L12" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13">
         <v>55</v>
       </c>
       <c r="B13">
         <v>22</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
       <c r="D13" t="s">
         <v>36</v>
       </c>
       <c r="E13">
         <v>5</v>
       </c>
       <c r="F13">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="G13">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H13">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I13">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="L13" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14">
         <v>59</v>
       </c>
       <c r="B14">
         <v>52</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
         <v>38</v>
       </c>
       <c r="E14">
         <v>5</v>
       </c>
       <c r="F14">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
+      <c r="H14">
+        <v>2</v>
+      </c>
       <c r="I14">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J14">
         <v>2</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
       <c r="L14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15">
         <v>61</v>
       </c>
       <c r="B15">
         <v>95</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
       <c r="D15" t="s">
         <v>40</v>
       </c>
       <c r="E15">
         <v>5</v>
       </c>
       <c r="F15">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="L15" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16">
         <v>65</v>
       </c>
       <c r="B16">
         <v>44</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
       <c r="D16" t="s">
         <v>42</v>
       </c>
       <c r="E16">
         <v>8</v>
       </c>
       <c r="F16">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L16" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17">
         <v>66</v>
       </c>
       <c r="B17">
         <v>20</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
       <c r="D17" t="s">
         <v>45</v>
       </c>
       <c r="E17">
         <v>8</v>
       </c>
       <c r="F17">
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="J17">
+        <v>2</v>
+      </c>
+      <c r="K17">
+        <v>1</v>
       </c>
       <c r="L17" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18">
         <v>67</v>
       </c>
       <c r="B18">
         <v>7</v>
       </c>
       <c r="C18" t="s">
         <v>29</v>
       </c>
       <c r="D18" t="s">
         <v>46</v>
       </c>
       <c r="E18">
         <v>8</v>
       </c>
       <c r="F18">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="H18">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I18">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L18" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19">
         <v>68</v>
       </c>
       <c r="B19">
         <v>8</v>
       </c>
       <c r="C19" t="s">
         <v>47</v>
       </c>
       <c r="D19" t="s">
         <v>48</v>
       </c>
       <c r="E19">
         <v>8</v>
       </c>
       <c r="F19">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="H19">
         <v>1</v>
       </c>
       <c r="I19">
         <v>1</v>
       </c>
       <c r="L19" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20">
         <v>69</v>
       </c>
       <c r="B20">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>49</v>
       </c>
       <c r="D20" t="s">
         <v>50</v>
       </c>
       <c r="E20">
         <v>8</v>
       </c>
       <c r="F20">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="G20">
+        <v>1</v>
+      </c>
+      <c r="H20">
+        <v>2</v>
+      </c>
+      <c r="I20">
+        <v>3</v>
       </c>
       <c r="L20" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21">
         <v>70</v>
       </c>
       <c r="B21">
         <v>14</v>
       </c>
       <c r="C21" t="s">
         <v>51</v>
       </c>
       <c r="D21" t="s">
         <v>52</v>
       </c>
       <c r="E21">
         <v>8</v>
       </c>
       <c r="F21">
-        <v>4</v>
+        <v>7</v>
+      </c>
+      <c r="G21">
+        <v>1</v>
       </c>
       <c r="H21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I21">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L21" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22">
         <v>72</v>
       </c>
       <c r="B22">
         <v>18</v>
       </c>
       <c r="C22" t="s">
         <v>53</v>
       </c>
       <c r="D22" t="s">
         <v>54</v>
       </c>
       <c r="E22">
         <v>8</v>
       </c>
       <c r="L22" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23">
         <v>74</v>
       </c>
       <c r="B23">
         <v>5</v>
       </c>
       <c r="C23" t="s">
         <v>55</v>
       </c>
       <c r="D23" t="s">
         <v>56</v>
       </c>
       <c r="E23">
         <v>8</v>
       </c>
       <c r="F23">
-        <v>4</v>
+        <v>7</v>
+      </c>
+      <c r="J23">
+        <v>2</v>
+      </c>
+      <c r="K23">
+        <v>1</v>
       </c>
       <c r="L23" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24">
         <v>75</v>
       </c>
       <c r="B24">
         <v>11</v>
       </c>
       <c r="C24" t="s">
         <v>57</v>
       </c>
       <c r="D24" t="s">
         <v>58</v>
       </c>
       <c r="E24">
         <v>8</v>
       </c>
       <c r="F24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L24" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="25" spans="1:12">
       <c r="A25">
         <v>76</v>
       </c>
       <c r="B25">
         <v>17</v>
       </c>
       <c r="C25" t="s">
         <v>59</v>
       </c>
       <c r="D25" t="s">
         <v>60</v>
       </c>
       <c r="E25">
         <v>8</v>
       </c>
       <c r="F25">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="H25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I25">
+        <v>3</v>
+      </c>
+      <c r="J25">
+        <v>4</v>
+      </c>
+      <c r="K25">
         <v>2</v>
       </c>
       <c r="L25" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="26" spans="1:12">
       <c r="A26">
         <v>79</v>
       </c>
       <c r="B26">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>61</v>
       </c>
       <c r="D26" t="s">
         <v>62</v>
       </c>
       <c r="E26">
         <v>8</v>
       </c>
       <c r="F26">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G26">
         <v>4</v>
       </c>
       <c r="I26">
         <v>4</v>
       </c>
       <c r="L26" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27">
         <v>82</v>
       </c>
       <c r="B27">
         <v>54</v>
       </c>
       <c r="C27" t="s">
         <v>29</v>
       </c>
       <c r="D27" t="s">
         <v>63</v>
       </c>
       <c r="E27">
         <v>8</v>
       </c>
       <c r="F27">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H27">
         <v>3</v>
       </c>
       <c r="I27">
         <v>3</v>
       </c>
       <c r="L27" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="A28">
         <v>83</v>
       </c>
       <c r="B28">
         <v>10</v>
       </c>
       <c r="C28" t="s">
         <v>64</v>
       </c>
       <c r="D28" t="s">
         <v>65</v>
       </c>
       <c r="E28">
         <v>8</v>
       </c>
       <c r="F28">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="H28">
         <v>1</v>
       </c>
       <c r="I28">
         <v>1</v>
       </c>
       <c r="L28" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="29" spans="1:12">
       <c r="A29">
         <v>130</v>
       </c>
       <c r="B29">
         <v>11</v>
       </c>
       <c r="C29" t="s">
         <v>66</v>
       </c>
       <c r="D29" t="s">
         <v>67</v>
       </c>
       <c r="E29">
         <v>7</v>
       </c>
       <c r="F29">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G29">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="H29">
+        <v>1</v>
       </c>
       <c r="I29">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J29">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L29" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="30" spans="1:12">
       <c r="A30">
         <v>134</v>
       </c>
       <c r="B30">
         <v>18</v>
       </c>
       <c r="C30" t="s">
         <v>29</v>
       </c>
       <c r="D30" t="s">
         <v>69</v>
       </c>
       <c r="E30">
         <v>7</v>
       </c>
       <c r="F30">
-        <v>3</v>
+        <v>7</v>
+      </c>
+      <c r="G30">
+        <v>1</v>
       </c>
       <c r="H30">
         <v>1</v>
       </c>
       <c r="I30">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L30" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31">
         <v>135</v>
       </c>
       <c r="B31">
         <v>5</v>
       </c>
       <c r="C31" t="s">
         <v>70</v>
       </c>
       <c r="D31" t="s">
         <v>71</v>
       </c>
       <c r="E31">
         <v>7</v>
       </c>
       <c r="F31">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="H31">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I31">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="L31" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="A32">
         <v>136</v>
       </c>
       <c r="B32">
         <v>20</v>
       </c>
       <c r="C32" t="s">
         <v>72</v>
       </c>
       <c r="D32" t="s">
         <v>73</v>
       </c>
       <c r="E32">
         <v>7</v>
       </c>
       <c r="F32">
-        <v>4</v>
+        <v>7</v>
+      </c>
+      <c r="H32">
+        <v>2</v>
+      </c>
+      <c r="I32">
+        <v>2</v>
       </c>
       <c r="L32" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33">
         <v>137</v>
       </c>
       <c r="B33">
         <v>21</v>
       </c>
       <c r="C33" t="s">
         <v>74</v>
       </c>
       <c r="D33" t="s">
         <v>75</v>
       </c>
       <c r="E33">
         <v>7</v>
       </c>
       <c r="F33">
-        <v>3</v>
+        <v>6</v>
+      </c>
+      <c r="H33">
+        <v>1</v>
+      </c>
+      <c r="I33">
+        <v>1</v>
       </c>
       <c r="L33" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="34" spans="1:12">
       <c r="A34">
         <v>138</v>
       </c>
       <c r="B34">
         <v>22</v>
       </c>
       <c r="C34" t="s">
         <v>76</v>
       </c>
       <c r="D34" t="s">
         <v>77</v>
       </c>
       <c r="E34">
         <v>7</v>
       </c>
       <c r="F34">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="G34">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I34">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J34">
         <v>2</v>
       </c>
       <c r="K34">
         <v>1</v>
       </c>
       <c r="L34" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="B35">
-        <v>7</v>
+        <v>77</v>
       </c>
       <c r="C35" t="s">
         <v>78</v>
       </c>
       <c r="D35" t="s">
         <v>79</v>
       </c>
       <c r="E35">
-        <v>4</v>
+        <v>7</v>
+      </c>
+      <c r="F35">
+        <v>2</v>
+      </c>
+      <c r="G35">
+        <v>1</v>
+      </c>
+      <c r="I35">
+        <v>1</v>
       </c>
       <c r="L35" t="s">
-        <v>80</v>
+        <v>68</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="A36">
         <v>149</v>
       </c>
       <c r="B36">
         <v>6</v>
       </c>
       <c r="C36" t="s">
+        <v>80</v>
+      </c>
+      <c r="D36" t="s">
         <v>81</v>
       </c>
-      <c r="D36" t="s">
+      <c r="E36">
+        <v>4</v>
+      </c>
+      <c r="F36">
+        <v>6</v>
+      </c>
+      <c r="H36">
+        <v>2</v>
+      </c>
+      <c r="I36">
+        <v>2</v>
+      </c>
+      <c r="J36">
+        <v>2</v>
+      </c>
+      <c r="K36">
+        <v>1</v>
+      </c>
+      <c r="L36" t="s">
         <v>82</v>
-      </c>
-[...13 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37">
         <v>155</v>
       </c>
       <c r="B37">
         <v>26</v>
       </c>
       <c r="C37" t="s">
         <v>83</v>
       </c>
       <c r="D37" t="s">
         <v>84</v>
       </c>
       <c r="E37">
         <v>4</v>
       </c>
       <c r="F37">
+        <v>2</v>
+      </c>
+      <c r="G37">
+        <v>1</v>
+      </c>
+      <c r="H37">
+        <v>1</v>
+      </c>
+      <c r="I37">
+        <v>2</v>
+      </c>
+      <c r="J37">
+        <v>2</v>
+      </c>
+      <c r="K37">
         <v>1</v>
       </c>
       <c r="L37" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="38" spans="1:12">
       <c r="A38">
         <v>156</v>
       </c>
       <c r="B38">
         <v>8</v>
       </c>
       <c r="C38" t="s">
         <v>85</v>
       </c>
       <c r="D38" t="s">
         <v>86</v>
       </c>
       <c r="E38">
         <v>4</v>
       </c>
       <c r="F38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L38" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39">
         <v>158</v>
       </c>
       <c r="B39">
         <v>30</v>
       </c>
       <c r="C39" t="s">
         <v>21</v>
       </c>
       <c r="D39" t="s">
         <v>87</v>
       </c>
       <c r="E39">
         <v>4</v>
       </c>
       <c r="F39">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G39">
         <v>1</v>
       </c>
       <c r="H39">
         <v>5</v>
       </c>
       <c r="I39">
         <v>6</v>
       </c>
+      <c r="J39">
+        <v>2</v>
+      </c>
+      <c r="K39">
+        <v>1</v>
+      </c>
       <c r="L39" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40">
         <v>184</v>
       </c>
       <c r="B40">
         <v>25</v>
       </c>
       <c r="C40" t="s">
         <v>88</v>
       </c>
       <c r="D40" t="s">
         <v>89</v>
       </c>
       <c r="E40">
         <v>4</v>
       </c>
       <c r="F40">
-        <v>4</v>
+        <v>8</v>
+      </c>
+      <c r="G40">
+        <v>1</v>
+      </c>
+      <c r="H40">
+        <v>2</v>
+      </c>
+      <c r="I40">
+        <v>3</v>
       </c>
       <c r="L40" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41">
         <v>189</v>
       </c>
       <c r="B41">
         <v>16</v>
       </c>
       <c r="C41" t="s">
         <v>90</v>
       </c>
       <c r="D41" t="s">
         <v>91</v>
       </c>
       <c r="E41">
         <v>8</v>
       </c>
       <c r="F41">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G41">
         <v>2</v>
       </c>
       <c r="H41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I41">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J41">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K41">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L41" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42">
         <v>192</v>
       </c>
       <c r="B42">
         <v>12</v>
       </c>
       <c r="C42" t="s">
         <v>92</v>
       </c>
       <c r="D42" t="s">
         <v>93</v>
       </c>
       <c r="E42">
         <v>8</v>
       </c>
       <c r="F42">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G42">
+        <v>2</v>
+      </c>
+      <c r="H42">
         <v>1</v>
       </c>
       <c r="I42">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J42">
         <v>2</v>
       </c>
       <c r="K42">
         <v>1</v>
       </c>
       <c r="L42" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43">
         <v>216</v>
       </c>
       <c r="B43">
         <v>13</v>
       </c>
       <c r="C43" t="s">
         <v>27</v>
       </c>
       <c r="D43" t="s">
         <v>94</v>
       </c>
       <c r="E43">
         <v>8</v>
       </c>
       <c r="F43">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="G43">
-        <v>3</v>
+        <v>6</v>
+      </c>
+      <c r="H43">
+        <v>2</v>
       </c>
       <c r="I43">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="J43">
         <v>2</v>
       </c>
       <c r="K43">
         <v>1</v>
       </c>
       <c r="L43" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44">
         <v>237</v>
       </c>
       <c r="B44">
         <v>27</v>
       </c>
       <c r="C44" t="s">
         <v>95</v>
       </c>
       <c r="D44" t="s">
         <v>96</v>
       </c>
       <c r="E44">
         <v>8</v>
       </c>
       <c r="F44">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G44">
+        <v>3</v>
+      </c>
+      <c r="H44">
         <v>1</v>
       </c>
       <c r="I44">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L44" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45">
         <v>243</v>
       </c>
       <c r="B45">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C45" t="s">
         <v>97</v>
       </c>
       <c r="D45" t="s">
         <v>98</v>
       </c>
       <c r="E45">
         <v>5</v>
       </c>
       <c r="F45">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H45">
         <v>2</v>
       </c>
       <c r="I45">
         <v>2</v>
       </c>
       <c r="L45" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46">
         <v>275</v>
       </c>
       <c r="B46">
         <v>23</v>
       </c>
       <c r="C46" t="s">
         <v>99</v>
       </c>
       <c r="D46" t="s">
         <v>100</v>
       </c>
       <c r="E46">
         <v>8</v>
       </c>
       <c r="F46">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G46">
         <v>1</v>
       </c>
       <c r="I46">
         <v>1</v>
       </c>
       <c r="L46" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47">
         <v>342</v>
       </c>
       <c r="B47">
         <v>17</v>
       </c>
       <c r="C47" t="s">
         <v>41</v>
       </c>
       <c r="D47" t="s">
         <v>101</v>
       </c>
       <c r="E47">
         <v>5</v>
       </c>
       <c r="F47">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="H47">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I47">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L47" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48">
-        <v>366</v>
+        <v>350</v>
       </c>
       <c r="B48">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="C48" t="s">
+        <v>61</v>
+      </c>
+      <c r="D48" t="s">
         <v>102</v>
       </c>
-      <c r="D48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E48">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F48">
-        <v>4</v>
-[...4 lines deleted...]
-      <c r="I48">
         <v>1</v>
       </c>
       <c r="L48" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49">
-        <v>380</v>
+        <v>366</v>
       </c>
       <c r="B49">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="C49" t="s">
+        <v>103</v>
+      </c>
+      <c r="D49" t="s">
         <v>104</v>
       </c>
-      <c r="D49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E49">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F49">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="G49">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H49">
         <v>2</v>
       </c>
       <c r="I49">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L49" t="s">
-        <v>14</v>
+        <v>82</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="B50">
-        <v>4</v>
+        <v>44</v>
       </c>
       <c r="C50" t="s">
-        <v>33</v>
+        <v>105</v>
       </c>
       <c r="D50" t="s">
         <v>106</v>
       </c>
       <c r="E50">
-        <v>7</v>
+        <v>6</v>
+      </c>
+      <c r="F50">
+        <v>4</v>
+      </c>
+      <c r="G50">
+        <v>1</v>
+      </c>
+      <c r="H50">
+        <v>2</v>
+      </c>
+      <c r="I50">
+        <v>3</v>
       </c>
       <c r="L50" t="s">
-        <v>68</v>
+        <v>14</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="B51">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="C51" t="s">
+        <v>33</v>
+      </c>
+      <c r="D51" t="s">
         <v>107</v>
       </c>
-      <c r="D51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E51">
         <v>7</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
       <c r="L51" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="B52">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="C52" t="s">
+        <v>108</v>
+      </c>
+      <c r="D52" t="s">
         <v>109</v>
       </c>
-      <c r="D52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E52">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="F52">
         <v>4</v>
       </c>
-      <c r="G52">
-[...1 lines deleted...]
-      </c>
       <c r="H52">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I52">
-        <v>5</v>
+        <v>2</v>
+      </c>
+      <c r="J52">
+        <v>2</v>
+      </c>
+      <c r="K52">
+        <v>1</v>
       </c>
       <c r="L52" t="s">
-        <v>111</v>
+        <v>68</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="B53">
-        <v>7</v>
+        <v>33</v>
       </c>
       <c r="C53" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="D53" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="E53">
         <v>11</v>
       </c>
       <c r="F53">
+        <v>8</v>
+      </c>
+      <c r="G53">
         <v>3</v>
       </c>
       <c r="H53">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I53">
+        <v>8</v>
+      </c>
+      <c r="J53">
+        <v>4</v>
+      </c>
+      <c r="K53">
         <v>2</v>
       </c>
       <c r="L53" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="B54">
-        <v>96</v>
+        <v>7</v>
       </c>
       <c r="C54" t="s">
-        <v>15</v>
+        <v>113</v>
       </c>
       <c r="D54" t="s">
         <v>114</v>
       </c>
       <c r="E54">
         <v>11</v>
       </c>
       <c r="F54">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="H54">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I54">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="L54" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="B55">
-        <v>20</v>
+        <v>96</v>
       </c>
       <c r="C55" t="s">
+        <v>15</v>
+      </c>
+      <c r="D55" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="E55">
         <v>11</v>
       </c>
       <c r="F55">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="G55">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H55">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="I55">
-        <v>3</v>
+        <v>11</v>
+      </c>
+      <c r="J55">
+        <v>2</v>
+      </c>
+      <c r="K55">
+        <v>1</v>
       </c>
       <c r="L55" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="B56">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="C56" t="s">
-        <v>59</v>
+        <v>116</v>
       </c>
       <c r="D56" t="s">
         <v>117</v>
       </c>
       <c r="E56">
         <v>11</v>
       </c>
       <c r="F56">
-        <v>2</v>
+        <v>6</v>
+      </c>
+      <c r="G56">
+        <v>1</v>
       </c>
       <c r="H56">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I56">
+        <v>5</v>
+      </c>
+      <c r="J56">
+        <v>2</v>
+      </c>
+      <c r="K56">
         <v>1</v>
       </c>
       <c r="L56" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="B57">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="C57" t="s">
+        <v>59</v>
+      </c>
+      <c r="D57" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="E57">
         <v>11</v>
       </c>
+      <c r="F57">
+        <v>5</v>
+      </c>
+      <c r="H57">
+        <v>2</v>
+      </c>
+      <c r="I57">
+        <v>2</v>
+      </c>
       <c r="L57" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="B58">
-        <v>88</v>
+        <v>13</v>
       </c>
       <c r="C58" t="s">
+        <v>119</v>
+      </c>
+      <c r="D58" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="E58">
         <v>11</v>
       </c>
-      <c r="F58">
-[...10 lines deleted...]
-      </c>
       <c r="L58" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="B59">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="C59" t="s">
+        <v>121</v>
+      </c>
+      <c r="D59" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="E59">
         <v>11</v>
       </c>
       <c r="F59">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="G59">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H59">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I59">
-        <v>4</v>
+        <v>5</v>
+      </c>
+      <c r="J59">
+        <v>2</v>
+      </c>
+      <c r="K59">
+        <v>1</v>
       </c>
       <c r="L59" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60">
-        <v>414</v>
+        <v>399</v>
       </c>
       <c r="B60">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="C60" t="s">
+        <v>123</v>
+      </c>
+      <c r="D60" t="s">
         <v>124</v>
       </c>
-      <c r="D60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E60">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F60">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="G60">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="H60">
+        <v>5</v>
       </c>
       <c r="I60">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="L60" t="s">
-        <v>126</v>
+        <v>112</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="B61">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C61" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="D61" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="E61">
         <v>12</v>
       </c>
       <c r="F61">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G61">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I61">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L61" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="B62">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>129</v>
+        <v>102</v>
       </c>
       <c r="D62" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="E62">
         <v>12</v>
       </c>
       <c r="F62">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G62">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H62">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I62">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="L62" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="B63">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C63" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="D63" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="E63">
         <v>12</v>
       </c>
       <c r="F63">
+        <v>6</v>
+      </c>
+      <c r="G63">
         <v>2</v>
       </c>
       <c r="H63">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I63">
+        <v>7</v>
+      </c>
+      <c r="J63">
+        <v>2</v>
+      </c>
+      <c r="K63">
         <v>1</v>
       </c>
       <c r="L63" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="B64">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="C64" t="s">
-        <v>35</v>
+        <v>131</v>
       </c>
       <c r="D64" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E64">
         <v>12</v>
       </c>
       <c r="F64">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H64">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I64">
-        <v>7</v>
-[...4 lines deleted...]
-      <c r="K64">
         <v>1</v>
       </c>
       <c r="L64" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="B65">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="C65" t="s">
-        <v>134</v>
+        <v>35</v>
       </c>
       <c r="D65" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="E65">
         <v>12</v>
       </c>
       <c r="F65">
-        <v>2</v>
+        <v>6</v>
+      </c>
+      <c r="G65">
+        <v>4</v>
+      </c>
+      <c r="H65">
+        <v>4</v>
+      </c>
+      <c r="I65">
+        <v>8</v>
       </c>
       <c r="J65">
         <v>2</v>
       </c>
       <c r="K65">
         <v>1</v>
       </c>
       <c r="L65" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="B66">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C66" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D66" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="E66">
         <v>12</v>
       </c>
       <c r="F66">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J66">
         <v>2</v>
       </c>
       <c r="K66">
         <v>1</v>
       </c>
       <c r="L66" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="B67">
-        <v>91</v>
+        <v>15</v>
       </c>
       <c r="C67" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="D67" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="E67">
         <v>12</v>
       </c>
       <c r="F67">
         <v>1</v>
       </c>
+      <c r="J67">
+        <v>2</v>
+      </c>
+      <c r="K67">
+        <v>1</v>
+      </c>
       <c r="L67" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="B68">
         <v>91</v>
       </c>
       <c r="C68" t="s">
-        <v>15</v>
+        <v>138</v>
       </c>
       <c r="D68" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="E68">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="F68">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>3</v>
+      </c>
+      <c r="H68">
+        <v>2</v>
       </c>
       <c r="I68">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L68" t="s">
-        <v>14</v>
+        <v>127</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="B69">
+        <v>91</v>
+      </c>
+      <c r="C69" t="s">
+        <v>15</v>
+      </c>
+      <c r="D69" t="s">
+        <v>140</v>
+      </c>
+      <c r="E69">
+        <v>6</v>
+      </c>
+      <c r="F69">
+        <v>3</v>
+      </c>
+      <c r="G69">
+        <v>4</v>
+      </c>
+      <c r="H69">
+        <v>1</v>
+      </c>
+      <c r="I69">
+        <v>5</v>
+      </c>
+      <c r="L69" t="s">
         <v>14</v>
-      </c>
-[...22 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="B70">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C70" t="s">
-        <v>15</v>
+        <v>141</v>
       </c>
       <c r="D70" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="E70">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F70">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="G70">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H70">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I70">
-        <v>2</v>
+        <v>18</v>
+      </c>
+      <c r="J70">
+        <v>2</v>
+      </c>
+      <c r="K70">
+        <v>1</v>
       </c>
       <c r="L70" t="s">
-        <v>126</v>
+        <v>112</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="B71">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C71" t="s">
-        <v>104</v>
+        <v>15</v>
       </c>
       <c r="D71" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="E71">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F71">
-        <v>2</v>
+        <v>5</v>
+      </c>
+      <c r="G71">
+        <v>1</v>
+      </c>
+      <c r="H71">
+        <v>4</v>
+      </c>
+      <c r="I71">
+        <v>5</v>
       </c>
       <c r="L71" t="s">
-        <v>111</v>
+        <v>127</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72">
-        <v>454</v>
+        <v>435</v>
       </c>
       <c r="B72">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C72" t="s">
-        <v>145</v>
+        <v>105</v>
       </c>
       <c r="D72" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="E72">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F72">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G72">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="H72">
+        <v>5</v>
       </c>
       <c r="I72">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="L72" t="s">
-        <v>126</v>
+        <v>112</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="B73">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C73" t="s">
-        <v>112</v>
+        <v>145</v>
       </c>
       <c r="D73" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="E73">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="F73">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H73">
         <v>1</v>
       </c>
       <c r="I73">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L73" t="s">
-        <v>24</v>
+        <v>127</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="B74">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="C74" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="D74" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="E74">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F74">
-        <v>3</v>
+        <v>6</v>
+      </c>
+      <c r="G74">
+        <v>1</v>
       </c>
       <c r="H74">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I74">
         <v>3</v>
       </c>
       <c r="J74">
         <v>2</v>
       </c>
       <c r="K74">
         <v>1</v>
       </c>
       <c r="L74" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="B75">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="C75" t="s">
-        <v>149</v>
+        <v>119</v>
       </c>
       <c r="D75" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="E75">
         <v>4</v>
       </c>
       <c r="F75">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="H75">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I75">
+        <v>4</v>
+      </c>
+      <c r="J75">
+        <v>4</v>
+      </c>
+      <c r="K75">
         <v>2</v>
       </c>
       <c r="L75" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="B76">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="C76" t="s">
-        <v>83</v>
+        <v>149</v>
       </c>
       <c r="D76" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="E76">
         <v>4</v>
       </c>
       <c r="F76">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="G76">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H76">
         <v>2</v>
       </c>
       <c r="I76">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L76" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="77" spans="1:12">
       <c r="A77">
-        <v>509</v>
+        <v>463</v>
       </c>
       <c r="B77">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C77" t="s">
-        <v>21</v>
+        <v>83</v>
       </c>
       <c r="D77" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="E77">
         <v>4</v>
       </c>
       <c r="F77">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="G77">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="H77">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I77">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="L77" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="B78">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="C78" t="s">
-        <v>153</v>
+        <v>21</v>
       </c>
       <c r="D78" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="E78">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F78">
-        <v>2</v>
+        <v>6</v>
+      </c>
+      <c r="G78">
+        <v>3</v>
+      </c>
+      <c r="H78">
+        <v>2</v>
+      </c>
+      <c r="I78">
+        <v>5</v>
       </c>
       <c r="L78" t="s">
-        <v>68</v>
+        <v>82</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="B79">
-        <v>28</v>
+        <v>3</v>
       </c>
       <c r="C79" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="D79" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="E79">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="F79">
-        <v>4</v>
-[...8 lines deleted...]
-        <v>4</v>
+        <v>5</v>
+      </c>
+      <c r="J79">
+        <v>2</v>
+      </c>
+      <c r="K79">
+        <v>1</v>
       </c>
       <c r="L79" t="s">
-        <v>111</v>
+        <v>68</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="B80">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="C80" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="D80" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="E80">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="F80">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="G80">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="H80">
+        <v>4</v>
       </c>
       <c r="I80">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="J80">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K80">
         <v>1</v>
       </c>
       <c r="L80" t="s">
-        <v>14</v>
+        <v>112</v>
       </c>
     </row>
     <row r="81" spans="1:12">
       <c r="A81">
-        <v>536</v>
+        <v>517</v>
       </c>
       <c r="B81">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="C81" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="D81" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E81">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F81">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="G81">
+        <v>3</v>
       </c>
       <c r="H81">
         <v>1</v>
       </c>
       <c r="I81">
+        <v>4</v>
+      </c>
+      <c r="J81">
+        <v>2</v>
+      </c>
+      <c r="K81">
         <v>1</v>
       </c>
       <c r="L81" t="s">
-        <v>126</v>
+        <v>14</v>
       </c>
     </row>
     <row r="82" spans="1:12">
       <c r="A82">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="B82">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="C82" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="D82" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="E82">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="F82">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="H82">
         <v>1</v>
       </c>
       <c r="I82">
-        <v>6</v>
-[...4 lines deleted...]
-      <c r="K82">
         <v>1</v>
       </c>
       <c r="L82" t="s">
-        <v>80</v>
+        <v>127</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="B83">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="C83" t="s">
-        <v>15</v>
+        <v>149</v>
       </c>
       <c r="D83" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="E83">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F83">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="G83">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="H83">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I83">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="J83">
         <v>2</v>
       </c>
       <c r="K83">
         <v>1</v>
       </c>
       <c r="L83" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="B84">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C84" t="s">
-        <v>74</v>
+        <v>15</v>
       </c>
       <c r="D84" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="E84">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="F84">
-        <v>3</v>
+        <v>6</v>
+      </c>
+      <c r="G84">
+        <v>1</v>
       </c>
       <c r="H84">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I84">
         <v>3</v>
       </c>
       <c r="J84">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="K84">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="L84" t="s">
-        <v>126</v>
+        <v>24</v>
       </c>
     </row>
     <row r="85" spans="1:12">
       <c r="A85">
-        <v>559</v>
+        <v>546</v>
       </c>
       <c r="B85">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C85" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="D85" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="E85">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="F85">
-        <v>2</v>
+        <v>5</v>
+      </c>
+      <c r="G85">
+        <v>1</v>
+      </c>
+      <c r="H85">
+        <v>3</v>
+      </c>
+      <c r="I85">
+        <v>4</v>
       </c>
       <c r="J85">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="K85">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="L85" t="s">
-        <v>80</v>
+        <v>127</v>
       </c>
     </row>
     <row r="86" spans="1:12">
       <c r="A86">
-        <v>568</v>
+        <v>559</v>
       </c>
       <c r="B86">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="C86" t="s">
-        <v>165</v>
+        <v>41</v>
       </c>
       <c r="D86" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="E86">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F86">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>3</v>
+      </c>
+      <c r="J86">
+        <v>5</v>
+      </c>
+      <c r="K86">
+        <v>1</v>
       </c>
       <c r="L86" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
     </row>
     <row r="87" spans="1:12">
       <c r="A87">
-        <v>584</v>
+        <v>568</v>
       </c>
       <c r="B87">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C87" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D87" t="s">
-        <v>152</v>
+        <v>166</v>
       </c>
       <c r="E87">
         <v>5</v>
+      </c>
+      <c r="F87">
+        <v>6</v>
+      </c>
+      <c r="H87">
+        <v>3</v>
+      </c>
+      <c r="I87">
+        <v>3</v>
       </c>
       <c r="L87" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:12">
       <c r="A88">
-        <v>593</v>
+        <v>584</v>
       </c>
       <c r="B88">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C88" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="D88" t="s">
-        <v>169</v>
+        <v>152</v>
       </c>
       <c r="E88">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="F88">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J88">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="K88">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="L88" t="s">
-        <v>170</v>
+        <v>24</v>
       </c>
     </row>
     <row r="89" spans="1:12">
       <c r="A89">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="B89">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C89" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="D89" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="E89">
         <v>16</v>
       </c>
       <c r="F89">
         <v>3</v>
       </c>
       <c r="H89">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I89">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J89">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="K89">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L89" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="90" spans="1:12">
       <c r="A90">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="B90">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C90" t="s">
-        <v>49</v>
+        <v>171</v>
       </c>
       <c r="D90" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="E90">
         <v>16</v>
       </c>
+      <c r="F90">
+        <v>7</v>
+      </c>
+      <c r="G90">
+        <v>2</v>
+      </c>
+      <c r="H90">
+        <v>5</v>
+      </c>
+      <c r="I90">
+        <v>7</v>
+      </c>
+      <c r="J90">
+        <v>4</v>
+      </c>
+      <c r="K90">
+        <v>2</v>
+      </c>
       <c r="L90" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="91" spans="1:12">
       <c r="A91">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="B91">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C91" t="s">
-        <v>174</v>
+        <v>49</v>
       </c>
       <c r="D91" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="E91">
         <v>16</v>
       </c>
       <c r="F91">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>3</v>
+      </c>
+      <c r="G91">
+        <v>1</v>
       </c>
       <c r="I91">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="L91" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="92" spans="1:12">
       <c r="A92">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="B92">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D92" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="E92">
         <v>16</v>
       </c>
       <c r="F92">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="H92">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I92">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="L92" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="93" spans="1:12">
       <c r="A93">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="B93">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C93" t="s">
-        <v>15</v>
+        <v>176</v>
       </c>
       <c r="D93" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="E93">
         <v>16</v>
       </c>
       <c r="F93">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="G93">
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="H93">
+        <v>7</v>
       </c>
       <c r="I93">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="L93" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="94" spans="1:12">
       <c r="A94">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="B94">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C94" t="s">
-        <v>74</v>
+        <v>15</v>
       </c>
       <c r="D94" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="E94">
         <v>16</v>
       </c>
       <c r="F94">
+        <v>7</v>
+      </c>
+      <c r="G94">
         <v>2</v>
       </c>
       <c r="H94">
         <v>1</v>
       </c>
       <c r="I94">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L94" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="95" spans="1:12">
       <c r="A95">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="B95">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="C95" t="s">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="D95" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="E95">
         <v>16</v>
       </c>
       <c r="F95">
         <v>4</v>
       </c>
       <c r="G95">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H95">
         <v>1</v>
       </c>
       <c r="I95">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L95" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="96" spans="1:12">
       <c r="A96">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="B96">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="C96" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="D96" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="E96">
         <v>16</v>
       </c>
+      <c r="F96">
+        <v>8</v>
+      </c>
+      <c r="G96">
+        <v>3</v>
+      </c>
+      <c r="H96">
+        <v>3</v>
+      </c>
+      <c r="I96">
+        <v>6</v>
+      </c>
       <c r="L96" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="97" spans="1:12">
       <c r="A97">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="B97">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C97" t="s">
-        <v>136</v>
+        <v>33</v>
       </c>
       <c r="D97" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="E97">
         <v>16</v>
       </c>
-      <c r="F97">
-[...13 lines deleted...]
-      </c>
       <c r="L97" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="98" spans="1:12">
       <c r="A98">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="B98">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C98" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
       <c r="D98" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="E98">
         <v>16</v>
       </c>
       <c r="F98">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="H98">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I98">
+        <v>3</v>
+      </c>
+      <c r="J98">
+        <v>6</v>
+      </c>
+      <c r="K98">
         <v>3</v>
       </c>
       <c r="L98" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="99" spans="1:12">
       <c r="A99">
-        <v>613</v>
+        <v>608</v>
       </c>
       <c r="B99">
-        <v>62</v>
+        <v>8</v>
       </c>
       <c r="C99" t="s">
-        <v>78</v>
+        <v>121</v>
       </c>
       <c r="D99" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="E99">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="F99">
-        <v>3</v>
+        <v>6</v>
+      </c>
+      <c r="G99">
+        <v>1</v>
       </c>
       <c r="H99">
         <v>4</v>
       </c>
       <c r="I99">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J99">
         <v>2</v>
       </c>
       <c r="K99">
         <v>1</v>
       </c>
       <c r="L99" t="s">
-        <v>14</v>
+        <v>170</v>
       </c>
     </row>
     <row r="100" spans="1:12">
       <c r="A100">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="B100">
-        <v>4</v>
+        <v>62</v>
       </c>
       <c r="C100" t="s">
-        <v>41</v>
+        <v>184</v>
       </c>
       <c r="D100" t="s">
         <v>185</v>
       </c>
       <c r="E100">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F100">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H100">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I100">
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="J100">
+        <v>2</v>
+      </c>
+      <c r="K100">
+        <v>1</v>
       </c>
       <c r="L100" t="s">
-        <v>126</v>
+        <v>14</v>
       </c>
     </row>
     <row r="101" spans="1:12">
       <c r="A101">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="B101">
-        <v>99</v>
+        <v>4</v>
       </c>
       <c r="C101" t="s">
+        <v>41</v>
+      </c>
+      <c r="D101" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="E101">
         <v>12</v>
       </c>
       <c r="F101">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="G101">
+        <v>2</v>
       </c>
       <c r="H101">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I101">
-        <v>6</v>
+        <v>5</v>
+      </c>
+      <c r="J101">
+        <v>6</v>
+      </c>
+      <c r="K101">
+        <v>3</v>
       </c>
       <c r="L101" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="102" spans="1:12">
       <c r="A102">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="B102">
-        <v>24</v>
+        <v>99</v>
       </c>
       <c r="C102" t="s">
-        <v>49</v>
+        <v>187</v>
       </c>
       <c r="D102" t="s">
         <v>188</v>
       </c>
       <c r="E102">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F102">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="G102">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H102">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="I102">
-        <v>4</v>
+        <v>15</v>
+      </c>
+      <c r="J102">
+        <v>2</v>
+      </c>
+      <c r="K102">
+        <v>1</v>
       </c>
       <c r="L102" t="s">
-        <v>111</v>
+        <v>127</v>
       </c>
     </row>
     <row r="103" spans="1:12">
       <c r="A103">
-        <v>622</v>
+        <v>618</v>
       </c>
       <c r="B103">
+        <v>24</v>
+      </c>
+      <c r="C103" t="s">
+        <v>49</v>
+      </c>
+      <c r="D103" t="s">
+        <v>189</v>
+      </c>
+      <c r="E103">
         <v>11</v>
       </c>
-      <c r="C103" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F103">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G103">
         <v>1</v>
       </c>
       <c r="H103">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I103">
-        <v>4</v>
+        <v>6</v>
+      </c>
+      <c r="J103">
+        <v>2</v>
+      </c>
+      <c r="K103">
+        <v>1</v>
       </c>
       <c r="L103" t="s">
-        <v>126</v>
+        <v>112</v>
       </c>
     </row>
     <row r="104" spans="1:12">
       <c r="A104">
-        <v>628</v>
+        <v>622</v>
       </c>
       <c r="B104">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="C104" t="s">
-        <v>165</v>
+        <v>190</v>
       </c>
       <c r="D104" t="s">
         <v>191</v>
       </c>
       <c r="E104">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="F104">
-        <v>4</v>
+        <v>7</v>
+      </c>
+      <c r="G104">
+        <v>2</v>
       </c>
       <c r="H104">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I104">
+        <v>8</v>
+      </c>
+      <c r="J104">
+        <v>2</v>
+      </c>
+      <c r="K104">
         <v>1</v>
       </c>
       <c r="L104" t="s">
-        <v>68</v>
+        <v>127</v>
       </c>
     </row>
     <row r="105" spans="1:12">
       <c r="A105">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="B105">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C105" t="s">
+        <v>165</v>
+      </c>
+      <c r="D105" t="s">
         <v>192</v>
       </c>
-      <c r="D105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E105">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="F105">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="H105">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I105">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="L105" t="s">
-        <v>111</v>
+        <v>68</v>
       </c>
     </row>
     <row r="106" spans="1:12">
       <c r="A106">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="B106">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C106" t="s">
+        <v>193</v>
+      </c>
+      <c r="D106" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="E106">
         <v>11</v>
       </c>
+      <c r="F106">
+        <v>7</v>
+      </c>
+      <c r="G106">
+        <v>10</v>
+      </c>
+      <c r="H106">
+        <v>9</v>
+      </c>
+      <c r="I106">
+        <v>19</v>
+      </c>
       <c r="L106" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="107" spans="1:12">
       <c r="A107">
-        <v>635</v>
+        <v>633</v>
+      </c>
+      <c r="B107">
+        <v>9</v>
       </c>
       <c r="C107" t="s">
+        <v>195</v>
+      </c>
+      <c r="D107" t="s">
         <v>196</v>
       </c>
-      <c r="D107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E107">
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="F107">
+        <v>4</v>
+      </c>
+      <c r="G107">
+        <v>2</v>
+      </c>
+      <c r="H107">
+        <v>2</v>
+      </c>
+      <c r="I107">
+        <v>4</v>
+      </c>
+      <c r="J107">
+        <v>4</v>
+      </c>
+      <c r="K107">
+        <v>2</v>
       </c>
       <c r="L107" t="s">
-        <v>126</v>
+        <v>112</v>
       </c>
     </row>
     <row r="108" spans="1:12">
       <c r="A108">
-        <v>639</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>635</v>
       </c>
       <c r="C108" t="s">
-        <v>12</v>
+        <v>197</v>
       </c>
       <c r="D108" t="s">
         <v>198</v>
       </c>
       <c r="E108">
-        <v>5</v>
-[...11 lines deleted...]
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="L108" t="s">
-        <v>24</v>
+        <v>127</v>
       </c>
     </row>
     <row r="109" spans="1:12">
       <c r="A109">
-        <v>655</v>
+        <v>639</v>
       </c>
       <c r="B109">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="C109" t="s">
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="D109" t="s">
-        <v>35</v>
+        <v>199</v>
       </c>
       <c r="E109">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="F109">
+        <v>5</v>
+      </c>
+      <c r="G109">
         <v>1</v>
       </c>
       <c r="H109">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I109">
         <v>2</v>
       </c>
       <c r="L109" t="s">
-        <v>126</v>
+        <v>24</v>
       </c>
     </row>
     <row r="110" spans="1:12">
       <c r="A110">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="B110">
+        <v>13</v>
+      </c>
+      <c r="C110" t="s">
+        <v>53</v>
+      </c>
+      <c r="D110" t="s">
         <v>35</v>
       </c>
-      <c r="C110" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E110">
-        <v>8</v>
+        <v>12</v>
+      </c>
+      <c r="F110">
+        <v>1</v>
+      </c>
+      <c r="H110">
+        <v>2</v>
+      </c>
+      <c r="I110">
+        <v>2</v>
       </c>
       <c r="L110" t="s">
-        <v>43</v>
+        <v>127</v>
       </c>
     </row>
     <row r="111" spans="1:12">
       <c r="A111">
-        <v>672</v>
+        <v>658</v>
       </c>
       <c r="B111">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="C111" t="s">
+        <v>200</v>
+      </c>
+      <c r="D111" t="s">
         <v>201</v>
       </c>
-      <c r="D111" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E111">
-        <v>4</v>
-[...11 lines deleted...]
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="L111" t="s">
-        <v>80</v>
+        <v>43</v>
       </c>
     </row>
     <row r="112" spans="1:12">
       <c r="A112">
-        <v>675</v>
+        <v>660</v>
       </c>
       <c r="B112">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="C112" t="s">
-        <v>149</v>
+        <v>202</v>
       </c>
       <c r="D112" t="s">
         <v>203</v>
       </c>
       <c r="E112">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F112">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G112">
         <v>2</v>
       </c>
+      <c r="H112">
+        <v>1</v>
+      </c>
       <c r="I112">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L112" t="s">
-        <v>170</v>
+        <v>127</v>
       </c>
     </row>
     <row r="113" spans="1:12">
       <c r="A113">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="B113">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C113" t="s">
-        <v>129</v>
+        <v>204</v>
       </c>
       <c r="D113" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E113">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="F113">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="G113">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H113">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I113">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L113" t="s">
-        <v>170</v>
+        <v>82</v>
       </c>
     </row>
     <row r="114" spans="1:12">
       <c r="A114">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="B114">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C114" t="s">
-        <v>66</v>
+        <v>149</v>
       </c>
       <c r="D114" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E114">
         <v>16</v>
       </c>
       <c r="F114">
+        <v>7</v>
+      </c>
+      <c r="G114">
         <v>2</v>
       </c>
       <c r="H114">
         <v>1</v>
       </c>
       <c r="I114">
+        <v>3</v>
+      </c>
+      <c r="J114">
+        <v>2</v>
+      </c>
+      <c r="K114">
         <v>1</v>
       </c>
       <c r="L114" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="115" spans="1:12">
       <c r="A115">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="B115">
-        <v>88</v>
+        <v>27</v>
       </c>
       <c r="C115" t="s">
-        <v>81</v>
+        <v>129</v>
       </c>
       <c r="D115" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E115">
         <v>16</v>
       </c>
+      <c r="F115">
+        <v>8</v>
+      </c>
+      <c r="G115">
+        <v>9</v>
+      </c>
+      <c r="H115">
+        <v>5</v>
+      </c>
+      <c r="I115">
+        <v>14</v>
+      </c>
+      <c r="J115">
+        <v>2</v>
+      </c>
+      <c r="K115">
+        <v>1</v>
+      </c>
       <c r="L115" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="116" spans="1:12">
       <c r="A116">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="B116">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C116" t="s">
-        <v>207</v>
+        <v>66</v>
       </c>
       <c r="D116" t="s">
         <v>208</v>
       </c>
       <c r="E116">
         <v>16</v>
       </c>
       <c r="F116">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H116">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I116">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L116" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="117" spans="1:12">
       <c r="A117">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="B117">
-        <v>12</v>
+        <v>88</v>
       </c>
       <c r="C117" t="s">
+        <v>80</v>
+      </c>
+      <c r="D117" t="s">
         <v>209</v>
       </c>
-      <c r="D117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E117">
-        <v>6</v>
-[...8 lines deleted...]
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="L117" t="s">
-        <v>14</v>
+        <v>170</v>
       </c>
     </row>
     <row r="118" spans="1:12">
       <c r="A118">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="B118">
-        <v>77</v>
+        <v>11</v>
       </c>
       <c r="C118" t="s">
+        <v>210</v>
+      </c>
+      <c r="D118" t="s">
         <v>211</v>
       </c>
-      <c r="D118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E118">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="F118">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="G118">
         <v>3</v>
       </c>
+      <c r="H118">
+        <v>2</v>
+      </c>
       <c r="I118">
-        <v>3</v>
+        <v>5</v>
+      </c>
+      <c r="J118">
+        <v>6</v>
+      </c>
+      <c r="K118">
+        <v>2</v>
       </c>
       <c r="L118" t="s">
-        <v>14</v>
+        <v>170</v>
       </c>
     </row>
     <row r="119" spans="1:12">
       <c r="A119">
-        <v>682</v>
+        <v>680</v>
       </c>
       <c r="B119">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C119" t="s">
+        <v>212</v>
+      </c>
+      <c r="D119" t="s">
         <v>213</v>
       </c>
-      <c r="D119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E119">
         <v>6</v>
       </c>
       <c r="F119">
-        <v>2</v>
+        <v>6</v>
+      </c>
+      <c r="G119">
+        <v>3</v>
       </c>
       <c r="H119">
         <v>1</v>
       </c>
       <c r="I119">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="J119">
+        <v>6</v>
+      </c>
+      <c r="K119">
+        <v>3</v>
       </c>
       <c r="L119" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="120" spans="1:12">
       <c r="A120">
-        <v>683</v>
+        <v>681</v>
       </c>
       <c r="B120">
-        <v>16</v>
+        <v>77</v>
       </c>
       <c r="C120" t="s">
-        <v>141</v>
+        <v>214</v>
       </c>
       <c r="D120" t="s">
         <v>215</v>
       </c>
       <c r="E120">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="F120">
         <v>4</v>
       </c>
       <c r="G120">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="I120">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="L120" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
     </row>
     <row r="121" spans="1:12">
       <c r="A121">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="B121">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C121" t="s">
         <v>216</v>
       </c>
       <c r="D121" t="s">
         <v>217</v>
       </c>
       <c r="E121">
-        <v>11</v>
+        <v>6</v>
+      </c>
+      <c r="F121">
+        <v>5</v>
+      </c>
+      <c r="G121">
+        <v>1</v>
+      </c>
+      <c r="H121">
+        <v>1</v>
+      </c>
+      <c r="I121">
+        <v>2</v>
+      </c>
+      <c r="J121">
+        <v>8</v>
+      </c>
+      <c r="K121">
+        <v>4</v>
       </c>
       <c r="L121" t="s">
-        <v>111</v>
+        <v>14</v>
       </c>
     </row>
     <row r="122" spans="1:12">
       <c r="A122">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="B122">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="C122" t="s">
+        <v>141</v>
+      </c>
+      <c r="D122" t="s">
         <v>218</v>
       </c>
-      <c r="D122" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E122">
+        <v>11</v>
+      </c>
+      <c r="F122">
         <v>8</v>
       </c>
+      <c r="G122">
+        <v>6</v>
+      </c>
+      <c r="H122">
+        <v>12</v>
+      </c>
+      <c r="I122">
+        <v>18</v>
+      </c>
       <c r="L122" t="s">
-        <v>43</v>
+        <v>112</v>
       </c>
     </row>
     <row r="123" spans="1:12">
       <c r="A123">
-        <v>687</v>
+        <v>685</v>
       </c>
       <c r="B123">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C123" t="s">
-        <v>39</v>
+        <v>219</v>
       </c>
       <c r="D123" t="s">
-        <v>32</v>
+        <v>220</v>
       </c>
       <c r="E123">
-        <v>5</v>
-[...17 lines deleted...]
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="L123" t="s">
-        <v>24</v>
+        <v>112</v>
       </c>
     </row>
     <row r="124" spans="1:12">
       <c r="A124">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="B124">
-        <v>67</v>
+        <v>4</v>
       </c>
       <c r="C124" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D124" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E124">
-        <v>6</v>
-[...14 lines deleted...]
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="L124" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
     </row>
     <row r="125" spans="1:12">
       <c r="A125">
-        <v>695</v>
+        <v>687</v>
       </c>
       <c r="B125">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="C125" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="D125" t="s">
-        <v>222</v>
+        <v>32</v>
       </c>
       <c r="E125">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F125">
-        <v>3</v>
+        <v>5</v>
+      </c>
+      <c r="G125">
+        <v>5</v>
+      </c>
+      <c r="H125">
+        <v>1</v>
+      </c>
+      <c r="I125">
+        <v>6</v>
+      </c>
+      <c r="J125">
+        <v>4</v>
+      </c>
+      <c r="K125">
+        <v>2</v>
       </c>
       <c r="L125" t="s">
-        <v>68</v>
+        <v>24</v>
       </c>
     </row>
     <row r="126" spans="1:12">
       <c r="A126">
-        <v>697</v>
+        <v>689</v>
       </c>
       <c r="B126">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="C126" t="s">
-        <v>112</v>
+        <v>223</v>
       </c>
       <c r="D126" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E126">
-        <v>5</v>
+        <v>6</v>
+      </c>
+      <c r="F126">
+        <v>7</v>
+      </c>
+      <c r="G126">
+        <v>2</v>
+      </c>
+      <c r="I126">
+        <v>2</v>
+      </c>
+      <c r="J126">
+        <v>6</v>
+      </c>
+      <c r="K126">
+        <v>3</v>
       </c>
       <c r="L126" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="127" spans="1:12">
       <c r="A127">
-        <v>707</v>
+        <v>695</v>
       </c>
       <c r="B127">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C127" t="s">
-        <v>224</v>
+        <v>15</v>
       </c>
       <c r="D127" t="s">
         <v>225</v>
       </c>
       <c r="E127">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F127">
-        <v>2</v>
-[...4 lines deleted...]
-      <c r="I127">
+        <v>6</v>
+      </c>
+      <c r="J127">
+        <v>2</v>
+      </c>
+      <c r="K127">
         <v>1</v>
       </c>
       <c r="L127" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
     </row>
     <row r="128" spans="1:12">
       <c r="A128">
-        <v>708</v>
+        <v>697</v>
+      </c>
+      <c r="B128">
+        <v>19</v>
       </c>
       <c r="C128" t="s">
-        <v>58</v>
+        <v>113</v>
       </c>
       <c r="D128" t="s">
         <v>226</v>
       </c>
       <c r="E128">
         <v>5</v>
       </c>
       <c r="L128" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="129" spans="1:12">
       <c r="A129">
-        <v>720</v>
+        <v>707</v>
       </c>
       <c r="B129">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C129" t="s">
         <v>227</v>
       </c>
       <c r="D129" t="s">
         <v>228</v>
       </c>
       <c r="E129">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F129">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G129">
-        <v>2</v>
+        <v>5</v>
+      </c>
+      <c r="H129">
+        <v>1</v>
       </c>
       <c r="I129">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="L129" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
     </row>
     <row r="130" spans="1:12">
       <c r="A130">
-        <v>721</v>
+        <v>708</v>
       </c>
       <c r="B130">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C130" t="s">
+        <v>58</v>
+      </c>
+      <c r="D130" t="s">
         <v>229</v>
       </c>
-      <c r="D130" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E130">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="F130">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G130">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="H130">
+        <v>1</v>
       </c>
       <c r="I130">
         <v>2</v>
       </c>
-      <c r="J130">
-[...4 lines deleted...]
-      </c>
       <c r="L130" t="s">
-        <v>126</v>
+        <v>24</v>
       </c>
     </row>
     <row r="131" spans="1:12">
       <c r="A131">
-        <v>722</v>
+        <v>720</v>
+      </c>
+      <c r="B131">
+        <v>21</v>
       </c>
       <c r="C131" t="s">
-        <v>149</v>
+        <v>230</v>
       </c>
       <c r="D131" t="s">
         <v>231</v>
       </c>
       <c r="E131">
-        <v>16</v>
+        <v>4</v>
+      </c>
+      <c r="F131">
+        <v>6</v>
+      </c>
+      <c r="G131">
+        <v>2</v>
+      </c>
+      <c r="I131">
+        <v>2</v>
       </c>
       <c r="L131" t="s">
-        <v>170</v>
+        <v>82</v>
       </c>
     </row>
     <row r="132" spans="1:12">
       <c r="A132">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="B132">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C132" t="s">
-        <v>15</v>
+        <v>232</v>
       </c>
       <c r="D132" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E132">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F132">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="G132">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="H132">
         <v>4</v>
       </c>
       <c r="I132">
-        <v>7</v>
+        <v>12</v>
+      </c>
+      <c r="J132">
+        <v>2</v>
+      </c>
+      <c r="K132">
+        <v>1</v>
       </c>
       <c r="L132" t="s">
-        <v>170</v>
+        <v>127</v>
       </c>
     </row>
     <row r="133" spans="1:12">
       <c r="A133">
-        <v>724</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>722</v>
       </c>
       <c r="C133" t="s">
-        <v>233</v>
+        <v>149</v>
       </c>
       <c r="D133" t="s">
         <v>234</v>
       </c>
       <c r="E133">
-        <v>4</v>
-[...8 lines deleted...]
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="L133" t="s">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="134" spans="1:12">
       <c r="A134">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="B134">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="C134" t="s">
-        <v>149</v>
+        <v>15</v>
       </c>
       <c r="D134" t="s">
-        <v>205</v>
+        <v>235</v>
       </c>
       <c r="E134">
         <v>16</v>
       </c>
       <c r="F134">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>6</v>
+      </c>
+      <c r="G134">
+        <v>7</v>
+      </c>
+      <c r="H134">
+        <v>10</v>
+      </c>
+      <c r="I134">
+        <v>17</v>
       </c>
       <c r="L134" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="135" spans="1:12">
       <c r="A135">
-        <v>726</v>
+        <v>724</v>
+      </c>
+      <c r="B135">
+        <v>3</v>
       </c>
       <c r="C135" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D135" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E135">
-        <v>16</v>
+        <v>4</v>
+      </c>
+      <c r="F135">
+        <v>7</v>
+      </c>
+      <c r="H135">
+        <v>2</v>
+      </c>
+      <c r="I135">
+        <v>2</v>
       </c>
       <c r="L135" t="s">
-        <v>170</v>
+        <v>82</v>
       </c>
     </row>
     <row r="136" spans="1:12">
       <c r="A136">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="B136">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="C136" t="s">
-        <v>29</v>
+        <v>149</v>
       </c>
       <c r="D136" t="s">
-        <v>149</v>
+        <v>208</v>
       </c>
       <c r="E136">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="F136">
         <v>3</v>
       </c>
-      <c r="G136">
-[...1 lines deleted...]
-      </c>
       <c r="H136">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I136">
-        <v>4</v>
+        <v>2</v>
+      </c>
+      <c r="K136">
+        <v>1</v>
       </c>
       <c r="L136" t="s">
-        <v>14</v>
+        <v>170</v>
       </c>
     </row>
     <row r="137" spans="1:12">
       <c r="A137">
-        <v>728</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>726</v>
       </c>
       <c r="C137" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D137" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E137">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="L137" t="s">
-        <v>14</v>
+        <v>170</v>
       </c>
     </row>
     <row r="138" spans="1:12">
       <c r="A138">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="B138">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="C138" t="s">
-        <v>239</v>
+        <v>29</v>
       </c>
       <c r="D138" t="s">
-        <v>240</v>
+        <v>149</v>
       </c>
       <c r="E138">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F138">
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="G138">
+        <v>1</v>
       </c>
       <c r="H138">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I138">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L138" t="s">
-        <v>68</v>
+        <v>14</v>
       </c>
     </row>
     <row r="139" spans="1:12">
       <c r="A139">
-        <v>730</v>
+        <v>728</v>
       </c>
       <c r="B139">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="C139" t="s">
-        <v>53</v>
+        <v>240</v>
       </c>
       <c r="D139" t="s">
         <v>241</v>
       </c>
       <c r="E139">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F139">
+        <v>5</v>
+      </c>
+      <c r="G139">
         <v>3</v>
       </c>
       <c r="H139">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I139">
+        <v>5</v>
+      </c>
+      <c r="J139">
+        <v>2</v>
+      </c>
+      <c r="K139">
         <v>1</v>
       </c>
       <c r="L139" t="s">
-        <v>68</v>
+        <v>14</v>
       </c>
     </row>
     <row r="140" spans="1:12">
       <c r="A140">
-        <v>731</v>
+        <v>729</v>
       </c>
       <c r="B140">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C140" t="s">
-        <v>33</v>
+        <v>242</v>
       </c>
       <c r="D140" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E140">
         <v>7</v>
       </c>
       <c r="F140">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G140">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H140">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I140">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="L140" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="141" spans="1:12">
       <c r="A141">
-        <v>733</v>
+        <v>730</v>
       </c>
       <c r="B141">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C141" t="s">
-        <v>207</v>
+        <v>53</v>
       </c>
       <c r="D141" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E141">
         <v>7</v>
       </c>
       <c r="F141">
         <v>4</v>
       </c>
-      <c r="G141">
-[...1 lines deleted...]
-      </c>
       <c r="H141">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I141">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="L141" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="142" spans="1:12">
       <c r="A142">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="B142">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C142" t="s">
-        <v>244</v>
+        <v>33</v>
       </c>
       <c r="D142" t="s">
         <v>245</v>
       </c>
       <c r="E142">
         <v>7</v>
       </c>
       <c r="F142">
         <v>4</v>
       </c>
+      <c r="G142">
+        <v>2</v>
+      </c>
       <c r="H142">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I142">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L142" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="143" spans="1:12">
       <c r="A143">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="B143">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="C143" t="s">
+        <v>210</v>
+      </c>
+      <c r="D143" t="s">
         <v>246</v>
       </c>
-      <c r="D143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E143">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="F143">
+        <v>7</v>
+      </c>
+      <c r="G143">
         <v>1</v>
       </c>
       <c r="H143">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I143">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L143" t="s">
-        <v>170</v>
+        <v>68</v>
       </c>
     </row>
     <row r="144" spans="1:12">
       <c r="A144">
+        <v>734</v>
+      </c>
+      <c r="B144">
+        <v>17</v>
+      </c>
+      <c r="C144" t="s">
+        <v>247</v>
+      </c>
+      <c r="D144" t="s">
+        <v>248</v>
+      </c>
+      <c r="E144">
+        <v>7</v>
+      </c>
+      <c r="F144">
+        <v>7</v>
+      </c>
+      <c r="G144">
+        <v>3</v>
+      </c>
+      <c r="H144">
+        <v>2</v>
+      </c>
+      <c r="I144">
+        <v>5</v>
+      </c>
+      <c r="J144">
+        <v>2</v>
+      </c>
+      <c r="K144">
+        <v>1</v>
+      </c>
+      <c r="L144" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="145" spans="1:12">
+      <c r="A145">
+        <v>735</v>
+      </c>
+      <c r="B145">
+        <v>11</v>
+      </c>
+      <c r="C145" t="s">
+        <v>249</v>
+      </c>
+      <c r="D145" t="s">
+        <v>50</v>
+      </c>
+      <c r="E145">
+        <v>16</v>
+      </c>
+      <c r="F145">
+        <v>1</v>
+      </c>
+      <c r="H145">
+        <v>1</v>
+      </c>
+      <c r="I145">
+        <v>1</v>
+      </c>
+      <c r="L145" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="146" spans="1:12">
+      <c r="A146">
         <v>736</v>
       </c>
-      <c r="B144">
+      <c r="B146">
         <v>23</v>
       </c>
-      <c r="C144" t="s">
+      <c r="C146" t="s">
         <v>95</v>
       </c>
-      <c r="D144" t="s">
-[...9 lines deleted...]
-        <v>80</v>
+      <c r="D146" t="s">
+        <v>250</v>
+      </c>
+      <c r="E146">
+        <v>4</v>
+      </c>
+      <c r="F146">
+        <v>5</v>
+      </c>
+      <c r="J146">
+        <v>2</v>
+      </c>
+      <c r="K146">
+        <v>1</v>
+      </c>
+      <c r="L146" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="147" spans="1:12">
+      <c r="A147">
+        <v>740</v>
+      </c>
+      <c r="B147">
+        <v>19</v>
+      </c>
+      <c r="C147" t="s">
+        <v>251</v>
+      </c>
+      <c r="D147" t="s">
+        <v>252</v>
+      </c>
+      <c r="E147">
+        <v>5</v>
+      </c>
+      <c r="F147">
+        <v>2</v>
+      </c>
+      <c r="G147">
+        <v>1</v>
+      </c>
+      <c r="H147">
+        <v>1</v>
+      </c>
+      <c r="I147">
+        <v>2</v>
+      </c>
+      <c r="L147" t="s">
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">