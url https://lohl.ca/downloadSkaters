--- v1 (2025-11-05)
+++ v2 (2025-12-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Skaters" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="253">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="255">
   <si>
     <t>Player Id</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Team Id</t>
   </si>
   <si>
     <t>Games Played</t>
   </si>
   <si>
     <t>Goals</t>
   </si>
   <si>
     <t>Assists</t>
   </si>
   <si>
@@ -296,92 +296,95 @@
   <si>
     <t>Lecuyer</t>
   </si>
   <si>
     <t>Kirby</t>
   </si>
   <si>
     <t>Jamie</t>
   </si>
   <si>
     <t>Allan</t>
   </si>
   <si>
     <t>Joe</t>
   </si>
   <si>
     <t>Dixon</t>
   </si>
   <si>
     <t>Theodore</t>
   </si>
   <si>
     <t>Linseman</t>
   </si>
   <si>
+    <t>Frank</t>
+  </si>
+  <si>
+    <t>Miotto</t>
+  </si>
+  <si>
     <t>Welsh</t>
   </si>
   <si>
     <t>Jon</t>
   </si>
   <si>
     <t>Land</t>
   </si>
   <si>
     <t>Jay</t>
   </si>
   <si>
     <t>Stenhouse</t>
   </si>
   <si>
     <t>Lee</t>
   </si>
   <si>
     <t>Barter</t>
   </si>
   <si>
     <t>McLeod</t>
   </si>
   <si>
     <t>Clarke</t>
   </si>
   <si>
     <t>Pat</t>
   </si>
   <si>
     <t>Celik</t>
   </si>
   <si>
     <t>Derek</t>
   </si>
   <si>
     <t>Sweeney</t>
   </si>
   <si>
-    <t>Hemington</t>
-[...1 lines deleted...]
-  <si>
     <t>Dan</t>
   </si>
   <si>
     <t>Meister</t>
   </si>
   <si>
     <t>Radoslav</t>
   </si>
   <si>
     <t>Pencak</t>
   </si>
   <si>
     <t>{"Weston":11}</t>
   </si>
   <si>
     <t>Adam</t>
   </si>
   <si>
     <t>Crisp</t>
   </si>
   <si>
     <t>Caranci</t>
   </si>
   <si>
     <t>Peter</t>
@@ -677,53 +680,50 @@
   <si>
     <t>Sinclair</t>
   </si>
   <si>
     <t>Evan</t>
   </si>
   <si>
     <t>Delcogliano</t>
   </si>
   <si>
     <t>Connor</t>
   </si>
   <si>
     <t>Donaldson</t>
   </si>
   <si>
     <t>Caetano</t>
   </si>
   <si>
     <t>Glenn</t>
   </si>
   <si>
     <t>Chapman</t>
   </si>
   <si>
-    <t>Frank</t>
-[...1 lines deleted...]
-  <si>
     <t>Nadon</t>
   </si>
   <si>
     <t>Tom</t>
   </si>
   <si>
     <t>Paterson</t>
   </si>
   <si>
     <t>Dodson</t>
   </si>
   <si>
     <t>Jakubek</t>
   </si>
   <si>
     <t>Clinton</t>
   </si>
   <si>
     <t>Nowack</t>
   </si>
   <si>
     <t>Hindle</t>
   </si>
   <si>
     <t>Rick</t>
@@ -771,50 +771,56 @@
     <t>Maciel</t>
   </si>
   <si>
     <t>Faria</t>
   </si>
   <si>
     <t>Da Silva</t>
   </si>
   <si>
     <t>Jack</t>
   </si>
   <si>
     <t>MacLaren</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
     <t>Martin</t>
   </si>
   <si>
     <t>Carlos</t>
   </si>
   <si>
     <t>Canejo</t>
+  </si>
+  <si>
+    <t>Heyland</t>
+  </si>
+  <si>
+    <t>Luckese</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1117,51 +1123,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L147"/>
+  <dimension ref="A1:L149"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
     <col min="9" max="9" width="10" customWidth="true" style="0"/>
     <col min="10" max="10" width="10" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -1193,127 +1199,133 @@
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:12">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2">
         <v>6</v>
       </c>
       <c r="F2">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="H2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J2">
         <v>4</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:12">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>16</v>
       </c>
       <c r="E3">
         <v>6</v>
       </c>
       <c r="F3">
-        <v>8</v>
+        <v>12</v>
+      </c>
+      <c r="G3">
+        <v>2</v>
       </c>
       <c r="H3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I3">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="J3">
         <v>2</v>
       </c>
       <c r="K3">
         <v>1</v>
       </c>
       <c r="L3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:12">
       <c r="A4">
         <v>4</v>
       </c>
       <c r="B4">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4">
         <v>6</v>
       </c>
       <c r="F4">
-        <v>8</v>
+        <v>12</v>
+      </c>
+      <c r="G4">
+        <v>3</v>
       </c>
       <c r="H4">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I4">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="J4">
         <v>4</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="L4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:12">
       <c r="A5">
         <v>15</v>
       </c>
       <c r="B5">
         <v>55</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5">
@@ -1333,4485 +1345,4738 @@
       </c>
       <c r="K5">
         <v>1</v>
       </c>
       <c r="L5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6">
         <v>18</v>
       </c>
       <c r="B6">
         <v>75</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6">
         <v>6</v>
       </c>
       <c r="F6">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="H6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="J6">
         <v>2</v>
       </c>
       <c r="K6">
         <v>1</v>
       </c>
       <c r="L6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7">
         <v>43</v>
       </c>
       <c r="B7">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>15</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7">
         <v>5</v>
       </c>
       <c r="F7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L7" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8">
         <v>45</v>
       </c>
       <c r="B8">
         <v>7</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8">
         <v>5</v>
       </c>
       <c r="F8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G8">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H8">
         <v>1</v>
       </c>
       <c r="I8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9">
         <v>46</v>
       </c>
       <c r="B9">
         <v>5</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
         <v>28</v>
       </c>
       <c r="E9">
         <v>5</v>
       </c>
       <c r="F9">
+        <v>4</v>
+      </c>
+      <c r="G9">
+        <v>1</v>
+      </c>
+      <c r="I9">
         <v>1</v>
       </c>
       <c r="L9" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10">
         <v>48</v>
       </c>
       <c r="B10">
         <v>10</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
         <v>30</v>
       </c>
       <c r="E10">
         <v>5</v>
       </c>
       <c r="F10">
-        <v>8</v>
+        <v>12</v>
+      </c>
+      <c r="G10">
+        <v>1</v>
       </c>
       <c r="H10">
         <v>5</v>
       </c>
       <c r="I10">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J10">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="K10">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L10" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11">
         <v>50</v>
       </c>
       <c r="B11">
         <v>12</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
       <c r="E11">
         <v>5</v>
       </c>
       <c r="F11">
-        <v>8</v>
+        <v>11</v>
+      </c>
+      <c r="G11">
+        <v>1</v>
+      </c>
+      <c r="H11">
+        <v>3</v>
+      </c>
+      <c r="I11">
+        <v>4</v>
       </c>
       <c r="L11" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12">
         <v>53</v>
       </c>
       <c r="B12">
         <v>91</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
       <c r="D12" t="s">
         <v>34</v>
       </c>
       <c r="E12">
         <v>5</v>
       </c>
       <c r="F12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="H12">
         <v>1</v>
       </c>
       <c r="I12">
         <v>2</v>
       </c>
       <c r="L12" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13">
         <v>55</v>
       </c>
       <c r="B13">
         <v>22</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
       <c r="D13" t="s">
         <v>36</v>
       </c>
       <c r="E13">
         <v>5</v>
       </c>
       <c r="F13">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="G13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H13">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="I13">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="L13" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14">
         <v>59</v>
       </c>
       <c r="B14">
         <v>52</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
         <v>38</v>
       </c>
       <c r="E14">
         <v>5</v>
       </c>
       <c r="F14">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="G14">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I14">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="J14">
         <v>2</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
       <c r="L14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15">
         <v>61</v>
       </c>
       <c r="B15">
         <v>95</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
       <c r="D15" t="s">
         <v>40</v>
       </c>
       <c r="E15">
         <v>5</v>
       </c>
       <c r="F15">
-        <v>7</v>
+        <v>10</v>
+      </c>
+      <c r="H15">
+        <v>1</v>
+      </c>
+      <c r="I15">
+        <v>1</v>
       </c>
       <c r="L15" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16">
         <v>65</v>
       </c>
       <c r="B16">
         <v>44</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
       <c r="D16" t="s">
         <v>42</v>
       </c>
       <c r="E16">
         <v>8</v>
       </c>
       <c r="F16">
-        <v>3</v>
+        <v>6</v>
+      </c>
+      <c r="G16">
+        <v>1</v>
+      </c>
+      <c r="I16">
+        <v>1</v>
       </c>
       <c r="L16" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17">
         <v>66</v>
       </c>
       <c r="B17">
         <v>20</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
       <c r="D17" t="s">
         <v>45</v>
       </c>
       <c r="E17">
         <v>8</v>
       </c>
       <c r="F17">
-        <v>4</v>
+        <v>7</v>
+      </c>
+      <c r="H17">
+        <v>3</v>
+      </c>
+      <c r="I17">
+        <v>3</v>
       </c>
       <c r="J17">
         <v>2</v>
       </c>
       <c r="K17">
         <v>1</v>
       </c>
       <c r="L17" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18">
         <v>67</v>
       </c>
       <c r="B18">
         <v>7</v>
       </c>
       <c r="C18" t="s">
         <v>29</v>
       </c>
       <c r="D18" t="s">
         <v>46</v>
       </c>
       <c r="E18">
         <v>8</v>
       </c>
       <c r="F18">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="H18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L18" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19">
         <v>68</v>
       </c>
       <c r="B19">
         <v>8</v>
       </c>
       <c r="C19" t="s">
         <v>47</v>
       </c>
       <c r="D19" t="s">
         <v>48</v>
       </c>
       <c r="E19">
         <v>8</v>
       </c>
       <c r="F19">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="H19">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I19">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L19" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20">
         <v>69</v>
       </c>
       <c r="B20">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>49</v>
       </c>
       <c r="D20" t="s">
         <v>50</v>
       </c>
       <c r="E20">
         <v>8</v>
       </c>
       <c r="F20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G20">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H20">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I20">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="L20" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21">
         <v>70</v>
       </c>
       <c r="B21">
         <v>14</v>
       </c>
       <c r="C21" t="s">
         <v>51</v>
       </c>
       <c r="D21" t="s">
         <v>52</v>
       </c>
       <c r="E21">
         <v>8</v>
       </c>
       <c r="F21">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="G21">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H21">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I21">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="L21" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22">
         <v>72</v>
       </c>
       <c r="B22">
         <v>18</v>
       </c>
       <c r="C22" t="s">
         <v>53</v>
       </c>
       <c r="D22" t="s">
         <v>54</v>
       </c>
       <c r="E22">
         <v>8</v>
       </c>
       <c r="L22" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23">
         <v>74</v>
       </c>
       <c r="B23">
         <v>5</v>
       </c>
       <c r="C23" t="s">
         <v>55</v>
       </c>
       <c r="D23" t="s">
         <v>56</v>
       </c>
       <c r="E23">
         <v>8</v>
       </c>
       <c r="F23">
-        <v>7</v>
+        <v>11</v>
+      </c>
+      <c r="G23">
+        <v>1</v>
+      </c>
+      <c r="I23">
+        <v>1</v>
       </c>
       <c r="J23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L23" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24">
         <v>75</v>
       </c>
       <c r="B24">
         <v>11</v>
       </c>
       <c r="C24" t="s">
         <v>57</v>
       </c>
       <c r="D24" t="s">
         <v>58</v>
       </c>
       <c r="E24">
         <v>8</v>
       </c>
       <c r="F24">
-        <v>4</v>
+        <v>6</v>
+      </c>
+      <c r="G24">
+        <v>1</v>
+      </c>
+      <c r="H24">
+        <v>2</v>
+      </c>
+      <c r="I24">
+        <v>3</v>
       </c>
       <c r="L24" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="25" spans="1:12">
       <c r="A25">
         <v>76</v>
       </c>
       <c r="B25">
         <v>17</v>
       </c>
       <c r="C25" t="s">
         <v>59</v>
       </c>
       <c r="D25" t="s">
         <v>60</v>
       </c>
       <c r="E25">
         <v>8</v>
       </c>
       <c r="F25">
-        <v>7</v>
+        <v>10</v>
+      </c>
+      <c r="G25">
+        <v>1</v>
       </c>
       <c r="H25">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I25">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="J25">
         <v>4</v>
       </c>
       <c r="K25">
         <v>2</v>
       </c>
       <c r="L25" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="26" spans="1:12">
       <c r="A26">
         <v>79</v>
       </c>
       <c r="B26">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>61</v>
       </c>
       <c r="D26" t="s">
         <v>62</v>
       </c>
       <c r="E26">
         <v>8</v>
       </c>
       <c r="F26">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="G26">
-        <v>4</v>
+        <v>9</v>
+      </c>
+      <c r="H26">
+        <v>8</v>
       </c>
       <c r="I26">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="L26" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27">
         <v>82</v>
       </c>
       <c r="B27">
         <v>54</v>
       </c>
       <c r="C27" t="s">
         <v>29</v>
       </c>
       <c r="D27" t="s">
         <v>63</v>
       </c>
       <c r="E27">
         <v>8</v>
       </c>
       <c r="F27">
-        <v>3</v>
+        <v>6</v>
+      </c>
+      <c r="G27">
+        <v>2</v>
       </c>
       <c r="H27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I27">
-        <v>3</v>
+        <v>6</v>
+      </c>
+      <c r="J27">
+        <v>2</v>
+      </c>
+      <c r="K27">
+        <v>1</v>
       </c>
       <c r="L27" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="A28">
         <v>83</v>
       </c>
       <c r="B28">
         <v>10</v>
       </c>
       <c r="C28" t="s">
         <v>64</v>
       </c>
       <c r="D28" t="s">
         <v>65</v>
       </c>
       <c r="E28">
         <v>8</v>
       </c>
       <c r="F28">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="H28">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I28">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L28" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="29" spans="1:12">
       <c r="A29">
         <v>130</v>
       </c>
       <c r="B29">
         <v>11</v>
       </c>
       <c r="C29" t="s">
         <v>66</v>
       </c>
       <c r="D29" t="s">
         <v>67</v>
       </c>
       <c r="E29">
         <v>7</v>
       </c>
       <c r="F29">
+        <v>9</v>
+      </c>
+      <c r="G29">
+        <v>3</v>
+      </c>
+      <c r="H29">
+        <v>3</v>
+      </c>
+      <c r="I29">
         <v>6</v>
-      </c>
-[...7 lines deleted...]
-        <v>4</v>
       </c>
       <c r="J29">
         <v>6</v>
       </c>
       <c r="K29">
         <v>3</v>
       </c>
       <c r="L29" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="30" spans="1:12">
       <c r="A30">
         <v>134</v>
       </c>
       <c r="B30">
         <v>18</v>
       </c>
       <c r="C30" t="s">
         <v>29</v>
       </c>
       <c r="D30" t="s">
         <v>69</v>
       </c>
       <c r="E30">
         <v>7</v>
       </c>
       <c r="F30">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="G30">
         <v>1</v>
       </c>
       <c r="H30">
         <v>1</v>
       </c>
       <c r="I30">
         <v>2</v>
+      </c>
+      <c r="J30">
+        <v>2</v>
+      </c>
+      <c r="K30">
+        <v>1</v>
       </c>
       <c r="L30" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31">
         <v>135</v>
       </c>
       <c r="B31">
         <v>5</v>
       </c>
       <c r="C31" t="s">
         <v>70</v>
       </c>
       <c r="D31" t="s">
         <v>71</v>
       </c>
       <c r="E31">
         <v>7</v>
       </c>
       <c r="F31">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="H31">
         <v>5</v>
       </c>
       <c r="I31">
         <v>5</v>
       </c>
       <c r="L31" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="A32">
         <v>136</v>
       </c>
       <c r="B32">
         <v>20</v>
       </c>
       <c r="C32" t="s">
         <v>72</v>
       </c>
       <c r="D32" t="s">
         <v>73</v>
       </c>
       <c r="E32">
         <v>7</v>
       </c>
       <c r="F32">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="H32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L32" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33">
         <v>137</v>
       </c>
       <c r="B33">
         <v>21</v>
       </c>
       <c r="C33" t="s">
         <v>74</v>
       </c>
       <c r="D33" t="s">
         <v>75</v>
       </c>
       <c r="E33">
         <v>7</v>
       </c>
       <c r="F33">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="H33">
         <v>1</v>
       </c>
       <c r="I33">
+        <v>1</v>
+      </c>
+      <c r="J33">
+        <v>2</v>
+      </c>
+      <c r="K33">
         <v>1</v>
       </c>
       <c r="L33" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="34" spans="1:12">
       <c r="A34">
         <v>138</v>
       </c>
       <c r="B34">
         <v>22</v>
       </c>
       <c r="C34" t="s">
         <v>76</v>
       </c>
       <c r="D34" t="s">
         <v>77</v>
       </c>
       <c r="E34">
         <v>7</v>
       </c>
       <c r="F34">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="G34">
         <v>2</v>
       </c>
       <c r="I34">
         <v>2</v>
       </c>
       <c r="J34">
         <v>2</v>
       </c>
       <c r="K34">
         <v>1</v>
       </c>
       <c r="L34" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35">
         <v>139</v>
       </c>
       <c r="B35">
         <v>77</v>
       </c>
       <c r="C35" t="s">
         <v>78</v>
       </c>
       <c r="D35" t="s">
         <v>79</v>
       </c>
       <c r="E35">
         <v>7</v>
       </c>
       <c r="F35">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G35">
+        <v>3</v>
+      </c>
+      <c r="H35">
         <v>1</v>
       </c>
       <c r="I35">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L35" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="A36">
         <v>149</v>
       </c>
       <c r="B36">
         <v>6</v>
       </c>
       <c r="C36" t="s">
         <v>80</v>
       </c>
       <c r="D36" t="s">
         <v>81</v>
       </c>
       <c r="E36">
         <v>4</v>
       </c>
       <c r="F36">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="H36">
         <v>2</v>
       </c>
       <c r="I36">
         <v>2</v>
       </c>
       <c r="J36">
         <v>2</v>
       </c>
       <c r="K36">
         <v>1</v>
       </c>
       <c r="L36" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37">
         <v>155</v>
       </c>
       <c r="B37">
         <v>26</v>
       </c>
       <c r="C37" t="s">
         <v>83</v>
       </c>
       <c r="D37" t="s">
         <v>84</v>
       </c>
       <c r="E37">
         <v>4</v>
       </c>
       <c r="F37">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G37">
         <v>1</v>
       </c>
       <c r="H37">
         <v>1</v>
       </c>
       <c r="I37">
         <v>2</v>
       </c>
       <c r="J37">
         <v>2</v>
       </c>
       <c r="K37">
         <v>1</v>
       </c>
       <c r="L37" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="38" spans="1:12">
       <c r="A38">
         <v>156</v>
       </c>
       <c r="B38">
         <v>8</v>
       </c>
       <c r="C38" t="s">
         <v>85</v>
       </c>
       <c r="D38" t="s">
         <v>86</v>
       </c>
       <c r="E38">
         <v>4</v>
       </c>
       <c r="F38">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="L38" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39">
         <v>158</v>
       </c>
       <c r="B39">
         <v>30</v>
       </c>
       <c r="C39" t="s">
         <v>21</v>
       </c>
       <c r="D39" t="s">
         <v>87</v>
       </c>
       <c r="E39">
         <v>4</v>
       </c>
       <c r="F39">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="G39">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H39">
         <v>5</v>
       </c>
       <c r="I39">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J39">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K39">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L39" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40">
         <v>184</v>
       </c>
       <c r="B40">
         <v>25</v>
       </c>
       <c r="C40" t="s">
         <v>88</v>
       </c>
       <c r="D40" t="s">
         <v>89</v>
       </c>
       <c r="E40">
         <v>4</v>
       </c>
       <c r="F40">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="G40">
         <v>1</v>
       </c>
       <c r="H40">
         <v>2</v>
       </c>
       <c r="I40">
         <v>3</v>
       </c>
       <c r="L40" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41">
         <v>189</v>
       </c>
       <c r="B41">
         <v>16</v>
       </c>
       <c r="C41" t="s">
         <v>90</v>
       </c>
       <c r="D41" t="s">
         <v>91</v>
       </c>
       <c r="E41">
         <v>8</v>
       </c>
       <c r="F41">
+        <v>8</v>
+      </c>
+      <c r="G41">
+        <v>2</v>
+      </c>
+      <c r="H41">
         <v>6</v>
       </c>
-      <c r="G41">
-[...4 lines deleted...]
-      </c>
       <c r="I41">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="J41">
         <v>4</v>
       </c>
       <c r="K41">
         <v>2</v>
       </c>
       <c r="L41" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42">
         <v>192</v>
       </c>
       <c r="B42">
         <v>12</v>
       </c>
       <c r="C42" t="s">
         <v>92</v>
       </c>
       <c r="D42" t="s">
         <v>93</v>
       </c>
       <c r="E42">
         <v>8</v>
       </c>
       <c r="F42">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="G42">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="H42">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="I42">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="J42">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K42">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L42" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="B43">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C43" t="s">
-        <v>27</v>
+        <v>94</v>
       </c>
       <c r="D43" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E43">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F43">
-        <v>8</v>
-[...14 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L43" t="s">
-        <v>43</v>
+        <v>68</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44">
-        <v>237</v>
+        <v>216</v>
       </c>
       <c r="B44">
+        <v>13</v>
+      </c>
+      <c r="C44" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="D44" t="s">
         <v>96</v>
       </c>
       <c r="E44">
         <v>8</v>
       </c>
       <c r="F44">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="G44">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="H44">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="I44">
-        <v>4</v>
+        <v>22</v>
+      </c>
+      <c r="J44">
+        <v>2</v>
+      </c>
+      <c r="K44">
+        <v>1</v>
       </c>
       <c r="L44" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="B45">
-        <v>4</v>
+        <v>27</v>
       </c>
       <c r="C45" t="s">
         <v>97</v>
       </c>
       <c r="D45" t="s">
         <v>98</v>
       </c>
       <c r="E45">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F45">
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="G45">
+        <v>4</v>
       </c>
       <c r="H45">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I45">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L45" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46">
-        <v>275</v>
+        <v>243</v>
       </c>
       <c r="B46">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="C46" t="s">
         <v>99</v>
       </c>
       <c r="D46" t="s">
         <v>100</v>
       </c>
       <c r="E46">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="F46">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G46">
         <v>1</v>
       </c>
+      <c r="H46">
+        <v>3</v>
+      </c>
       <c r="I46">
+        <v>4</v>
+      </c>
+      <c r="J46">
+        <v>2</v>
+      </c>
+      <c r="K46">
         <v>1</v>
       </c>
       <c r="L46" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47">
-        <v>342</v>
+        <v>275</v>
       </c>
       <c r="B47">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C47" t="s">
-        <v>41</v>
+        <v>101</v>
       </c>
       <c r="D47" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E47">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F47">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="G47">
+        <v>1</v>
       </c>
       <c r="I47">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L47" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48">
-        <v>350</v>
+        <v>342</v>
       </c>
       <c r="B48">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="C48" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
       <c r="D48" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E48">
         <v>5</v>
       </c>
       <c r="F48">
-        <v>1</v>
+        <v>10</v>
+      </c>
+      <c r="G48">
+        <v>1</v>
+      </c>
+      <c r="H48">
+        <v>2</v>
+      </c>
+      <c r="I48">
+        <v>3</v>
       </c>
       <c r="L48" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49">
-        <v>366</v>
+        <v>350</v>
       </c>
       <c r="B49">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="C49" t="s">
-        <v>103</v>
+        <v>61</v>
       </c>
       <c r="D49" t="s">
         <v>104</v>
       </c>
       <c r="E49">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F49">
-        <v>8</v>
-[...8 lines deleted...]
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L49" t="s">
-        <v>82</v>
+        <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50">
-        <v>380</v>
+        <v>366</v>
       </c>
       <c r="B50">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="C50" t="s">
         <v>105</v>
       </c>
       <c r="D50" t="s">
         <v>106</v>
       </c>
       <c r="E50">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F50">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="G50">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I50">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L50" t="s">
-        <v>14</v>
+        <v>82</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="B51">
-        <v>4</v>
+        <v>44</v>
       </c>
       <c r="C51" t="s">
-        <v>33</v>
+        <v>107</v>
       </c>
       <c r="D51" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E51">
+        <v>6</v>
+      </c>
+      <c r="F51">
         <v>7</v>
       </c>
+      <c r="G51">
+        <v>1</v>
+      </c>
+      <c r="H51">
+        <v>2</v>
+      </c>
+      <c r="I51">
+        <v>3</v>
+      </c>
       <c r="L51" t="s">
-        <v>68</v>
+        <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52">
         <v>389</v>
       </c>
       <c r="B52">
         <v>14</v>
       </c>
       <c r="C52" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D52" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E52">
         <v>7</v>
       </c>
       <c r="F52">
-        <v>4</v>
+        <v>7</v>
+      </c>
+      <c r="G52">
+        <v>1</v>
       </c>
       <c r="H52">
         <v>2</v>
       </c>
       <c r="I52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J52">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K52">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L52" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53">
         <v>390</v>
       </c>
       <c r="B53">
         <v>33</v>
       </c>
       <c r="C53" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D53" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E53">
         <v>11</v>
       </c>
       <c r="F53">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="G53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H53">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I53">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="J53">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K53">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L53" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54">
         <v>391</v>
       </c>
       <c r="B54">
         <v>7</v>
       </c>
       <c r="C54" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D54" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E54">
         <v>11</v>
       </c>
       <c r="F54">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="H54">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="I54">
-        <v>6</v>
+        <v>11</v>
+      </c>
+      <c r="J54">
+        <v>4</v>
+      </c>
+      <c r="K54">
+        <v>2</v>
       </c>
       <c r="L54" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55">
         <v>393</v>
       </c>
       <c r="B55">
         <v>96</v>
       </c>
       <c r="C55" t="s">
         <v>15</v>
       </c>
       <c r="D55" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E55">
         <v>11</v>
       </c>
       <c r="F55">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="G55">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H55">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="I55">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="J55">
         <v>2</v>
       </c>
       <c r="K55">
         <v>1</v>
       </c>
       <c r="L55" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56">
         <v>395</v>
       </c>
       <c r="B56">
         <v>20</v>
       </c>
       <c r="C56" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D56" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E56">
         <v>11</v>
       </c>
       <c r="F56">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="G56">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H56">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I56">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="J56">
         <v>2</v>
       </c>
       <c r="K56">
         <v>1</v>
       </c>
       <c r="L56" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57">
         <v>396</v>
       </c>
       <c r="B57">
         <v>45</v>
       </c>
       <c r="C57" t="s">
         <v>59</v>
       </c>
       <c r="D57" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E57">
         <v>11</v>
       </c>
       <c r="F57">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="H57">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I57">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L57" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58">
         <v>397</v>
       </c>
       <c r="B58">
         <v>13</v>
       </c>
       <c r="C58" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D58" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E58">
         <v>11</v>
       </c>
       <c r="L58" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59">
         <v>398</v>
       </c>
       <c r="B59">
         <v>88</v>
       </c>
       <c r="C59" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D59" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E59">
         <v>11</v>
       </c>
       <c r="F59">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="G59">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H59">
         <v>4</v>
       </c>
       <c r="I59">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J59">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K59">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L59" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60">
         <v>399</v>
       </c>
       <c r="B60">
         <v>19</v>
       </c>
       <c r="C60" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D60" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E60">
         <v>11</v>
       </c>
       <c r="F60">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="G60">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="H60">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I60">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="L60" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61">
         <v>414</v>
       </c>
       <c r="B61">
         <v>7</v>
       </c>
       <c r="C61" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D61" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E61">
         <v>12</v>
       </c>
       <c r="F61">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="G61">
         <v>4</v>
       </c>
       <c r="I61">
         <v>4</v>
       </c>
+      <c r="J61">
+        <v>2</v>
+      </c>
+      <c r="K61">
+        <v>1</v>
+      </c>
       <c r="L61" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62">
         <v>416</v>
       </c>
       <c r="B62">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D62" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E62">
         <v>12</v>
       </c>
       <c r="F62">
+        <v>9</v>
+      </c>
+      <c r="G62">
         <v>6</v>
       </c>
-      <c r="G62">
-[...1 lines deleted...]
-      </c>
       <c r="H62">
         <v>2</v>
       </c>
       <c r="I62">
-        <v>6</v>
+        <v>8</v>
+      </c>
+      <c r="K62">
+        <v>1</v>
       </c>
       <c r="L62" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63">
         <v>417</v>
       </c>
       <c r="B63">
         <v>10</v>
       </c>
       <c r="C63" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D63" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E63">
         <v>12</v>
       </c>
       <c r="F63">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="G63">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H63">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="I63">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="J63">
         <v>2</v>
       </c>
       <c r="K63">
         <v>1</v>
       </c>
       <c r="L63" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64">
         <v>419</v>
       </c>
       <c r="B64">
         <v>12</v>
       </c>
       <c r="C64" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D64" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E64">
         <v>12</v>
       </c>
       <c r="F64">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H64">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I64">
+        <v>2</v>
+      </c>
+      <c r="J64">
+        <v>2</v>
+      </c>
+      <c r="K64">
         <v>1</v>
       </c>
       <c r="L64" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65">
         <v>420</v>
       </c>
       <c r="B65">
         <v>25</v>
       </c>
       <c r="C65" t="s">
         <v>35</v>
       </c>
       <c r="D65" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E65">
         <v>12</v>
       </c>
       <c r="F65">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="G65">
         <v>4</v>
       </c>
       <c r="H65">
         <v>4</v>
       </c>
       <c r="I65">
         <v>8</v>
       </c>
       <c r="J65">
         <v>2</v>
       </c>
       <c r="K65">
         <v>1</v>
       </c>
       <c r="L65" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66">
         <v>421</v>
       </c>
       <c r="B66">
         <v>14</v>
       </c>
       <c r="C66" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D66" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E66">
         <v>12</v>
       </c>
       <c r="F66">
+        <v>5</v>
+      </c>
+      <c r="H66">
+        <v>2</v>
+      </c>
+      <c r="I66">
         <v>2</v>
       </c>
       <c r="J66">
         <v>2</v>
       </c>
       <c r="K66">
         <v>1</v>
       </c>
       <c r="L66" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67">
         <v>422</v>
       </c>
       <c r="B67">
         <v>15</v>
       </c>
       <c r="C67" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D67" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E67">
         <v>12</v>
       </c>
       <c r="F67">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J67">
         <v>2</v>
       </c>
       <c r="K67">
         <v>1</v>
       </c>
       <c r="L67" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68">
         <v>423</v>
       </c>
       <c r="B68">
         <v>91</v>
       </c>
       <c r="C68" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D68" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E68">
         <v>12</v>
       </c>
       <c r="F68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="H68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L68" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69">
         <v>426</v>
       </c>
       <c r="B69">
         <v>91</v>
       </c>
       <c r="C69" t="s">
         <v>15</v>
       </c>
       <c r="D69" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E69">
         <v>6</v>
       </c>
       <c r="F69">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G69">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H69">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I69">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="L69" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70">
         <v>428</v>
       </c>
       <c r="B70">
         <v>14</v>
       </c>
       <c r="C70" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D70" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E70">
         <v>11</v>
       </c>
       <c r="F70">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="G70">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="H70">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="I70">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="J70">
         <v>2</v>
       </c>
       <c r="K70">
         <v>1</v>
       </c>
       <c r="L70" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71">
         <v>431</v>
       </c>
       <c r="B71">
         <v>16</v>
       </c>
       <c r="C71" t="s">
         <v>15</v>
       </c>
       <c r="D71" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E71">
         <v>12</v>
       </c>
       <c r="F71">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="G71">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H71">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I71">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="L71" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72">
         <v>435</v>
       </c>
       <c r="B72">
         <v>10</v>
       </c>
       <c r="C72" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D72" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E72">
         <v>11</v>
       </c>
       <c r="F72">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="G72">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="H72">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I72">
-        <v>7</v>
+        <v>15</v>
+      </c>
+      <c r="J72">
+        <v>2</v>
+      </c>
+      <c r="K72">
+        <v>1</v>
       </c>
       <c r="L72" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73">
         <v>454</v>
       </c>
       <c r="B73">
         <v>6</v>
       </c>
       <c r="C73" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D73" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E73">
         <v>12</v>
       </c>
       <c r="F73">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G73">
         <v>3</v>
       </c>
       <c r="H73">
         <v>1</v>
       </c>
       <c r="I73">
         <v>4</v>
       </c>
       <c r="L73" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74">
         <v>457</v>
       </c>
       <c r="B74">
         <v>15</v>
       </c>
       <c r="C74" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D74" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E74">
         <v>5</v>
       </c>
       <c r="F74">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="G74">
         <v>1</v>
       </c>
       <c r="H74">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I74">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J74">
         <v>2</v>
       </c>
       <c r="K74">
         <v>1</v>
       </c>
       <c r="L74" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75">
         <v>460</v>
       </c>
       <c r="B75">
         <v>2</v>
       </c>
       <c r="C75" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D75" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E75">
         <v>4</v>
       </c>
       <c r="F75">
-        <v>7</v>
+        <v>9</v>
+      </c>
+      <c r="G75">
+        <v>1</v>
       </c>
       <c r="H75">
         <v>4</v>
       </c>
       <c r="I75">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J75">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="K75">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L75" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76">
         <v>462</v>
       </c>
       <c r="B76">
         <v>4</v>
       </c>
       <c r="C76" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D76" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E76">
         <v>4</v>
       </c>
       <c r="F76">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="G76">
         <v>1</v>
       </c>
       <c r="H76">
         <v>2</v>
       </c>
       <c r="I76">
         <v>3</v>
       </c>
       <c r="L76" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="77" spans="1:12">
       <c r="A77">
         <v>463</v>
       </c>
       <c r="B77">
         <v>15</v>
       </c>
       <c r="C77" t="s">
         <v>83</v>
       </c>
       <c r="D77" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E77">
         <v>4</v>
       </c>
       <c r="F77">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="G77">
         <v>7</v>
       </c>
       <c r="H77">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="I77">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="L77" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78">
         <v>509</v>
       </c>
       <c r="B78">
         <v>20</v>
       </c>
       <c r="C78" t="s">
         <v>21</v>
       </c>
       <c r="D78" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E78">
         <v>4</v>
       </c>
       <c r="F78">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="G78">
         <v>3</v>
       </c>
       <c r="H78">
         <v>2</v>
       </c>
       <c r="I78">
         <v>5</v>
       </c>
       <c r="L78" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79">
         <v>511</v>
       </c>
       <c r="B79">
         <v>3</v>
       </c>
       <c r="C79" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D79" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E79">
         <v>7</v>
       </c>
       <c r="F79">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="J79">
         <v>2</v>
       </c>
       <c r="K79">
         <v>1</v>
       </c>
       <c r="L79" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80">
         <v>513</v>
       </c>
       <c r="B80">
         <v>28</v>
       </c>
       <c r="C80" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D80" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E80">
         <v>11</v>
       </c>
       <c r="F80">
+        <v>9</v>
+      </c>
+      <c r="G80">
+        <v>2</v>
+      </c>
+      <c r="H80">
+        <v>5</v>
+      </c>
+      <c r="I80">
         <v>7</v>
       </c>
-      <c r="G80">
-[...5 lines deleted...]
-      <c r="I80">
+      <c r="J80">
         <v>6</v>
       </c>
-      <c r="J80">
-[...1 lines deleted...]
-      </c>
       <c r="K80">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L80" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="81" spans="1:12">
       <c r="A81">
         <v>517</v>
       </c>
       <c r="B81">
         <v>20</v>
       </c>
       <c r="C81" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D81" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E81">
         <v>6</v>
       </c>
       <c r="F81">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="G81">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H81">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I81">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J81">
         <v>2</v>
       </c>
       <c r="K81">
         <v>1</v>
       </c>
       <c r="L81" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="82" spans="1:12">
       <c r="A82">
         <v>536</v>
       </c>
       <c r="B82">
         <v>8</v>
       </c>
       <c r="C82" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D82" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E82">
         <v>12</v>
       </c>
       <c r="F82">
+        <v>4</v>
+      </c>
+      <c r="G82">
         <v>2</v>
       </c>
       <c r="H82">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I82">
+        <v>5</v>
+      </c>
+      <c r="J82">
+        <v>2</v>
+      </c>
+      <c r="K82">
         <v>1</v>
       </c>
       <c r="L82" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83">
         <v>539</v>
       </c>
       <c r="B83">
         <v>40</v>
       </c>
       <c r="C83" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D83" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E83">
         <v>4</v>
       </c>
       <c r="F83">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="G83">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="H83">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I83">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="J83">
         <v>2</v>
       </c>
       <c r="K83">
         <v>1</v>
       </c>
       <c r="L83" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84">
         <v>544</v>
       </c>
       <c r="B84">
         <v>11</v>
       </c>
       <c r="C84" t="s">
         <v>15</v>
       </c>
       <c r="D84" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E84">
         <v>5</v>
       </c>
       <c r="F84">
+        <v>10</v>
+      </c>
+      <c r="G84">
+        <v>3</v>
+      </c>
+      <c r="H84">
+        <v>4</v>
+      </c>
+      <c r="I84">
+        <v>7</v>
+      </c>
+      <c r="J84">
         <v>6</v>
       </c>
-      <c r="G84">
-[...10 lines deleted...]
-      </c>
       <c r="K84">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L84" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="85" spans="1:12">
       <c r="A85">
         <v>546</v>
       </c>
       <c r="B85">
         <v>8</v>
       </c>
       <c r="C85" t="s">
         <v>74</v>
       </c>
       <c r="D85" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E85">
         <v>12</v>
       </c>
       <c r="F85">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G85">
         <v>1</v>
       </c>
       <c r="H85">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I85">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J85">
         <v>10</v>
       </c>
       <c r="K85">
         <v>5</v>
       </c>
       <c r="L85" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="86" spans="1:12">
       <c r="A86">
         <v>559</v>
       </c>
       <c r="B86">
         <v>27</v>
       </c>
       <c r="C86" t="s">
         <v>41</v>
       </c>
       <c r="D86" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E86">
         <v>4</v>
       </c>
       <c r="F86">
-        <v>3</v>
+        <v>7</v>
+      </c>
+      <c r="H86">
+        <v>1</v>
+      </c>
+      <c r="I86">
+        <v>1</v>
       </c>
       <c r="J86">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="K86">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L86" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="87" spans="1:12">
       <c r="A87">
         <v>568</v>
       </c>
       <c r="B87">
         <v>21</v>
       </c>
       <c r="C87" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D87" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E87">
         <v>5</v>
       </c>
       <c r="F87">
+        <v>7</v>
+      </c>
+      <c r="G87">
+        <v>1</v>
+      </c>
+      <c r="H87">
+        <v>5</v>
+      </c>
+      <c r="I87">
         <v>6</v>
-      </c>
-[...4 lines deleted...]
-        <v>3</v>
       </c>
       <c r="L87" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:12">
       <c r="A88">
         <v>584</v>
       </c>
       <c r="B88">
         <v>5</v>
       </c>
       <c r="C88" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D88" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E88">
         <v>5</v>
       </c>
       <c r="F88">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J88">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K88">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L88" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="89" spans="1:12">
       <c r="A89">
         <v>593</v>
       </c>
       <c r="B89">
         <v>4</v>
       </c>
       <c r="C89" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D89" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E89">
         <v>16</v>
       </c>
       <c r="F89">
-        <v>3</v>
+        <v>7</v>
+      </c>
+      <c r="G89">
+        <v>1</v>
       </c>
       <c r="H89">
         <v>1</v>
       </c>
       <c r="I89">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J89">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="K89">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="L89" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="90" spans="1:12">
       <c r="A90">
         <v>594</v>
       </c>
       <c r="B90">
         <v>6</v>
       </c>
       <c r="C90" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D90" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E90">
         <v>16</v>
       </c>
       <c r="F90">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="G90">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H90">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I90">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="J90">
         <v>4</v>
       </c>
       <c r="K90">
         <v>2</v>
       </c>
       <c r="L90" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="91" spans="1:12">
       <c r="A91">
         <v>595</v>
       </c>
       <c r="B91">
         <v>7</v>
       </c>
       <c r="C91" t="s">
         <v>49</v>
       </c>
       <c r="D91" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E91">
         <v>16</v>
       </c>
       <c r="F91">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="G91">
         <v>1</v>
       </c>
+      <c r="H91">
+        <v>4</v>
+      </c>
       <c r="I91">
+        <v>5</v>
+      </c>
+      <c r="J91">
+        <v>2</v>
+      </c>
+      <c r="K91">
         <v>1</v>
       </c>
       <c r="L91" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="92" spans="1:12">
       <c r="A92">
         <v>596</v>
       </c>
       <c r="B92">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D92" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E92">
         <v>16</v>
       </c>
       <c r="F92">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="H92">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="I92">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="L92" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="93" spans="1:12">
       <c r="A93">
         <v>598</v>
       </c>
       <c r="B93">
         <v>12</v>
       </c>
       <c r="C93" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D93" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E93">
         <v>16</v>
       </c>
       <c r="F93">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="G93">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="H93">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="I93">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="L93" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="94" spans="1:12">
       <c r="A94">
         <v>600</v>
       </c>
       <c r="B94">
         <v>20</v>
       </c>
       <c r="C94" t="s">
         <v>15</v>
       </c>
       <c r="D94" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E94">
         <v>16</v>
       </c>
       <c r="F94">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="G94">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H94">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I94">
-        <v>3</v>
+        <v>8</v>
+      </c>
+      <c r="J94">
+        <v>2</v>
+      </c>
+      <c r="K94">
+        <v>1</v>
       </c>
       <c r="L94" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="95" spans="1:12">
       <c r="A95">
         <v>602</v>
       </c>
       <c r="B95">
         <v>24</v>
       </c>
       <c r="C95" t="s">
         <v>74</v>
       </c>
       <c r="D95" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E95">
         <v>16</v>
       </c>
       <c r="F95">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G95">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H95">
         <v>1</v>
       </c>
       <c r="I95">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L95" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="96" spans="1:12">
       <c r="A96">
         <v>604</v>
       </c>
       <c r="B96">
         <v>66</v>
       </c>
       <c r="C96" t="s">
         <v>27</v>
       </c>
       <c r="D96" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E96">
         <v>16</v>
       </c>
       <c r="F96">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="G96">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="H96">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I96">
-        <v>6</v>
+        <v>11</v>
+      </c>
+      <c r="J96">
+        <v>2</v>
+      </c>
+      <c r="K96">
+        <v>1</v>
       </c>
       <c r="L96" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="97" spans="1:12">
       <c r="A97">
         <v>605</v>
       </c>
       <c r="B97">
         <v>13</v>
       </c>
       <c r="C97" t="s">
         <v>33</v>
       </c>
       <c r="D97" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E97">
         <v>16</v>
       </c>
       <c r="L97" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="98" spans="1:12">
       <c r="A98">
         <v>606</v>
       </c>
       <c r="B98">
         <v>15</v>
       </c>
       <c r="C98" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D98" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E98">
         <v>16</v>
       </c>
       <c r="F98">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="H98">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I98">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="J98">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="K98">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L98" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="99" spans="1:12">
       <c r="A99">
         <v>608</v>
       </c>
       <c r="B99">
         <v>8</v>
       </c>
       <c r="C99" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D99" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E99">
         <v>16</v>
       </c>
       <c r="F99">
+        <v>10</v>
+      </c>
+      <c r="G99">
+        <v>3</v>
+      </c>
+      <c r="H99">
+        <v>7</v>
+      </c>
+      <c r="I99">
+        <v>10</v>
+      </c>
+      <c r="J99">
         <v>6</v>
       </c>
-      <c r="G99">
-[...10 lines deleted...]
-      </c>
       <c r="K99">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L99" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="100" spans="1:12">
       <c r="A100">
         <v>613</v>
       </c>
       <c r="B100">
         <v>62</v>
       </c>
       <c r="C100" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D100" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E100">
         <v>6</v>
       </c>
       <c r="F100">
         <v>4</v>
       </c>
       <c r="H100">
         <v>4</v>
       </c>
       <c r="I100">
         <v>4</v>
       </c>
       <c r="J100">
         <v>2</v>
       </c>
       <c r="K100">
         <v>1</v>
       </c>
       <c r="L100" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="101" spans="1:12">
       <c r="A101">
         <v>614</v>
       </c>
       <c r="B101">
         <v>4</v>
       </c>
       <c r="C101" t="s">
         <v>41</v>
       </c>
       <c r="D101" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E101">
         <v>12</v>
       </c>
       <c r="F101">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="G101">
         <v>2</v>
       </c>
       <c r="H101">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I101">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="J101">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="K101">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="L101" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="102" spans="1:12">
       <c r="A102">
         <v>615</v>
       </c>
       <c r="B102">
         <v>99</v>
       </c>
       <c r="C102" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D102" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E102">
         <v>12</v>
       </c>
       <c r="F102">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="G102">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="H102">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I102">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="J102">
         <v>2</v>
       </c>
       <c r="K102">
         <v>1</v>
       </c>
       <c r="L102" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="103" spans="1:12">
       <c r="A103">
         <v>618</v>
       </c>
       <c r="B103">
         <v>24</v>
       </c>
       <c r="C103" t="s">
         <v>49</v>
       </c>
       <c r="D103" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E103">
         <v>11</v>
       </c>
       <c r="F103">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="G103">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H103">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="I103">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="J103">
         <v>2</v>
       </c>
       <c r="K103">
         <v>1</v>
       </c>
       <c r="L103" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="104" spans="1:12">
       <c r="A104">
         <v>622</v>
       </c>
       <c r="B104">
         <v>11</v>
       </c>
       <c r="C104" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D104" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E104">
         <v>12</v>
       </c>
       <c r="F104">
         <v>7</v>
       </c>
       <c r="G104">
         <v>2</v>
       </c>
       <c r="H104">
         <v>6</v>
       </c>
       <c r="I104">
         <v>8</v>
       </c>
       <c r="J104">
         <v>2</v>
       </c>
       <c r="K104">
         <v>1</v>
       </c>
       <c r="L104" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="105" spans="1:12">
       <c r="A105">
         <v>628</v>
       </c>
       <c r="B105">
         <v>8</v>
       </c>
       <c r="C105" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D105" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E105">
         <v>7</v>
       </c>
       <c r="F105">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="H105">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I105">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L105" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="106" spans="1:12">
       <c r="A106">
         <v>631</v>
       </c>
       <c r="B106">
         <v>11</v>
       </c>
       <c r="C106" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D106" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E106">
         <v>11</v>
       </c>
       <c r="F106">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="G106">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="H106">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="I106">
-        <v>19</v>
+        <v>31</v>
+      </c>
+      <c r="J106">
+        <v>4</v>
+      </c>
+      <c r="K106">
+        <v>2</v>
       </c>
       <c r="L106" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="107" spans="1:12">
       <c r="A107">
         <v>633</v>
       </c>
       <c r="B107">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D107" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E107">
         <v>11</v>
       </c>
       <c r="F107">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="G107">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="H107">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="I107">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="J107">
         <v>4</v>
       </c>
       <c r="K107">
         <v>2</v>
       </c>
       <c r="L107" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="108" spans="1:12">
       <c r="A108">
         <v>635</v>
       </c>
       <c r="C108" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D108" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E108">
         <v>12</v>
       </c>
       <c r="L108" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="109" spans="1:12">
       <c r="A109">
         <v>639</v>
       </c>
       <c r="B109">
         <v>3</v>
       </c>
       <c r="C109" t="s">
         <v>12</v>
       </c>
       <c r="D109" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E109">
         <v>5</v>
       </c>
       <c r="F109">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="G109">
         <v>1</v>
       </c>
       <c r="H109">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I109">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L109" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="110" spans="1:12">
       <c r="A110">
         <v>655</v>
       </c>
       <c r="B110">
         <v>13</v>
       </c>
       <c r="C110" t="s">
         <v>53</v>
       </c>
       <c r="D110" t="s">
         <v>35</v>
       </c>
       <c r="E110">
         <v>12</v>
       </c>
       <c r="F110">
         <v>1</v>
       </c>
       <c r="H110">
         <v>2</v>
       </c>
       <c r="I110">
         <v>2</v>
       </c>
       <c r="L110" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="111" spans="1:12">
       <c r="A111">
         <v>658</v>
       </c>
       <c r="B111">
         <v>35</v>
       </c>
       <c r="C111" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D111" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E111">
         <v>8</v>
+      </c>
+      <c r="F111">
+        <v>1</v>
+      </c>
+      <c r="G111">
+        <v>1</v>
+      </c>
+      <c r="I111">
+        <v>1</v>
       </c>
       <c r="L111" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="112" spans="1:12">
       <c r="A112">
         <v>660</v>
       </c>
       <c r="B112">
         <v>6</v>
       </c>
       <c r="C112" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D112" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E112">
         <v>12</v>
       </c>
       <c r="F112">
         <v>1</v>
       </c>
       <c r="G112">
         <v>2</v>
       </c>
       <c r="H112">
         <v>1</v>
       </c>
       <c r="I112">
         <v>3</v>
       </c>
       <c r="L112" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="113" spans="1:12">
       <c r="A113">
         <v>672</v>
       </c>
       <c r="B113">
         <v>12</v>
       </c>
       <c r="C113" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D113" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E113">
         <v>4</v>
       </c>
       <c r="F113">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="G113">
         <v>1</v>
       </c>
       <c r="H113">
         <v>3</v>
       </c>
       <c r="I113">
         <v>4</v>
+      </c>
+      <c r="J113">
+        <v>2</v>
+      </c>
+      <c r="K113">
+        <v>1</v>
       </c>
       <c r="L113" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="114" spans="1:12">
       <c r="A114">
         <v>675</v>
       </c>
       <c r="B114">
         <v>21</v>
       </c>
       <c r="C114" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D114" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E114">
         <v>16</v>
       </c>
       <c r="F114">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="G114">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H114">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I114">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="J114">
         <v>2</v>
       </c>
       <c r="K114">
         <v>1</v>
       </c>
       <c r="L114" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="115" spans="1:12">
       <c r="A115">
         <v>676</v>
       </c>
       <c r="B115">
         <v>27</v>
       </c>
       <c r="C115" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D115" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="E115">
         <v>16</v>
       </c>
       <c r="F115">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="G115">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="H115">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="I115">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="J115">
         <v>2</v>
       </c>
       <c r="K115">
         <v>1</v>
       </c>
       <c r="L115" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="116" spans="1:12">
       <c r="A116">
         <v>677</v>
       </c>
       <c r="B116">
         <v>17</v>
       </c>
       <c r="C116" t="s">
         <v>66</v>
       </c>
       <c r="D116" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E116">
         <v>16</v>
       </c>
       <c r="F116">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="H116">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I116">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L116" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="117" spans="1:12">
       <c r="A117">
         <v>678</v>
       </c>
       <c r="B117">
         <v>88</v>
       </c>
       <c r="C117" t="s">
         <v>80</v>
       </c>
       <c r="D117" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E117">
         <v>16</v>
       </c>
       <c r="L117" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="118" spans="1:12">
       <c r="A118">
         <v>679</v>
       </c>
       <c r="B118">
         <v>11</v>
       </c>
       <c r="C118" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D118" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E118">
         <v>16</v>
       </c>
       <c r="F118">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="G118">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H118">
         <v>2</v>
       </c>
       <c r="I118">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J118">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="K118">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L118" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="119" spans="1:12">
       <c r="A119">
         <v>680</v>
       </c>
       <c r="B119">
         <v>12</v>
       </c>
       <c r="C119" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D119" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E119">
         <v>6</v>
       </c>
       <c r="F119">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G119">
         <v>3</v>
       </c>
       <c r="H119">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I119">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J119">
         <v>6</v>
       </c>
       <c r="K119">
         <v>3</v>
       </c>
       <c r="L119" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="120" spans="1:12">
       <c r="A120">
         <v>681</v>
       </c>
       <c r="B120">
         <v>77</v>
       </c>
       <c r="C120" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D120" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E120">
         <v>6</v>
       </c>
       <c r="F120">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G120">
-        <v>4</v>
+        <v>5</v>
+      </c>
+      <c r="H120">
+        <v>2</v>
       </c>
       <c r="I120">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="L120" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="121" spans="1:12">
       <c r="A121">
         <v>682</v>
       </c>
       <c r="B121">
         <v>15</v>
       </c>
       <c r="C121" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D121" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E121">
         <v>6</v>
       </c>
       <c r="F121">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="G121">
         <v>1</v>
       </c>
       <c r="H121">
         <v>1</v>
       </c>
       <c r="I121">
         <v>2</v>
       </c>
       <c r="J121">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="K121">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L121" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="122" spans="1:12">
       <c r="A122">
         <v>683</v>
       </c>
       <c r="B122">
         <v>16</v>
       </c>
       <c r="C122" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D122" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E122">
         <v>11</v>
       </c>
       <c r="F122">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="G122">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H122">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I122">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L122" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="123" spans="1:12">
       <c r="A123">
         <v>685</v>
       </c>
       <c r="B123">
         <v>12</v>
       </c>
       <c r="C123" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D123" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E123">
         <v>11</v>
       </c>
       <c r="L123" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="124" spans="1:12">
       <c r="A124">
         <v>686</v>
       </c>
       <c r="B124">
         <v>4</v>
       </c>
       <c r="C124" t="s">
-        <v>221</v>
+        <v>94</v>
       </c>
       <c r="D124" t="s">
         <v>222</v>
       </c>
       <c r="E124">
         <v>8</v>
+      </c>
+      <c r="F124">
+        <v>1</v>
       </c>
       <c r="L124" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="125" spans="1:12">
       <c r="A125">
         <v>687</v>
       </c>
       <c r="B125">
         <v>8</v>
       </c>
       <c r="C125" t="s">
         <v>39</v>
       </c>
       <c r="D125" t="s">
         <v>32</v>
       </c>
       <c r="E125">
         <v>5</v>
       </c>
       <c r="F125">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="G125">
         <v>5</v>
       </c>
       <c r="H125">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I125">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="J125">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="K125">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L125" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="126" spans="1:12">
       <c r="A126">
         <v>689</v>
       </c>
       <c r="B126">
         <v>67</v>
       </c>
       <c r="C126" t="s">
         <v>223</v>
       </c>
       <c r="D126" t="s">
         <v>224</v>
       </c>
       <c r="E126">
         <v>6</v>
       </c>
       <c r="F126">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="G126">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I126">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="J126">
         <v>6</v>
       </c>
       <c r="K126">
         <v>3</v>
       </c>
       <c r="L126" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="127" spans="1:12">
       <c r="A127">
         <v>695</v>
       </c>
       <c r="B127">
         <v>26</v>
       </c>
       <c r="C127" t="s">
         <v>15</v>
       </c>
       <c r="D127" t="s">
         <v>225</v>
       </c>
       <c r="E127">
         <v>7</v>
       </c>
       <c r="F127">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="J127">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K127">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L127" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="128" spans="1:12">
       <c r="A128">
         <v>697</v>
       </c>
       <c r="B128">
         <v>19</v>
       </c>
       <c r="C128" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D128" t="s">
         <v>226</v>
       </c>
       <c r="E128">
         <v>5</v>
+      </c>
+      <c r="F128">
+        <v>1</v>
       </c>
       <c r="L128" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="129" spans="1:12">
       <c r="A129">
         <v>707</v>
       </c>
       <c r="B129">
         <v>25</v>
       </c>
       <c r="C129" t="s">
         <v>227</v>
       </c>
       <c r="D129" t="s">
         <v>228</v>
       </c>
       <c r="E129">
         <v>5</v>
       </c>
       <c r="F129">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="G129">
         <v>5</v>
       </c>
       <c r="H129">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I129">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L129" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="130" spans="1:12">
       <c r="A130">
         <v>708</v>
       </c>
       <c r="B130">
         <v>19</v>
       </c>
       <c r="C130" t="s">
         <v>58</v>
       </c>
       <c r="D130" t="s">
         <v>229</v>
       </c>
       <c r="E130">
         <v>5</v>
       </c>
       <c r="F130">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G130">
         <v>1</v>
       </c>
       <c r="H130">
         <v>1</v>
       </c>
       <c r="I130">
         <v>2</v>
       </c>
       <c r="L130" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="131" spans="1:12">
       <c r="A131">
         <v>720</v>
       </c>
       <c r="B131">
         <v>21</v>
       </c>
       <c r="C131" t="s">
         <v>230</v>
       </c>
       <c r="D131" t="s">
         <v>231</v>
       </c>
       <c r="E131">
         <v>4</v>
       </c>
       <c r="F131">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="G131">
         <v>2</v>
       </c>
       <c r="I131">
         <v>2</v>
+      </c>
+      <c r="J131">
+        <v>2</v>
+      </c>
+      <c r="K131">
+        <v>1</v>
       </c>
       <c r="L131" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="132" spans="1:12">
       <c r="A132">
         <v>721</v>
       </c>
       <c r="B132">
         <v>13</v>
       </c>
       <c r="C132" t="s">
         <v>232</v>
       </c>
       <c r="D132" t="s">
         <v>233</v>
       </c>
       <c r="E132">
         <v>12</v>
       </c>
       <c r="F132">
+        <v>10</v>
+      </c>
+      <c r="G132">
+        <v>9</v>
+      </c>
+      <c r="H132">
+        <v>7</v>
+      </c>
+      <c r="I132">
+        <v>16</v>
+      </c>
+      <c r="J132">
         <v>6</v>
       </c>
-      <c r="G132">
-[...10 lines deleted...]
-      </c>
       <c r="K132">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L132" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="133" spans="1:12">
       <c r="A133">
         <v>722</v>
       </c>
       <c r="C133" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D133" t="s">
         <v>234</v>
       </c>
       <c r="E133">
         <v>16</v>
       </c>
       <c r="L133" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="134" spans="1:12">
       <c r="A134">
         <v>723</v>
       </c>
       <c r="B134">
         <v>16</v>
       </c>
       <c r="C134" t="s">
         <v>15</v>
       </c>
       <c r="D134" t="s">
         <v>235</v>
       </c>
       <c r="E134">
         <v>16</v>
       </c>
       <c r="F134">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="G134">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="H134">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="I134">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="L134" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="135" spans="1:12">
       <c r="A135">
         <v>724</v>
       </c>
       <c r="B135">
         <v>3</v>
       </c>
       <c r="C135" t="s">
         <v>236</v>
       </c>
       <c r="D135" t="s">
         <v>237</v>
       </c>
       <c r="E135">
         <v>4</v>
       </c>
       <c r="F135">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="H135">
         <v>2</v>
       </c>
       <c r="I135">
         <v>2</v>
       </c>
       <c r="L135" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="136" spans="1:12">
       <c r="A136">
         <v>725</v>
       </c>
       <c r="B136">
         <v>1</v>
       </c>
       <c r="C136" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D136" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E136">
         <v>16</v>
       </c>
       <c r="F136">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="G136">
+        <v>1</v>
       </c>
       <c r="H136">
         <v>2</v>
       </c>
       <c r="I136">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K136">
         <v>1</v>
       </c>
       <c r="L136" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="137" spans="1:12">
       <c r="A137">
         <v>726</v>
       </c>
       <c r="C137" t="s">
         <v>238</v>
       </c>
       <c r="D137" t="s">
         <v>239</v>
       </c>
       <c r="E137">
         <v>16</v>
       </c>
       <c r="L137" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="138" spans="1:12">
       <c r="A138">
         <v>727</v>
       </c>
       <c r="B138">
         <v>17</v>
       </c>
       <c r="C138" t="s">
         <v>29</v>
       </c>
       <c r="D138" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E138">
         <v>6</v>
       </c>
       <c r="F138">
         <v>4</v>
       </c>
       <c r="G138">
         <v>1</v>
       </c>
       <c r="H138">
         <v>3</v>
       </c>
       <c r="I138">
         <v>4</v>
       </c>
       <c r="L138" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="139" spans="1:12">
       <c r="A139">
         <v>728</v>
       </c>
       <c r="B139">
         <v>18</v>
       </c>
       <c r="C139" t="s">
         <v>240</v>
       </c>
       <c r="D139" t="s">
         <v>241</v>
       </c>
       <c r="E139">
         <v>6</v>
       </c>
       <c r="F139">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="G139">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H139">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I139">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="J139">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K139">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L139" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="140" spans="1:12">
       <c r="A140">
         <v>729</v>
       </c>
       <c r="B140">
         <v>12</v>
       </c>
       <c r="C140" t="s">
         <v>242</v>
       </c>
       <c r="D140" t="s">
         <v>243</v>
       </c>
       <c r="E140">
         <v>7</v>
       </c>
       <c r="F140">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="G140">
         <v>3</v>
       </c>
       <c r="H140">
         <v>3</v>
       </c>
       <c r="I140">
         <v>6</v>
       </c>
       <c r="L140" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="141" spans="1:12">
       <c r="A141">
         <v>730</v>
       </c>
       <c r="B141">
         <v>13</v>
       </c>
       <c r="C141" t="s">
         <v>53</v>
       </c>
       <c r="D141" t="s">
         <v>244</v>
       </c>
       <c r="E141">
         <v>7</v>
       </c>
       <c r="F141">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="H141">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I141">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L141" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="142" spans="1:12">
       <c r="A142">
         <v>731</v>
       </c>
       <c r="B142">
         <v>16</v>
       </c>
       <c r="C142" t="s">
         <v>33</v>
       </c>
       <c r="D142" t="s">
         <v>245</v>
       </c>
       <c r="E142">
         <v>7</v>
       </c>
       <c r="F142">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G142">
         <v>2</v>
       </c>
       <c r="H142">
         <v>1</v>
       </c>
       <c r="I142">
         <v>3</v>
       </c>
       <c r="L142" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="143" spans="1:12">
       <c r="A143">
         <v>733</v>
       </c>
       <c r="B143">
         <v>24</v>
       </c>
       <c r="C143" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D143" t="s">
         <v>246</v>
       </c>
       <c r="E143">
         <v>7</v>
       </c>
       <c r="F143">
+        <v>11</v>
+      </c>
+      <c r="G143">
+        <v>3</v>
+      </c>
+      <c r="H143">
+        <v>4</v>
+      </c>
+      <c r="I143">
         <v>7</v>
-      </c>
-[...7 lines deleted...]
-        <v>3</v>
       </c>
       <c r="L143" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="144" spans="1:12">
       <c r="A144">
         <v>734</v>
       </c>
       <c r="B144">
         <v>17</v>
       </c>
       <c r="C144" t="s">
         <v>247</v>
       </c>
       <c r="D144" t="s">
         <v>248</v>
       </c>
       <c r="E144">
         <v>7</v>
       </c>
       <c r="F144">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="G144">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H144">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I144">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="J144">
         <v>2</v>
       </c>
       <c r="K144">
         <v>1</v>
       </c>
       <c r="L144" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="145" spans="1:12">
       <c r="A145">
         <v>735</v>
       </c>
       <c r="B145">
         <v>11</v>
       </c>
       <c r="C145" t="s">
         <v>249</v>
       </c>
       <c r="D145" t="s">
         <v>50</v>
       </c>
       <c r="E145">
         <v>16</v>
       </c>
       <c r="F145">
         <v>1</v>
       </c>
       <c r="H145">
         <v>1</v>
       </c>
       <c r="I145">
         <v>1</v>
       </c>
       <c r="L145" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="146" spans="1:12">
       <c r="A146">
         <v>736</v>
       </c>
       <c r="B146">
         <v>23</v>
       </c>
       <c r="C146" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D146" t="s">
         <v>250</v>
       </c>
       <c r="E146">
         <v>4</v>
       </c>
       <c r="F146">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J146">
         <v>2</v>
       </c>
       <c r="K146">
         <v>1</v>
       </c>
       <c r="L146" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="147" spans="1:12">
       <c r="A147">
         <v>740</v>
       </c>
       <c r="B147">
         <v>19</v>
       </c>
       <c r="C147" t="s">
         <v>251</v>
       </c>
       <c r="D147" t="s">
         <v>252</v>
       </c>
       <c r="E147">
         <v>5</v>
       </c>
       <c r="F147">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G147">
         <v>1</v>
       </c>
       <c r="H147">
         <v>1</v>
       </c>
       <c r="I147">
         <v>2</v>
       </c>
       <c r="L147" t="s">
         <v>24</v>
+      </c>
+    </row>
+    <row r="148" spans="1:12">
+      <c r="A148">
+        <v>741</v>
+      </c>
+      <c r="B148">
+        <v>13</v>
+      </c>
+      <c r="C148" t="s">
+        <v>31</v>
+      </c>
+      <c r="D148" t="s">
+        <v>253</v>
+      </c>
+      <c r="E148">
+        <v>4</v>
+      </c>
+      <c r="L148" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="149" spans="1:12">
+      <c r="A149">
+        <v>742</v>
+      </c>
+      <c r="C149" t="s">
+        <v>53</v>
+      </c>
+      <c r="D149" t="s">
+        <v>254</v>
+      </c>
+      <c r="E149">
+        <v>6</v>
+      </c>
+      <c r="L149" t="s">
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">