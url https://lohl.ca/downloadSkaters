--- v2 (2025-12-04)
+++ v3 (2026-01-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Skaters" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="255">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
   <si>
     <t>Player Id</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Team Id</t>
   </si>
   <si>
     <t>Games Played</t>
   </si>
   <si>
     <t>Goals</t>
   </si>
   <si>
     <t>Assists</t>
   </si>
   <si>
@@ -374,137 +374,134 @@
   <si>
     <t>Pencak</t>
   </si>
   <si>
     <t>{"Weston":11}</t>
   </si>
   <si>
     <t>Adam</t>
   </si>
   <si>
     <t>Crisp</t>
   </si>
   <si>
     <t>Caranci</t>
   </si>
   <si>
     <t>Peter</t>
   </si>
   <si>
     <t>Koehler</t>
   </si>
   <si>
     <t>Noble</t>
   </si>
   <si>
+    <t>Walter</t>
+  </si>
+  <si>
+    <t>Fantin</t>
+  </si>
+  <si>
+    <t>Al</t>
+  </si>
+  <si>
+    <t>Cooper</t>
+  </si>
+  <si>
+    <t>Jeffery</t>
+  </si>
+  <si>
+    <t>Lulham</t>
+  </si>
+  <si>
+    <t>{"Blades":12}</t>
+  </si>
+  <si>
+    <t>Tedesco</t>
+  </si>
+  <si>
+    <t>Keith</t>
+  </si>
+  <si>
+    <t>Rogers</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>Harrington</t>
+  </si>
+  <si>
+    <t>Tedford</t>
+  </si>
+  <si>
+    <t>Nick</t>
+  </si>
+  <si>
+    <t>Gray</t>
+  </si>
+  <si>
+    <t>Patrick</t>
+  </si>
+  <si>
+    <t>Magee</t>
+  </si>
+  <si>
+    <t>Jake</t>
+  </si>
+  <si>
+    <t>Irwin</t>
+  </si>
+  <si>
+    <t>Russell</t>
+  </si>
+  <si>
+    <t>Sam</t>
+  </si>
+  <si>
+    <t>Mouratidis</t>
+  </si>
+  <si>
+    <t>Austen</t>
+  </si>
+  <si>
+    <t>MacDonald</t>
+  </si>
+  <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>Pomakov</t>
+  </si>
+  <si>
+    <t>Warran</t>
+  </si>
+  <si>
     <t>Kyle</t>
   </si>
   <si>
-    <t>Varney</t>
-[...82 lines deleted...]
-  <si>
     <t>Battiston</t>
   </si>
   <si>
     <t>Ryan</t>
   </si>
   <si>
     <t>Soderberg</t>
   </si>
   <si>
     <t>Desimone</t>
   </si>
   <si>
     <t>Brown</t>
   </si>
   <si>
     <t>Gord</t>
   </si>
   <si>
     <t>Jessop</t>
   </si>
   <si>
     <t>Bert</t>
   </si>
   <si>
     <t>Belvedere</t>
@@ -674,56 +671,50 @@
   <si>
     <t>Dineley</t>
   </si>
   <si>
     <t>Shane</t>
   </si>
   <si>
     <t>Sinclair</t>
   </si>
   <si>
     <t>Evan</t>
   </si>
   <si>
     <t>Delcogliano</t>
   </si>
   <si>
     <t>Connor</t>
   </si>
   <si>
     <t>Donaldson</t>
   </si>
   <si>
     <t>Caetano</t>
   </si>
   <si>
-    <t>Glenn</t>
-[...4 lines deleted...]
-  <si>
     <t>Nadon</t>
   </si>
   <si>
     <t>Tom</t>
   </si>
   <si>
     <t>Paterson</t>
   </si>
   <si>
     <t>Dodson</t>
   </si>
   <si>
     <t>Jakubek</t>
   </si>
   <si>
     <t>Clinton</t>
   </si>
   <si>
     <t>Nowack</t>
   </si>
   <si>
     <t>Hindle</t>
   </si>
   <si>
     <t>Rick</t>
@@ -749,78 +740,78 @@
   <si>
     <t>Chantaz</t>
   </si>
   <si>
     <t>Tony</t>
   </si>
   <si>
     <t>Diab</t>
   </si>
   <si>
     <t>Geoff</t>
   </si>
   <si>
     <t>Wells</t>
   </si>
   <si>
     <t>Joanathan</t>
   </si>
   <si>
     <t>Kay</t>
   </si>
   <si>
     <t>Maciel</t>
   </si>
   <si>
-    <t>Faria</t>
-[...1 lines deleted...]
-  <si>
     <t>Da Silva</t>
   </si>
   <si>
     <t>Jack</t>
   </si>
   <si>
     <t>MacLaren</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
     <t>Martin</t>
   </si>
   <si>
     <t>Carlos</t>
   </si>
   <si>
     <t>Canejo</t>
   </si>
   <si>
     <t>Heyland</t>
   </si>
   <si>
     <t>Luckese</t>
+  </si>
+  <si>
+    <t>Willis</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1123,51 +1114,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L149"/>
+  <dimension ref="A1:L147"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
     <col min="9" max="9" width="10" customWidth="true" style="0"/>
     <col min="10" max="10" width="10" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -1199,197 +1190,197 @@
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:12">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2">
         <v>6</v>
       </c>
       <c r="F2">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="H2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J2">
         <v>4</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:12">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>16</v>
       </c>
       <c r="E3">
         <v>6</v>
       </c>
       <c r="F3">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H3">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="I3">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="J3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:12">
       <c r="A4">
         <v>4</v>
       </c>
       <c r="B4">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4">
         <v>6</v>
       </c>
       <c r="F4">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H4">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I4">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J4">
         <v>4</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="L4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:12">
       <c r="A5">
         <v>15</v>
       </c>
       <c r="B5">
         <v>55</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5">
         <v>6</v>
       </c>
       <c r="F5">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="H5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J5">
         <v>2</v>
       </c>
       <c r="K5">
         <v>1</v>
       </c>
       <c r="L5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6">
         <v>18</v>
       </c>
       <c r="B6">
         <v>75</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6">
         <v>6</v>
       </c>
       <c r="F6">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="H6">
         <v>5</v>
       </c>
       <c r="I6">
         <v>5</v>
       </c>
       <c r="J6">
         <v>2</v>
       </c>
       <c r="K6">
         <v>1</v>
       </c>
       <c r="L6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7">
         <v>43</v>
       </c>
       <c r="B7">
         <v>19</v>
       </c>
       <c r="C7" t="s">
@@ -1403,60 +1394,60 @@
       </c>
       <c r="F7">
         <v>3</v>
       </c>
       <c r="L7" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8">
         <v>45</v>
       </c>
       <c r="B8">
         <v>7</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8">
         <v>5</v>
       </c>
       <c r="F8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G8">
         <v>3</v>
       </c>
       <c r="H8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9">
         <v>46</v>
       </c>
       <c r="B9">
         <v>5</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
         <v>28</v>
       </c>
       <c r="E9">
         <v>5</v>
       </c>
       <c r="F9">
         <v>4</v>
       </c>
       <c r="G9">
@@ -1464,351 +1455,351 @@
       </c>
       <c r="I9">
         <v>1</v>
       </c>
       <c r="L9" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10">
         <v>48</v>
       </c>
       <c r="B10">
         <v>10</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
         <v>30</v>
       </c>
       <c r="E10">
         <v>5</v>
       </c>
       <c r="F10">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="H10">
         <v>5</v>
       </c>
       <c r="I10">
         <v>6</v>
       </c>
       <c r="J10">
         <v>18</v>
       </c>
       <c r="K10">
         <v>5</v>
       </c>
       <c r="L10" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11">
         <v>50</v>
       </c>
       <c r="B11">
         <v>12</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
       <c r="E11">
         <v>5</v>
       </c>
       <c r="F11">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="H11">
         <v>3</v>
       </c>
       <c r="I11">
         <v>4</v>
       </c>
       <c r="L11" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12">
         <v>53</v>
       </c>
       <c r="B12">
         <v>91</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
       <c r="D12" t="s">
         <v>34</v>
       </c>
       <c r="E12">
         <v>5</v>
       </c>
       <c r="F12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="H12">
         <v>1</v>
       </c>
       <c r="I12">
         <v>2</v>
       </c>
       <c r="L12" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13">
         <v>55</v>
       </c>
       <c r="B13">
         <v>22</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
       <c r="D13" t="s">
         <v>36</v>
       </c>
       <c r="E13">
         <v>5</v>
       </c>
       <c r="F13">
+        <v>13</v>
+      </c>
+      <c r="G13">
+        <v>4</v>
+      </c>
+      <c r="H13">
         <v>10</v>
       </c>
-      <c r="G13">
-[...4 lines deleted...]
-      </c>
       <c r="I13">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="L13" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14">
         <v>59</v>
       </c>
       <c r="B14">
         <v>52</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
         <v>38</v>
       </c>
       <c r="E14">
         <v>5</v>
       </c>
       <c r="F14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G14">
         <v>2</v>
       </c>
       <c r="H14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I14">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J14">
         <v>2</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
       <c r="L14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15">
         <v>61</v>
       </c>
       <c r="B15">
         <v>95</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
       <c r="D15" t="s">
         <v>40</v>
       </c>
       <c r="E15">
         <v>5</v>
       </c>
       <c r="F15">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="H15">
         <v>1</v>
       </c>
       <c r="I15">
         <v>1</v>
       </c>
       <c r="L15" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16">
         <v>65</v>
       </c>
       <c r="B16">
         <v>44</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
       <c r="D16" t="s">
         <v>42</v>
       </c>
       <c r="E16">
         <v>8</v>
       </c>
       <c r="F16">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G16">
         <v>1</v>
       </c>
       <c r="I16">
         <v>1</v>
       </c>
       <c r="L16" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17">
         <v>66</v>
       </c>
       <c r="B17">
         <v>20</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
       <c r="D17" t="s">
         <v>45</v>
       </c>
       <c r="E17">
         <v>8</v>
       </c>
       <c r="F17">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="H17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J17">
         <v>2</v>
       </c>
       <c r="K17">
         <v>1</v>
       </c>
       <c r="L17" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18">
         <v>67</v>
       </c>
       <c r="B18">
         <v>7</v>
       </c>
       <c r="C18" t="s">
         <v>29</v>
       </c>
       <c r="D18" t="s">
         <v>46</v>
       </c>
       <c r="E18">
         <v>8</v>
       </c>
       <c r="F18">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="H18">
         <v>4</v>
       </c>
       <c r="I18">
         <v>4</v>
       </c>
       <c r="L18" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19">
         <v>68</v>
       </c>
       <c r="B19">
         <v>8</v>
       </c>
       <c r="C19" t="s">
         <v>47</v>
       </c>
       <c r="D19" t="s">
         <v>48</v>
       </c>
       <c r="E19">
         <v>8</v>
       </c>
       <c r="F19">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="H19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L19" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20">
         <v>69</v>
       </c>
       <c r="B20">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>49</v>
       </c>
       <c r="D20" t="s">
         <v>50</v>
       </c>
       <c r="E20">
         <v>8</v>
       </c>
       <c r="F20">
         <v>3</v>
       </c>
       <c r="G20">
@@ -1819,115 +1810,127 @@
       </c>
       <c r="I20">
         <v>6</v>
       </c>
       <c r="L20" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21">
         <v>70</v>
       </c>
       <c r="B21">
         <v>14</v>
       </c>
       <c r="C21" t="s">
         <v>51</v>
       </c>
       <c r="D21" t="s">
         <v>52</v>
       </c>
       <c r="E21">
         <v>8</v>
       </c>
       <c r="F21">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G21">
         <v>3</v>
       </c>
       <c r="H21">
         <v>6</v>
       </c>
       <c r="I21">
         <v>9</v>
       </c>
       <c r="L21" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22">
         <v>72</v>
       </c>
       <c r="B22">
         <v>18</v>
       </c>
       <c r="C22" t="s">
         <v>53</v>
       </c>
       <c r="D22" t="s">
         <v>54</v>
       </c>
       <c r="E22">
         <v>8</v>
       </c>
+      <c r="F22">
+        <v>1</v>
+      </c>
+      <c r="H22">
+        <v>2</v>
+      </c>
+      <c r="I22">
+        <v>2</v>
+      </c>
       <c r="L22" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23">
         <v>74</v>
       </c>
       <c r="B23">
         <v>5</v>
       </c>
       <c r="C23" t="s">
         <v>55</v>
       </c>
       <c r="D23" t="s">
         <v>56</v>
       </c>
       <c r="E23">
         <v>8</v>
       </c>
       <c r="F23">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G23">
         <v>1</v>
       </c>
+      <c r="H23">
+        <v>1</v>
+      </c>
       <c r="I23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J23">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L23" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24">
         <v>75</v>
       </c>
       <c r="B24">
         <v>11</v>
       </c>
       <c r="C24" t="s">
         <v>57</v>
       </c>
       <c r="D24" t="s">
         <v>58</v>
       </c>
       <c r="E24">
         <v>8</v>
       </c>
       <c r="F24">
         <v>6</v>
       </c>
       <c r="G24">
@@ -1938,363 +1941,372 @@
       </c>
       <c r="I24">
         <v>3</v>
       </c>
       <c r="L24" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="25" spans="1:12">
       <c r="A25">
         <v>76</v>
       </c>
       <c r="B25">
         <v>17</v>
       </c>
       <c r="C25" t="s">
         <v>59</v>
       </c>
       <c r="D25" t="s">
         <v>60</v>
       </c>
       <c r="E25">
         <v>8</v>
       </c>
       <c r="F25">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G25">
         <v>1</v>
       </c>
       <c r="H25">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I25">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J25">
         <v>4</v>
       </c>
       <c r="K25">
         <v>2</v>
       </c>
       <c r="L25" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="26" spans="1:12">
       <c r="A26">
         <v>79</v>
       </c>
       <c r="B26">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>61</v>
       </c>
       <c r="D26" t="s">
         <v>62</v>
       </c>
       <c r="E26">
         <v>8</v>
       </c>
       <c r="F26">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="G26">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H26">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I26">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="L26" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27">
         <v>82</v>
       </c>
       <c r="B27">
         <v>54</v>
       </c>
       <c r="C27" t="s">
         <v>29</v>
       </c>
       <c r="D27" t="s">
         <v>63</v>
       </c>
       <c r="E27">
         <v>8</v>
       </c>
       <c r="F27">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="G27">
         <v>2</v>
       </c>
       <c r="H27">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I27">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J27">
         <v>2</v>
       </c>
       <c r="K27">
         <v>1</v>
       </c>
       <c r="L27" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="A28">
         <v>83</v>
       </c>
       <c r="B28">
         <v>10</v>
       </c>
       <c r="C28" t="s">
         <v>64</v>
       </c>
       <c r="D28" t="s">
         <v>65</v>
       </c>
       <c r="E28">
         <v>8</v>
       </c>
       <c r="F28">
-        <v>8</v>
+        <v>10</v>
+      </c>
+      <c r="G28">
+        <v>1</v>
       </c>
       <c r="H28">
         <v>4</v>
       </c>
       <c r="I28">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L28" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="29" spans="1:12">
       <c r="A29">
         <v>130</v>
       </c>
       <c r="B29">
         <v>11</v>
       </c>
       <c r="C29" t="s">
         <v>66</v>
       </c>
       <c r="D29" t="s">
         <v>67</v>
       </c>
       <c r="E29">
         <v>7</v>
       </c>
       <c r="F29">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I29">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="J29">
         <v>6</v>
       </c>
       <c r="K29">
         <v>3</v>
       </c>
       <c r="L29" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="30" spans="1:12">
       <c r="A30">
         <v>134</v>
       </c>
       <c r="B30">
         <v>18</v>
       </c>
       <c r="C30" t="s">
         <v>29</v>
       </c>
       <c r="D30" t="s">
         <v>69</v>
       </c>
       <c r="E30">
         <v>7</v>
       </c>
       <c r="F30">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G30">
         <v>1</v>
       </c>
       <c r="H30">
         <v>1</v>
       </c>
       <c r="I30">
         <v>2</v>
       </c>
       <c r="J30">
         <v>2</v>
       </c>
       <c r="K30">
         <v>1</v>
       </c>
       <c r="L30" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31">
         <v>135</v>
       </c>
       <c r="B31">
         <v>5</v>
       </c>
       <c r="C31" t="s">
         <v>70</v>
       </c>
       <c r="D31" t="s">
         <v>71</v>
       </c>
       <c r="E31">
         <v>7</v>
       </c>
       <c r="F31">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="H31">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I31">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L31" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="A32">
         <v>136</v>
       </c>
       <c r="B32">
         <v>20</v>
       </c>
       <c r="C32" t="s">
         <v>72</v>
       </c>
       <c r="D32" t="s">
         <v>73</v>
       </c>
       <c r="E32">
         <v>7</v>
       </c>
       <c r="F32">
-        <v>10</v>
+        <v>13</v>
+      </c>
+      <c r="G32">
+        <v>1</v>
       </c>
       <c r="H32">
         <v>3</v>
       </c>
       <c r="I32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L32" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33">
         <v>137</v>
       </c>
       <c r="B33">
         <v>21</v>
       </c>
       <c r="C33" t="s">
         <v>74</v>
       </c>
       <c r="D33" t="s">
         <v>75</v>
       </c>
       <c r="E33">
         <v>7</v>
       </c>
       <c r="F33">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="H33">
         <v>1</v>
       </c>
       <c r="I33">
         <v>1</v>
       </c>
       <c r="J33">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K33">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L33" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="34" spans="1:12">
       <c r="A34">
         <v>138</v>
       </c>
       <c r="B34">
         <v>22</v>
       </c>
       <c r="C34" t="s">
         <v>76</v>
       </c>
       <c r="D34" t="s">
         <v>77</v>
       </c>
       <c r="E34">
         <v>7</v>
       </c>
       <c r="F34">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="G34">
         <v>2</v>
       </c>
+      <c r="H34">
+        <v>1</v>
+      </c>
       <c r="I34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J34">
         <v>2</v>
       </c>
       <c r="K34">
         <v>1</v>
       </c>
       <c r="L34" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35">
         <v>139</v>
       </c>
       <c r="B35">
         <v>77</v>
       </c>
       <c r="C35" t="s">
         <v>78</v>
       </c>
       <c r="D35" t="s">
         <v>79</v>
       </c>
       <c r="E35">
@@ -2311,3772 +2323,3798 @@
       </c>
       <c r="I35">
         <v>4</v>
       </c>
       <c r="L35" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="A36">
         <v>149</v>
       </c>
       <c r="B36">
         <v>6</v>
       </c>
       <c r="C36" t="s">
         <v>80</v>
       </c>
       <c r="D36" t="s">
         <v>81</v>
       </c>
       <c r="E36">
         <v>4</v>
       </c>
       <c r="F36">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="G36">
+        <v>1</v>
       </c>
       <c r="H36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I36">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J36">
         <v>2</v>
       </c>
       <c r="K36">
         <v>1</v>
       </c>
       <c r="L36" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37">
         <v>155</v>
       </c>
       <c r="B37">
         <v>26</v>
       </c>
       <c r="C37" t="s">
         <v>83</v>
       </c>
       <c r="D37" t="s">
         <v>84</v>
       </c>
       <c r="E37">
         <v>4</v>
       </c>
       <c r="F37">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="G37">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H37">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I37">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="J37">
         <v>2</v>
       </c>
       <c r="K37">
         <v>1</v>
       </c>
       <c r="L37" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="38" spans="1:12">
       <c r="A38">
         <v>156</v>
       </c>
       <c r="B38">
         <v>8</v>
       </c>
       <c r="C38" t="s">
         <v>85</v>
       </c>
       <c r="D38" t="s">
         <v>86</v>
       </c>
       <c r="E38">
         <v>4</v>
       </c>
       <c r="F38">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="L38" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39">
         <v>158</v>
       </c>
       <c r="B39">
         <v>30</v>
       </c>
       <c r="C39" t="s">
         <v>21</v>
       </c>
       <c r="D39" t="s">
         <v>87</v>
       </c>
       <c r="E39">
         <v>4</v>
       </c>
       <c r="F39">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G39">
         <v>2</v>
       </c>
       <c r="H39">
         <v>5</v>
       </c>
       <c r="I39">
         <v>7</v>
       </c>
       <c r="J39">
         <v>4</v>
       </c>
       <c r="K39">
         <v>2</v>
       </c>
       <c r="L39" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40">
         <v>184</v>
       </c>
       <c r="B40">
         <v>25</v>
       </c>
       <c r="C40" t="s">
         <v>88</v>
       </c>
       <c r="D40" t="s">
         <v>89</v>
       </c>
       <c r="E40">
         <v>4</v>
       </c>
       <c r="F40">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G40">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H40">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I40">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="L40" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41">
         <v>189</v>
       </c>
       <c r="B41">
         <v>16</v>
       </c>
       <c r="C41" t="s">
         <v>90</v>
       </c>
       <c r="D41" t="s">
         <v>91</v>
       </c>
       <c r="E41">
         <v>8</v>
       </c>
       <c r="F41">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="G41">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H41">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I41">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="J41">
         <v>4</v>
       </c>
       <c r="K41">
         <v>2</v>
       </c>
       <c r="L41" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42">
         <v>192</v>
       </c>
       <c r="B42">
         <v>12</v>
       </c>
       <c r="C42" t="s">
         <v>92</v>
       </c>
       <c r="D42" t="s">
         <v>93</v>
       </c>
       <c r="E42">
         <v>8</v>
       </c>
       <c r="F42">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="G42">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H42">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="I42">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="J42">
         <v>6</v>
       </c>
       <c r="K42">
         <v>3</v>
       </c>
       <c r="L42" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43">
         <v>204</v>
       </c>
       <c r="B43">
         <v>10</v>
       </c>
       <c r="C43" t="s">
         <v>94</v>
       </c>
       <c r="D43" t="s">
         <v>95</v>
       </c>
       <c r="E43">
         <v>7</v>
       </c>
       <c r="F43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L43" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44">
         <v>216</v>
       </c>
       <c r="B44">
         <v>13</v>
       </c>
       <c r="C44" t="s">
         <v>27</v>
       </c>
       <c r="D44" t="s">
         <v>96</v>
       </c>
       <c r="E44">
         <v>8</v>
       </c>
       <c r="F44">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="G44">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="H44">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="I44">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="J44">
         <v>2</v>
       </c>
       <c r="K44">
         <v>1</v>
       </c>
       <c r="L44" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45">
         <v>237</v>
       </c>
       <c r="B45">
         <v>27</v>
       </c>
       <c r="C45" t="s">
         <v>97</v>
       </c>
       <c r="D45" t="s">
         <v>98</v>
       </c>
       <c r="E45">
         <v>8</v>
       </c>
       <c r="F45">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G45">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H45">
         <v>1</v>
       </c>
       <c r="I45">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L45" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46">
         <v>243</v>
       </c>
       <c r="B46">
         <v>4</v>
       </c>
       <c r="C46" t="s">
         <v>99</v>
       </c>
       <c r="D46" t="s">
         <v>100</v>
       </c>
       <c r="E46">
         <v>5</v>
       </c>
       <c r="F46">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G46">
         <v>1</v>
       </c>
       <c r="H46">
         <v>3</v>
       </c>
       <c r="I46">
         <v>4</v>
       </c>
       <c r="J46">
         <v>2</v>
       </c>
       <c r="K46">
         <v>1</v>
       </c>
       <c r="L46" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47">
         <v>275</v>
       </c>
       <c r="B47">
         <v>23</v>
       </c>
       <c r="C47" t="s">
         <v>101</v>
       </c>
       <c r="D47" t="s">
         <v>102</v>
       </c>
       <c r="E47">
         <v>8</v>
       </c>
       <c r="F47">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G47">
         <v>1</v>
       </c>
       <c r="I47">
         <v>1</v>
       </c>
       <c r="L47" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48">
         <v>342</v>
       </c>
       <c r="B48">
         <v>17</v>
       </c>
       <c r="C48" t="s">
         <v>41</v>
       </c>
       <c r="D48" t="s">
         <v>103</v>
       </c>
       <c r="E48">
         <v>5</v>
       </c>
       <c r="F48">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G48">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H48">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I48">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L48" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49">
         <v>350</v>
       </c>
       <c r="B49">
         <v>5</v>
       </c>
       <c r="C49" t="s">
         <v>61</v>
       </c>
       <c r="D49" t="s">
         <v>104</v>
       </c>
       <c r="E49">
         <v>5</v>
       </c>
       <c r="F49">
         <v>2</v>
       </c>
       <c r="L49" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50">
         <v>366</v>
       </c>
       <c r="B50">
         <v>16</v>
       </c>
       <c r="C50" t="s">
         <v>105</v>
       </c>
       <c r="D50" t="s">
         <v>106</v>
       </c>
       <c r="E50">
         <v>4</v>
       </c>
       <c r="F50">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G50">
         <v>2</v>
       </c>
       <c r="H50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I50">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L50" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51">
         <v>380</v>
       </c>
       <c r="B51">
         <v>44</v>
       </c>
       <c r="C51" t="s">
         <v>107</v>
       </c>
       <c r="D51" t="s">
         <v>108</v>
       </c>
       <c r="E51">
         <v>6</v>
       </c>
       <c r="F51">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="G51">
         <v>1</v>
       </c>
       <c r="H51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L51" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52">
         <v>389</v>
       </c>
       <c r="B52">
         <v>14</v>
       </c>
       <c r="C52" t="s">
         <v>109</v>
       </c>
       <c r="D52" t="s">
         <v>110</v>
       </c>
       <c r="E52">
         <v>7</v>
       </c>
       <c r="F52">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="G52">
         <v>1</v>
       </c>
       <c r="H52">
         <v>2</v>
       </c>
       <c r="I52">
         <v>3</v>
       </c>
       <c r="J52">
         <v>4</v>
       </c>
       <c r="K52">
         <v>2</v>
       </c>
       <c r="L52" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53">
         <v>390</v>
       </c>
       <c r="B53">
         <v>33</v>
       </c>
       <c r="C53" t="s">
         <v>111</v>
       </c>
       <c r="D53" t="s">
         <v>112</v>
       </c>
       <c r="E53">
         <v>11</v>
       </c>
       <c r="F53">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G53">
         <v>4</v>
       </c>
       <c r="H53">
         <v>6</v>
       </c>
       <c r="I53">
         <v>10</v>
       </c>
       <c r="J53">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="K53">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L53" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54">
         <v>391</v>
       </c>
       <c r="B54">
         <v>7</v>
       </c>
       <c r="C54" t="s">
         <v>114</v>
       </c>
       <c r="D54" t="s">
         <v>115</v>
       </c>
       <c r="E54">
         <v>11</v>
       </c>
       <c r="F54">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="H54">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="I54">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="J54">
         <v>4</v>
       </c>
       <c r="K54">
         <v>2</v>
       </c>
       <c r="L54" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55">
         <v>393</v>
       </c>
       <c r="B55">
         <v>96</v>
       </c>
       <c r="C55" t="s">
         <v>15</v>
       </c>
       <c r="D55" t="s">
         <v>116</v>
       </c>
       <c r="E55">
         <v>11</v>
       </c>
       <c r="F55">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G55">
         <v>5</v>
       </c>
       <c r="H55">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="I55">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="J55">
         <v>2</v>
       </c>
       <c r="K55">
         <v>1</v>
       </c>
       <c r="L55" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56">
         <v>395</v>
       </c>
       <c r="B56">
         <v>20</v>
       </c>
       <c r="C56" t="s">
         <v>117</v>
       </c>
       <c r="D56" t="s">
         <v>118</v>
       </c>
       <c r="E56">
         <v>11</v>
       </c>
       <c r="F56">
+        <v>13</v>
+      </c>
+      <c r="G56">
+        <v>4</v>
+      </c>
+      <c r="H56">
         <v>10</v>
       </c>
-      <c r="G56">
-[...4 lines deleted...]
-      </c>
       <c r="I56">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="J56">
         <v>2</v>
       </c>
       <c r="K56">
         <v>1</v>
       </c>
       <c r="L56" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57">
         <v>396</v>
       </c>
       <c r="B57">
         <v>45</v>
       </c>
       <c r="C57" t="s">
         <v>59</v>
       </c>
       <c r="D57" t="s">
         <v>119</v>
       </c>
       <c r="E57">
         <v>11</v>
       </c>
       <c r="F57">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="H57">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I57">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L57" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B58">
-        <v>13</v>
+        <v>88</v>
       </c>
       <c r="C58" t="s">
         <v>120</v>
       </c>
       <c r="D58" t="s">
         <v>121</v>
       </c>
       <c r="E58">
         <v>11</v>
       </c>
+      <c r="F58">
+        <v>13</v>
+      </c>
+      <c r="G58">
+        <v>2</v>
+      </c>
+      <c r="H58">
+        <v>6</v>
+      </c>
+      <c r="I58">
+        <v>8</v>
+      </c>
+      <c r="J58">
+        <v>8</v>
+      </c>
+      <c r="K58">
+        <v>4</v>
+      </c>
       <c r="L58" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B59">
-        <v>88</v>
+        <v>19</v>
       </c>
       <c r="C59" t="s">
         <v>122</v>
       </c>
       <c r="D59" t="s">
         <v>123</v>
       </c>
       <c r="E59">
         <v>11</v>
       </c>
       <c r="F59">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G59">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="H59">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I59">
-        <v>6</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="L59" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60">
-        <v>399</v>
+        <v>414</v>
       </c>
       <c r="B60">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="C60" t="s">
         <v>124</v>
       </c>
       <c r="D60" t="s">
         <v>125</v>
       </c>
       <c r="E60">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F60">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G60">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="H60">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I60">
-        <v>20</v>
+        <v>5</v>
+      </c>
+      <c r="J60">
+        <v>2</v>
+      </c>
+      <c r="K60">
+        <v>1</v>
       </c>
       <c r="L60" t="s">
-        <v>113</v>
+        <v>126</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B61">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>126</v>
+        <v>104</v>
       </c>
       <c r="D61" t="s">
         <v>127</v>
       </c>
       <c r="E61">
         <v>12</v>
       </c>
       <c r="F61">
+        <v>12</v>
+      </c>
+      <c r="G61">
+        <v>6</v>
+      </c>
+      <c r="H61">
+        <v>4</v>
+      </c>
+      <c r="I61">
         <v>10</v>
       </c>
-      <c r="G61">
-[...4 lines deleted...]
-      </c>
       <c r="J61">
         <v>2</v>
       </c>
       <c r="K61">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L61" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B62">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C62" t="s">
-        <v>104</v>
+        <v>128</v>
       </c>
       <c r="D62" t="s">
         <v>129</v>
       </c>
       <c r="E62">
         <v>12</v>
       </c>
       <c r="F62">
+        <v>12</v>
+      </c>
+      <c r="G62">
+        <v>5</v>
+      </c>
+      <c r="H62">
         <v>9</v>
       </c>
-      <c r="G62">
-[...4 lines deleted...]
-      </c>
       <c r="I62">
-        <v>8</v>
+        <v>14</v>
+      </c>
+      <c r="J62">
+        <v>2</v>
       </c>
       <c r="K62">
         <v>1</v>
       </c>
       <c r="L62" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B63">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C63" t="s">
         <v>130</v>
       </c>
       <c r="D63" t="s">
         <v>131</v>
       </c>
       <c r="E63">
         <v>12</v>
       </c>
       <c r="F63">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H63">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="I63">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="J63">
         <v>2</v>
       </c>
       <c r="K63">
         <v>1</v>
       </c>
       <c r="L63" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B64">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="C64" t="s">
+        <v>35</v>
+      </c>
+      <c r="D64" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="E64">
         <v>12</v>
       </c>
       <c r="F64">
-        <v>4</v>
+        <v>11</v>
+      </c>
+      <c r="G64">
+        <v>5</v>
       </c>
       <c r="H64">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I64">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="J64">
         <v>2</v>
       </c>
       <c r="K64">
         <v>1</v>
       </c>
       <c r="L64" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B65">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="C65" t="s">
-        <v>35</v>
+        <v>133</v>
       </c>
       <c r="D65" t="s">
         <v>134</v>
       </c>
       <c r="E65">
         <v>12</v>
       </c>
       <c r="F65">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="H65">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I65">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="J65">
         <v>2</v>
       </c>
       <c r="K65">
         <v>1</v>
       </c>
       <c r="L65" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B66">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C66" t="s">
         <v>135</v>
       </c>
       <c r="D66" t="s">
         <v>136</v>
       </c>
       <c r="E66">
         <v>12</v>
       </c>
       <c r="F66">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="J66">
         <v>2</v>
       </c>
       <c r="K66">
         <v>1</v>
       </c>
       <c r="L66" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B67">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="C67" t="s">
         <v>137</v>
       </c>
       <c r="D67" t="s">
         <v>138</v>
       </c>
       <c r="E67">
         <v>12</v>
       </c>
       <c r="F67">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>8</v>
+      </c>
+      <c r="G67">
+        <v>1</v>
+      </c>
+      <c r="H67">
+        <v>3</v>
+      </c>
+      <c r="I67">
+        <v>4</v>
       </c>
       <c r="L67" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B68">
         <v>91</v>
       </c>
       <c r="C68" t="s">
+        <v>15</v>
+      </c>
+      <c r="D68" t="s">
         <v>139</v>
       </c>
-      <c r="D68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E68">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F68">
         <v>6</v>
       </c>
+      <c r="G68">
+        <v>5</v>
+      </c>
       <c r="H68">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I68">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="L68" t="s">
-        <v>128</v>
+        <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B69">
-        <v>91</v>
+        <v>14</v>
       </c>
       <c r="C69" t="s">
-        <v>15</v>
+        <v>140</v>
       </c>
       <c r="D69" t="s">
         <v>141</v>
       </c>
       <c r="E69">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="F69">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="G69">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="H69">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="I69">
-        <v>7</v>
+        <v>41</v>
+      </c>
+      <c r="J69">
+        <v>2</v>
+      </c>
+      <c r="K69">
+        <v>1</v>
       </c>
       <c r="L69" t="s">
-        <v>14</v>
+        <v>113</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B70">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C70" t="s">
+        <v>15</v>
+      </c>
+      <c r="D70" t="s">
         <v>142</v>
       </c>
-      <c r="D70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E70">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F70">
         <v>12</v>
       </c>
       <c r="G70">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="H70">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="I70">
-        <v>36</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="L70" t="s">
-        <v>113</v>
+        <v>126</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="B71">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="C71" t="s">
-        <v>15</v>
+        <v>107</v>
       </c>
       <c r="D71" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="E71">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F71">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G71">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="H71">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I71">
-        <v>8</v>
+        <v>17</v>
+      </c>
+      <c r="J71">
+        <v>2</v>
+      </c>
+      <c r="K71">
+        <v>1</v>
       </c>
       <c r="L71" t="s">
-        <v>128</v>
+        <v>113</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72">
-        <v>435</v>
+        <v>454</v>
       </c>
       <c r="B72">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C72" t="s">
-        <v>107</v>
+        <v>144</v>
       </c>
       <c r="D72" t="s">
         <v>145</v>
       </c>
       <c r="E72">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F72">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="G72">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H72">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I72">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L72" t="s">
-        <v>113</v>
+        <v>126</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B73">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="C73" t="s">
+        <v>114</v>
+      </c>
+      <c r="D73" t="s">
         <v>146</v>
       </c>
-      <c r="D73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E73">
+        <v>5</v>
+      </c>
+      <c r="F73">
         <v>12</v>
       </c>
-      <c r="F73">
-[...1 lines deleted...]
-      </c>
       <c r="G73">
+        <v>1</v>
+      </c>
+      <c r="H73">
         <v>3</v>
       </c>
-      <c r="H73">
-[...1 lines deleted...]
-      </c>
       <c r="I73">
         <v>4</v>
       </c>
+      <c r="J73">
+        <v>19</v>
+      </c>
+      <c r="K73">
+        <v>4</v>
+      </c>
       <c r="L73" t="s">
-        <v>128</v>
+        <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B74">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="C74" t="s">
-        <v>114</v>
+        <v>147</v>
       </c>
       <c r="D74" t="s">
         <v>148</v>
       </c>
       <c r="E74">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F74">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G74">
         <v>1</v>
       </c>
       <c r="H74">
+        <v>6</v>
+      </c>
+      <c r="I74">
+        <v>7</v>
+      </c>
+      <c r="J74">
+        <v>8</v>
+      </c>
+      <c r="K74">
         <v>3</v>
       </c>
-      <c r="I74">
-[...7 lines deleted...]
-      </c>
       <c r="L74" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B75">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="C75" t="s">
-        <v>120</v>
+        <v>149</v>
       </c>
       <c r="D75" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E75">
         <v>4</v>
       </c>
       <c r="F75">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="G75">
         <v>1</v>
       </c>
       <c r="H75">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I75">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L75" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B76">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="C76" t="s">
-        <v>150</v>
+        <v>83</v>
       </c>
       <c r="D76" t="s">
         <v>151</v>
       </c>
       <c r="E76">
         <v>4</v>
       </c>
       <c r="F76">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="G76">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="H76">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="I76">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="L76" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="77" spans="1:12">
       <c r="A77">
-        <v>463</v>
+        <v>509</v>
       </c>
       <c r="B77">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C77" t="s">
-        <v>83</v>
+        <v>21</v>
       </c>
       <c r="D77" t="s">
         <v>152</v>
       </c>
       <c r="E77">
         <v>4</v>
       </c>
       <c r="F77">
         <v>12</v>
       </c>
       <c r="G77">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="H77">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="I77">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="L77" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B78">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="C78" t="s">
-        <v>21</v>
+        <v>153</v>
       </c>
       <c r="D78" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E78">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F78">
         <v>10</v>
       </c>
-      <c r="G78">
-[...1 lines deleted...]
-      </c>
       <c r="H78">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I78">
-        <v>5</v>
+        <v>1</v>
+      </c>
+      <c r="J78">
+        <v>2</v>
+      </c>
+      <c r="K78">
+        <v>1</v>
       </c>
       <c r="L78" t="s">
-        <v>82</v>
+        <v>68</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="B79">
+        <v>28</v>
+      </c>
+      <c r="C79" t="s">
+        <v>155</v>
+      </c>
+      <c r="D79" t="s">
+        <v>156</v>
+      </c>
+      <c r="E79">
+        <v>11</v>
+      </c>
+      <c r="F79">
+        <v>11</v>
+      </c>
+      <c r="G79">
         <v>3</v>
       </c>
-      <c r="C79" t="s">
-[...8 lines deleted...]
-      <c r="F79">
+      <c r="H79">
+        <v>5</v>
+      </c>
+      <c r="I79">
         <v>8</v>
       </c>
       <c r="J79">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K79">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L79" t="s">
-        <v>68</v>
+        <v>113</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="B80">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="C80" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D80" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E80">
+        <v>6</v>
+      </c>
+      <c r="F80">
         <v>11</v>
       </c>
-      <c r="F80">
+      <c r="G80">
+        <v>7</v>
+      </c>
+      <c r="H80">
+        <v>2</v>
+      </c>
+      <c r="I80">
         <v>9</v>
       </c>
-      <c r="G80">
-[...7 lines deleted...]
-      </c>
       <c r="J80">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="K80">
         <v>2</v>
       </c>
       <c r="L80" t="s">
-        <v>113</v>
+        <v>14</v>
       </c>
     </row>
     <row r="81" spans="1:12">
       <c r="A81">
-        <v>517</v>
+        <v>536</v>
       </c>
       <c r="B81">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C81" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D81" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E81">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="F81">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="G81">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H81">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I81">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="J81">
         <v>2</v>
       </c>
       <c r="K81">
         <v>1</v>
       </c>
       <c r="L81" t="s">
-        <v>14</v>
+        <v>126</v>
       </c>
     </row>
     <row r="82" spans="1:12">
       <c r="A82">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="B82">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="C82" t="s">
-        <v>160</v>
+        <v>149</v>
       </c>
       <c r="D82" t="s">
         <v>161</v>
       </c>
       <c r="E82">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="F82">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="G82">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="H82">
         <v>3</v>
       </c>
       <c r="I82">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="J82">
         <v>2</v>
       </c>
       <c r="K82">
         <v>1</v>
       </c>
       <c r="L82" t="s">
-        <v>128</v>
+        <v>82</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="B83">
-        <v>40</v>
+        <v>11</v>
       </c>
       <c r="C83" t="s">
-        <v>150</v>
+        <v>15</v>
       </c>
       <c r="D83" t="s">
         <v>162</v>
       </c>
       <c r="E83">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F83">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G83">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="H83">
+        <v>5</v>
+      </c>
+      <c r="I83">
+        <v>8</v>
+      </c>
+      <c r="J83">
+        <v>6</v>
+      </c>
+      <c r="K83">
         <v>3</v>
       </c>
-      <c r="I83">
-[...7 lines deleted...]
-      </c>
       <c r="L83" t="s">
-        <v>82</v>
+        <v>24</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="B84">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C84" t="s">
-        <v>15</v>
+        <v>74</v>
       </c>
       <c r="D84" t="s">
         <v>163</v>
       </c>
       <c r="E84">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="F84">
+        <v>8</v>
+      </c>
+      <c r="G84">
+        <v>1</v>
+      </c>
+      <c r="H84">
+        <v>4</v>
+      </c>
+      <c r="I84">
+        <v>5</v>
+      </c>
+      <c r="J84">
         <v>10</v>
       </c>
-      <c r="G84">
-[...10 lines deleted...]
-      </c>
       <c r="K84">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L84" t="s">
-        <v>24</v>
+        <v>126</v>
       </c>
     </row>
     <row r="85" spans="1:12">
       <c r="A85">
-        <v>546</v>
+        <v>559</v>
       </c>
       <c r="B85">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="C85" t="s">
-        <v>74</v>
+        <v>41</v>
       </c>
       <c r="D85" t="s">
         <v>164</v>
       </c>
       <c r="E85">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="F85">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="H85">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I85">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="J85">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="K85">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="L85" t="s">
-        <v>128</v>
+        <v>82</v>
       </c>
     </row>
     <row r="86" spans="1:12">
       <c r="A86">
-        <v>559</v>
+        <v>568</v>
       </c>
       <c r="B86">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="C86" t="s">
-        <v>41</v>
+        <v>165</v>
       </c>
       <c r="D86" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E86">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F86">
-        <v>7</v>
+        <v>9</v>
+      </c>
+      <c r="G86">
+        <v>2</v>
       </c>
       <c r="H86">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I86">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="L86" t="s">
-        <v>82</v>
+        <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:12">
       <c r="A87">
-        <v>568</v>
+        <v>584</v>
       </c>
       <c r="B87">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="C87" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D87" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="E87">
         <v>5</v>
       </c>
       <c r="F87">
-        <v>7</v>
-[...8 lines deleted...]
-        <v>6</v>
+        <v>4</v>
+      </c>
+      <c r="J87">
+        <v>4</v>
+      </c>
+      <c r="K87">
+        <v>2</v>
       </c>
       <c r="L87" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:12">
       <c r="A88">
-        <v>584</v>
+        <v>593</v>
       </c>
       <c r="B88">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C88" t="s">
         <v>168</v>
       </c>
       <c r="D88" t="s">
-        <v>153</v>
+        <v>169</v>
       </c>
       <c r="E88">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="F88">
-        <v>3</v>
+        <v>10</v>
+      </c>
+      <c r="G88">
+        <v>1</v>
+      </c>
+      <c r="H88">
+        <v>1</v>
+      </c>
+      <c r="I88">
+        <v>2</v>
       </c>
       <c r="J88">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="K88">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="L88" t="s">
-        <v>24</v>
+        <v>170</v>
       </c>
     </row>
     <row r="89" spans="1:12">
       <c r="A89">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="B89">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C89" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D89" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="E89">
         <v>16</v>
       </c>
       <c r="F89">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="G89">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H89">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="I89">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="J89">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="K89">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="L89" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="90" spans="1:12">
       <c r="A90">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="B90">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C90" t="s">
-        <v>172</v>
+        <v>49</v>
       </c>
       <c r="D90" t="s">
         <v>173</v>
       </c>
       <c r="E90">
         <v>16</v>
       </c>
       <c r="F90">
         <v>10</v>
       </c>
       <c r="G90">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H90">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I90">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="J90">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K90">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L90" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="91" spans="1:12">
       <c r="A91">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B91">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>49</v>
+        <v>174</v>
       </c>
       <c r="D91" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E91">
         <v>16</v>
       </c>
       <c r="F91">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="H91">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="I91">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="J91">
         <v>2</v>
       </c>
       <c r="K91">
         <v>1</v>
       </c>
       <c r="L91" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="92" spans="1:12">
       <c r="A92">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="B92">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C92" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D92" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E92">
         <v>16</v>
       </c>
       <c r="F92">
-        <v>12</v>
+        <v>14</v>
+      </c>
+      <c r="G92">
+        <v>10</v>
       </c>
       <c r="H92">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="I92">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="L92" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="93" spans="1:12">
       <c r="A93">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="B93">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="C93" t="s">
-        <v>177</v>
+        <v>15</v>
       </c>
       <c r="D93" t="s">
         <v>178</v>
       </c>
       <c r="E93">
         <v>16</v>
       </c>
       <c r="F93">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G93">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="H93">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="I93">
-        <v>21</v>
+        <v>10</v>
+      </c>
+      <c r="J93">
+        <v>2</v>
+      </c>
+      <c r="K93">
+        <v>1</v>
       </c>
       <c r="L93" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="94" spans="1:12">
       <c r="A94">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="B94">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="C94" t="s">
-        <v>15</v>
+        <v>74</v>
       </c>
       <c r="D94" t="s">
         <v>179</v>
       </c>
       <c r="E94">
         <v>16</v>
       </c>
       <c r="F94">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="G94">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H94">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I94">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="L94" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="95" spans="1:12">
       <c r="A95">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="B95">
-        <v>24</v>
+        <v>66</v>
       </c>
       <c r="C95" t="s">
-        <v>74</v>
+        <v>27</v>
       </c>
       <c r="D95" t="s">
         <v>180</v>
       </c>
       <c r="E95">
         <v>16</v>
       </c>
       <c r="F95">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="G95">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="H95">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I95">
-        <v>4</v>
+        <v>21</v>
+      </c>
+      <c r="J95">
+        <v>2</v>
+      </c>
+      <c r="K95">
+        <v>1</v>
       </c>
       <c r="L95" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="96" spans="1:12">
       <c r="A96">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B96">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="C96" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="D96" t="s">
         <v>181</v>
       </c>
       <c r="E96">
         <v>16</v>
       </c>
       <c r="F96">
-        <v>11</v>
-[...13 lines deleted...]
-      <c r="K96">
         <v>1</v>
       </c>
       <c r="L96" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="97" spans="1:12">
       <c r="A97">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B97">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C97" t="s">
-        <v>33</v>
+        <v>135</v>
       </c>
       <c r="D97" t="s">
         <v>182</v>
       </c>
       <c r="E97">
         <v>16</v>
       </c>
+      <c r="F97">
+        <v>11</v>
+      </c>
+      <c r="H97">
+        <v>5</v>
+      </c>
+      <c r="I97">
+        <v>5</v>
+      </c>
+      <c r="J97">
+        <v>10</v>
+      </c>
+      <c r="K97">
+        <v>4</v>
+      </c>
       <c r="L97" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="98" spans="1:12">
       <c r="A98">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="B98">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C98" t="s">
-        <v>137</v>
+        <v>120</v>
       </c>
       <c r="D98" t="s">
         <v>183</v>
       </c>
       <c r="E98">
         <v>16</v>
       </c>
       <c r="F98">
-        <v>10</v>
+        <v>12</v>
+      </c>
+      <c r="G98">
+        <v>4</v>
       </c>
       <c r="H98">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="I98">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="J98">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="K98">
         <v>4</v>
       </c>
       <c r="L98" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="99" spans="1:12">
       <c r="A99">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="B99">
-        <v>8</v>
+        <v>62</v>
       </c>
       <c r="C99" t="s">
-        <v>122</v>
+        <v>184</v>
       </c>
       <c r="D99" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E99">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="F99">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H99">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="I99">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="J99">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="K99">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="L99" t="s">
-        <v>171</v>
+        <v>14</v>
       </c>
     </row>
     <row r="100" spans="1:12">
       <c r="A100">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B100">
-        <v>62</v>
+        <v>4</v>
       </c>
       <c r="C100" t="s">
-        <v>185</v>
+        <v>41</v>
       </c>
       <c r="D100" t="s">
         <v>186</v>
       </c>
       <c r="E100">
+        <v>12</v>
+      </c>
+      <c r="F100">
+        <v>7</v>
+      </c>
+      <c r="G100">
+        <v>2</v>
+      </c>
+      <c r="H100">
         <v>6</v>
       </c>
-      <c r="F100">
-[...4 lines deleted...]
-      </c>
       <c r="I100">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="J100">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="K100">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="L100" t="s">
-        <v>14</v>
+        <v>126</v>
       </c>
     </row>
     <row r="101" spans="1:12">
       <c r="A101">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B101">
-        <v>4</v>
+        <v>99</v>
       </c>
       <c r="C101" t="s">
-        <v>41</v>
+        <v>187</v>
       </c>
       <c r="D101" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E101">
         <v>12</v>
       </c>
       <c r="F101">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="G101">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="H101">
+        <v>14</v>
+      </c>
+      <c r="I101">
+        <v>20</v>
+      </c>
+      <c r="J101">
         <v>6</v>
       </c>
-      <c r="I101">
-[...4 lines deleted...]
-      </c>
       <c r="K101">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="L101" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
     </row>
     <row r="102" spans="1:12">
       <c r="A102">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="B102">
-        <v>99</v>
+        <v>24</v>
       </c>
       <c r="C102" t="s">
-        <v>188</v>
+        <v>49</v>
       </c>
       <c r="D102" t="s">
         <v>189</v>
       </c>
       <c r="E102">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F102">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G102">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H102">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="I102">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="J102">
         <v>2</v>
       </c>
       <c r="K102">
         <v>1</v>
       </c>
       <c r="L102" t="s">
-        <v>128</v>
+        <v>113</v>
       </c>
     </row>
     <row r="103" spans="1:12">
       <c r="A103">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="B103">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="C103" t="s">
-        <v>49</v>
+        <v>190</v>
       </c>
       <c r="D103" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E103">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F103">
         <v>8</v>
       </c>
       <c r="G103">
         <v>2</v>
       </c>
       <c r="H103">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I103">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="J103">
         <v>2</v>
       </c>
       <c r="K103">
         <v>1</v>
       </c>
       <c r="L103" t="s">
-        <v>113</v>
+        <v>126</v>
       </c>
     </row>
     <row r="104" spans="1:12">
       <c r="A104">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="B104">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C104" t="s">
-        <v>191</v>
+        <v>165</v>
       </c>
       <c r="D104" t="s">
         <v>192</v>
       </c>
       <c r="E104">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="F104">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="H104">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I104">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L104" t="s">
-        <v>128</v>
+        <v>68</v>
       </c>
     </row>
     <row r="105" spans="1:12">
       <c r="A105">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="B105">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C105" t="s">
-        <v>166</v>
+        <v>193</v>
       </c>
       <c r="D105" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E105">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="F105">
-        <v>12</v>
+        <v>14</v>
+      </c>
+      <c r="G105">
+        <v>15</v>
       </c>
       <c r="H105">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="I105">
+        <v>35</v>
+      </c>
+      <c r="J105">
+        <v>4</v>
+      </c>
+      <c r="K105">
         <v>2</v>
       </c>
       <c r="L105" t="s">
-        <v>68</v>
+        <v>113</v>
       </c>
     </row>
     <row r="106" spans="1:12">
       <c r="A106">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="B106">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D106" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E106">
         <v>11</v>
       </c>
       <c r="F106">
         <v>11</v>
       </c>
       <c r="G106">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="H106">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="I106">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="J106">
         <v>4</v>
       </c>
       <c r="K106">
         <v>2</v>
       </c>
       <c r="L106" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="107" spans="1:12">
       <c r="A107">
-        <v>633</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>635</v>
       </c>
       <c r="C107" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D107" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E107">
-        <v>11</v>
-[...17 lines deleted...]
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="L107" t="s">
-        <v>113</v>
+        <v>126</v>
       </c>
     </row>
     <row r="108" spans="1:12">
       <c r="A108">
-        <v>635</v>
+        <v>639</v>
+      </c>
+      <c r="B108">
+        <v>3</v>
       </c>
       <c r="C108" t="s">
-        <v>198</v>
+        <v>12</v>
       </c>
       <c r="D108" t="s">
         <v>199</v>
       </c>
       <c r="E108">
-        <v>12</v>
+        <v>5</v>
+      </c>
+      <c r="F108">
+        <v>11</v>
+      </c>
+      <c r="G108">
+        <v>1</v>
+      </c>
+      <c r="H108">
+        <v>3</v>
+      </c>
+      <c r="I108">
+        <v>4</v>
       </c>
       <c r="L108" t="s">
-        <v>128</v>
+        <v>24</v>
       </c>
     </row>
     <row r="109" spans="1:12">
       <c r="A109">
-        <v>639</v>
+        <v>655</v>
       </c>
       <c r="B109">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="C109" t="s">
+        <v>53</v>
+      </c>
+      <c r="D109" t="s">
+        <v>35</v>
+      </c>
+      <c r="E109">
         <v>12</v>
       </c>
-      <c r="D109" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F109">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="G109">
         <v>1</v>
       </c>
       <c r="H109">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I109">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L109" t="s">
-        <v>24</v>
+        <v>126</v>
       </c>
     </row>
     <row r="110" spans="1:12">
       <c r="A110">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="B110">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C110" t="s">
-        <v>53</v>
+        <v>200</v>
       </c>
       <c r="D110" t="s">
-        <v>35</v>
+        <v>201</v>
       </c>
       <c r="E110">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F110">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>2</v>
+      </c>
+      <c r="G110">
+        <v>1</v>
       </c>
       <c r="I110">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L110" t="s">
-        <v>128</v>
+        <v>43</v>
       </c>
     </row>
     <row r="111" spans="1:12">
       <c r="A111">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="B111">
-        <v>35</v>
+        <v>6</v>
       </c>
       <c r="C111" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D111" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E111">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F111">
         <v>1</v>
       </c>
       <c r="G111">
+        <v>2</v>
+      </c>
+      <c r="H111">
         <v>1</v>
       </c>
       <c r="I111">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L111" t="s">
-        <v>43</v>
+        <v>126</v>
       </c>
     </row>
     <row r="112" spans="1:12">
       <c r="A112">
-        <v>660</v>
+        <v>672</v>
       </c>
       <c r="B112">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="C112" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D112" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E112">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="F112">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="G112">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H112">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I112">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="J112">
+        <v>4</v>
+      </c>
+      <c r="K112">
+        <v>2</v>
       </c>
       <c r="L112" t="s">
-        <v>128</v>
+        <v>82</v>
       </c>
     </row>
     <row r="113" spans="1:12">
       <c r="A113">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="B113">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="C113" t="s">
-        <v>205</v>
+        <v>149</v>
       </c>
       <c r="D113" t="s">
         <v>206</v>
       </c>
       <c r="E113">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="F113">
+        <v>14</v>
+      </c>
+      <c r="G113">
+        <v>4</v>
+      </c>
+      <c r="H113">
+        <v>7</v>
+      </c>
+      <c r="I113">
         <v>11</v>
       </c>
-      <c r="G113">
-[...7 lines deleted...]
-      </c>
       <c r="J113">
         <v>2</v>
       </c>
       <c r="K113">
         <v>1</v>
       </c>
       <c r="L113" t="s">
-        <v>82</v>
+        <v>170</v>
       </c>
     </row>
     <row r="114" spans="1:12">
       <c r="A114">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="B114">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="C114" t="s">
-        <v>150</v>
+        <v>128</v>
       </c>
       <c r="D114" t="s">
         <v>207</v>
       </c>
       <c r="E114">
         <v>16</v>
       </c>
       <c r="F114">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G114">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="H114">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="I114">
-        <v>6</v>
+        <v>35</v>
       </c>
       <c r="J114">
         <v>2</v>
       </c>
       <c r="K114">
         <v>1</v>
       </c>
       <c r="L114" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="115" spans="1:12">
       <c r="A115">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B115">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="C115" t="s">
-        <v>130</v>
+        <v>66</v>
       </c>
       <c r="D115" t="s">
         <v>208</v>
       </c>
       <c r="E115">
         <v>16</v>
       </c>
       <c r="F115">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="H115">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="I115">
-        <v>29</v>
+        <v>2</v>
       </c>
       <c r="J115">
         <v>2</v>
       </c>
       <c r="K115">
         <v>1</v>
       </c>
       <c r="L115" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="116" spans="1:12">
       <c r="A116">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="B116">
-        <v>17</v>
+        <v>88</v>
       </c>
       <c r="C116" t="s">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="D116" t="s">
         <v>209</v>
       </c>
       <c r="E116">
         <v>16</v>
       </c>
       <c r="F116">
-        <v>7</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L116" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="117" spans="1:12">
       <c r="A117">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="B117">
-        <v>88</v>
+        <v>11</v>
       </c>
       <c r="C117" t="s">
-        <v>80</v>
+        <v>210</v>
       </c>
       <c r="D117" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E117">
         <v>16</v>
       </c>
+      <c r="F117">
+        <v>12</v>
+      </c>
+      <c r="G117">
+        <v>8</v>
+      </c>
+      <c r="H117">
+        <v>4</v>
+      </c>
+      <c r="I117">
+        <v>12</v>
+      </c>
+      <c r="J117">
+        <v>10</v>
+      </c>
+      <c r="K117">
+        <v>4</v>
+      </c>
       <c r="L117" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="118" spans="1:12">
       <c r="A118">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="B118">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C118" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D118" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E118">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="F118">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G118">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H118">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I118">
+        <v>10</v>
+      </c>
+      <c r="J118">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="K118">
         <v>3</v>
       </c>
       <c r="L118" t="s">
-        <v>171</v>
+        <v>14</v>
       </c>
     </row>
     <row r="119" spans="1:12">
       <c r="A119">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="B119">
-        <v>12</v>
+        <v>77</v>
       </c>
       <c r="C119" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D119" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E119">
         <v>6</v>
       </c>
       <c r="F119">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G119">
+        <v>6</v>
+      </c>
+      <c r="H119">
         <v>3</v>
       </c>
-      <c r="H119">
-[...1 lines deleted...]
-      </c>
       <c r="I119">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="L119" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="120" spans="1:12">
       <c r="A120">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="B120">
-        <v>77</v>
+        <v>15</v>
       </c>
       <c r="C120" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D120" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E120">
         <v>6</v>
       </c>
       <c r="F120">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="G120">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H120">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I120">
+        <v>2</v>
+      </c>
+      <c r="J120">
+        <v>14</v>
+      </c>
+      <c r="K120">
         <v>7</v>
       </c>
       <c r="L120" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="121" spans="1:12">
       <c r="A121">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B121">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C121" t="s">
-        <v>217</v>
+        <v>140</v>
       </c>
       <c r="D121" t="s">
         <v>218</v>
       </c>
       <c r="E121">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="F121">
+        <v>15</v>
+      </c>
+      <c r="G121">
         <v>9</v>
       </c>
-      <c r="G121">
-[...1 lines deleted...]
-      </c>
       <c r="H121">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="I121">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>29</v>
       </c>
       <c r="L121" t="s">
-        <v>14</v>
+        <v>113</v>
       </c>
     </row>
     <row r="122" spans="1:12">
       <c r="A122">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="B122">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="C122" t="s">
-        <v>142</v>
+        <v>94</v>
       </c>
       <c r="D122" t="s">
         <v>219</v>
       </c>
       <c r="E122">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="F122">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="H122">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="I122">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="L122" t="s">
-        <v>113</v>
+        <v>43</v>
       </c>
     </row>
     <row r="123" spans="1:12">
       <c r="A123">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="B123">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C123" t="s">
-        <v>220</v>
+        <v>39</v>
       </c>
       <c r="D123" t="s">
-        <v>221</v>
+        <v>32</v>
       </c>
       <c r="E123">
+        <v>5</v>
+      </c>
+      <c r="F123">
+        <v>10</v>
+      </c>
+      <c r="G123">
+        <v>8</v>
+      </c>
+      <c r="H123">
+        <v>3</v>
+      </c>
+      <c r="I123">
         <v>11</v>
       </c>
+      <c r="J123">
+        <v>8</v>
+      </c>
+      <c r="K123">
+        <v>4</v>
+      </c>
       <c r="L123" t="s">
-        <v>113</v>
+        <v>24</v>
       </c>
     </row>
     <row r="124" spans="1:12">
       <c r="A124">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="B124">
-        <v>4</v>
+        <v>67</v>
       </c>
       <c r="C124" t="s">
-        <v>94</v>
+        <v>220</v>
       </c>
       <c r="D124" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="E124">
+        <v>6</v>
+      </c>
+      <c r="F124">
+        <v>14</v>
+      </c>
+      <c r="G124">
+        <v>6</v>
+      </c>
+      <c r="H124">
+        <v>3</v>
+      </c>
+      <c r="I124">
+        <v>9</v>
+      </c>
+      <c r="J124">
         <v>8</v>
       </c>
-      <c r="F124">
-        <v>1</v>
+      <c r="K124">
+        <v>4</v>
       </c>
       <c r="L124" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
     </row>
     <row r="125" spans="1:12">
       <c r="A125">
-        <v>687</v>
+        <v>695</v>
       </c>
       <c r="B125">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C125" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="D125" t="s">
-        <v>32</v>
+        <v>222</v>
       </c>
       <c r="E125">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F125">
-        <v>8</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="J125">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="K125">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L125" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
     </row>
     <row r="126" spans="1:12">
       <c r="A126">
-        <v>689</v>
+        <v>697</v>
       </c>
       <c r="B126">
-        <v>67</v>
+        <v>19</v>
       </c>
       <c r="C126" t="s">
+        <v>114</v>
+      </c>
+      <c r="D126" t="s">
         <v>223</v>
       </c>
-      <c r="D126" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E126">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F126">
-        <v>11</v>
-[...11 lines deleted...]
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="L126" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="127" spans="1:12">
       <c r="A127">
-        <v>695</v>
+        <v>707</v>
       </c>
       <c r="B127">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C127" t="s">
-        <v>15</v>
+        <v>224</v>
       </c>
       <c r="D127" t="s">
         <v>225</v>
       </c>
       <c r="E127">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F127">
-        <v>10</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>11</v>
+      </c>
+      <c r="G127">
+        <v>5</v>
+      </c>
+      <c r="H127">
+        <v>3</v>
+      </c>
+      <c r="I127">
+        <v>8</v>
       </c>
       <c r="L127" t="s">
-        <v>68</v>
+        <v>24</v>
       </c>
     </row>
     <row r="128" spans="1:12">
       <c r="A128">
-        <v>697</v>
+        <v>708</v>
       </c>
       <c r="B128">
         <v>19</v>
       </c>
       <c r="C128" t="s">
-        <v>114</v>
+        <v>58</v>
       </c>
       <c r="D128" t="s">
         <v>226</v>
       </c>
       <c r="E128">
         <v>5</v>
       </c>
       <c r="F128">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="G128">
+        <v>1</v>
+      </c>
+      <c r="H128">
+        <v>1</v>
+      </c>
+      <c r="I128">
+        <v>2</v>
       </c>
       <c r="L128" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="129" spans="1:12">
       <c r="A129">
-        <v>707</v>
+        <v>720</v>
       </c>
       <c r="B129">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="C129" t="s">
         <v>227</v>
       </c>
       <c r="D129" t="s">
         <v>228</v>
       </c>
       <c r="E129">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F129">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="G129">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="H129">
         <v>3</v>
       </c>
       <c r="I129">
-        <v>8</v>
+        <v>3</v>
+      </c>
+      <c r="J129">
+        <v>2</v>
+      </c>
+      <c r="K129">
+        <v>1</v>
       </c>
       <c r="L129" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
     </row>
     <row r="130" spans="1:12">
       <c r="A130">
-        <v>708</v>
+        <v>721</v>
       </c>
       <c r="B130">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C130" t="s">
-        <v>58</v>
+        <v>229</v>
       </c>
       <c r="D130" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E130">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="F130">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="G130">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="H130">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="I130">
-        <v>2</v>
+        <v>18</v>
+      </c>
+      <c r="J130">
+        <v>8</v>
+      </c>
+      <c r="K130">
+        <v>4</v>
       </c>
       <c r="L130" t="s">
-        <v>24</v>
+        <v>126</v>
       </c>
     </row>
     <row r="131" spans="1:12">
       <c r="A131">
-        <v>720</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>722</v>
       </c>
       <c r="C131" t="s">
-        <v>230</v>
+        <v>149</v>
       </c>
       <c r="D131" t="s">
         <v>231</v>
       </c>
       <c r="E131">
-        <v>4</v>
-[...14 lines deleted...]
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="L131" t="s">
-        <v>82</v>
+        <v>170</v>
       </c>
     </row>
     <row r="132" spans="1:12">
       <c r="A132">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="B132">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C132" t="s">
+        <v>15</v>
+      </c>
+      <c r="D132" t="s">
         <v>232</v>
       </c>
-      <c r="D132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E132">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F132">
         <v>10</v>
       </c>
       <c r="G132">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H132">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="I132">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="L132" t="s">
-        <v>128</v>
+        <v>170</v>
       </c>
     </row>
     <row r="133" spans="1:12">
       <c r="A133">
-        <v>722</v>
+        <v>724</v>
+      </c>
+      <c r="B133">
+        <v>3</v>
       </c>
       <c r="C133" t="s">
-        <v>150</v>
+        <v>233</v>
       </c>
       <c r="D133" t="s">
         <v>234</v>
       </c>
       <c r="E133">
-        <v>16</v>
+        <v>4</v>
+      </c>
+      <c r="F133">
+        <v>13</v>
+      </c>
+      <c r="H133">
+        <v>2</v>
+      </c>
+      <c r="I133">
+        <v>2</v>
       </c>
       <c r="L133" t="s">
-        <v>171</v>
+        <v>82</v>
       </c>
     </row>
     <row r="134" spans="1:12">
       <c r="A134">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="B134">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="C134" t="s">
-        <v>15</v>
+        <v>149</v>
       </c>
       <c r="D134" t="s">
-        <v>235</v>
+        <v>208</v>
       </c>
       <c r="E134">
         <v>16</v>
       </c>
       <c r="F134">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="G134">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H134">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="I134">
-        <v>23</v>
+        <v>3</v>
+      </c>
+      <c r="K134">
+        <v>1</v>
       </c>
       <c r="L134" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
     </row>
     <row r="135" spans="1:12">
       <c r="A135">
-        <v>724</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>726</v>
       </c>
       <c r="C135" t="s">
+        <v>235</v>
+      </c>
+      <c r="D135" t="s">
         <v>236</v>
       </c>
-      <c r="D135" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E135">
-        <v>4</v>
-[...8 lines deleted...]
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="L135" t="s">
-        <v>82</v>
+        <v>170</v>
       </c>
     </row>
     <row r="136" spans="1:12">
       <c r="A136">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="B136">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="C136" t="s">
-        <v>150</v>
+        <v>29</v>
       </c>
       <c r="D136" t="s">
-        <v>209</v>
+        <v>149</v>
       </c>
       <c r="E136">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="F136">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G136">
         <v>1</v>
       </c>
       <c r="H136">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I136">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L136" t="s">
-        <v>171</v>
+        <v>14</v>
       </c>
     </row>
     <row r="137" spans="1:12">
       <c r="A137">
-        <v>726</v>
+        <v>728</v>
+      </c>
+      <c r="B137">
+        <v>18</v>
       </c>
       <c r="C137" t="s">
+        <v>237</v>
+      </c>
+      <c r="D137" t="s">
         <v>238</v>
       </c>
-      <c r="D137" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E137">
-        <v>16</v>
+        <v>6</v>
+      </c>
+      <c r="F137">
+        <v>9</v>
+      </c>
+      <c r="G137">
+        <v>4</v>
+      </c>
+      <c r="H137">
+        <v>4</v>
+      </c>
+      <c r="I137">
+        <v>8</v>
+      </c>
+      <c r="J137">
+        <v>4</v>
+      </c>
+      <c r="K137">
+        <v>2</v>
       </c>
       <c r="L137" t="s">
-        <v>171</v>
+        <v>14</v>
       </c>
     </row>
     <row r="138" spans="1:12">
       <c r="A138">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="B138">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="C138" t="s">
-        <v>29</v>
+        <v>239</v>
       </c>
       <c r="D138" t="s">
-        <v>150</v>
+        <v>240</v>
       </c>
       <c r="E138">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F138">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="G138">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H138">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I138">
-        <v>4</v>
+        <v>8</v>
+      </c>
+      <c r="J138">
+        <v>2</v>
+      </c>
+      <c r="K138">
+        <v>1</v>
       </c>
       <c r="L138" t="s">
-        <v>14</v>
+        <v>68</v>
       </c>
     </row>
     <row r="139" spans="1:12">
       <c r="A139">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="B139">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="C139" t="s">
-        <v>240</v>
+        <v>53</v>
       </c>
       <c r="D139" t="s">
         <v>241</v>
       </c>
       <c r="E139">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F139">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G139">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="H139">
         <v>4</v>
       </c>
       <c r="I139">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L139" t="s">
-        <v>14</v>
+        <v>68</v>
       </c>
     </row>
     <row r="140" spans="1:12">
       <c r="A140">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="B140">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="C140" t="s">
+        <v>210</v>
+      </c>
+      <c r="D140" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="E140">
         <v>7</v>
       </c>
       <c r="F140">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G140">
         <v>3</v>
       </c>
       <c r="H140">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I140">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L140" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="141" spans="1:12">
       <c r="A141">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="B141">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="C141" t="s">
-        <v>53</v>
+        <v>243</v>
       </c>
       <c r="D141" t="s">
         <v>244</v>
       </c>
       <c r="E141">
         <v>7</v>
       </c>
       <c r="F141">
-        <v>6</v>
+        <v>10</v>
+      </c>
+      <c r="G141">
+        <v>5</v>
       </c>
       <c r="H141">
         <v>3</v>
       </c>
       <c r="I141">
-        <v>3</v>
+        <v>8</v>
+      </c>
+      <c r="J141">
+        <v>2</v>
+      </c>
+      <c r="K141">
+        <v>1</v>
       </c>
       <c r="L141" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="142" spans="1:12">
       <c r="A142">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="B142">
+        <v>11</v>
+      </c>
+      <c r="C142" t="s">
+        <v>245</v>
+      </c>
+      <c r="D142" t="s">
+        <v>50</v>
+      </c>
+      <c r="E142">
         <v>16</v>
       </c>
-      <c r="C142" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F142">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="G142">
         <v>2</v>
       </c>
       <c r="H142">
         <v>1</v>
       </c>
       <c r="I142">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="L142" t="s">
-        <v>68</v>
+        <v>170</v>
       </c>
     </row>
     <row r="143" spans="1:12">
       <c r="A143">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="B143">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C143" t="s">
-        <v>211</v>
+        <v>97</v>
       </c>
       <c r="D143" t="s">
         <v>246</v>
       </c>
       <c r="E143">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F143">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>7</v>
+        <v>6</v>
+      </c>
+      <c r="J143">
+        <v>2</v>
+      </c>
+      <c r="K143">
+        <v>1</v>
       </c>
       <c r="L143" t="s">
-        <v>68</v>
+        <v>82</v>
       </c>
     </row>
     <row r="144" spans="1:12">
       <c r="A144">
-        <v>734</v>
+        <v>740</v>
       </c>
       <c r="B144">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C144" t="s">
         <v>247</v>
       </c>
       <c r="D144" t="s">
         <v>248</v>
       </c>
       <c r="E144">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F144">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="G144">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H144">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I144">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L144" t="s">
-        <v>68</v>
+        <v>24</v>
       </c>
     </row>
     <row r="145" spans="1:12">
       <c r="A145">
-        <v>735</v>
+        <v>741</v>
       </c>
       <c r="B145">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C145" t="s">
+        <v>31</v>
+      </c>
+      <c r="D145" t="s">
         <v>249</v>
       </c>
-      <c r="D145" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E145">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="F145">
         <v>1</v>
       </c>
-      <c r="H145">
-[...4 lines deleted...]
-      </c>
       <c r="L145" t="s">
-        <v>171</v>
+        <v>82</v>
       </c>
     </row>
     <row r="146" spans="1:12">
       <c r="A146">
-        <v>736</v>
+        <v>742</v>
       </c>
       <c r="B146">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="C146" t="s">
-        <v>97</v>
+        <v>53</v>
       </c>
       <c r="D146" t="s">
         <v>250</v>
       </c>
       <c r="E146">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F146">
-        <v>6</v>
+        <v>2</v>
+      </c>
+      <c r="H146">
+        <v>2</v>
+      </c>
+      <c r="I146">
+        <v>2</v>
       </c>
       <c r="J146">
         <v>2</v>
       </c>
       <c r="K146">
         <v>1</v>
       </c>
       <c r="L146" t="s">
-        <v>82</v>
+        <v>14</v>
       </c>
     </row>
     <row r="147" spans="1:12">
       <c r="A147">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="B147">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C147" t="s">
+        <v>37</v>
+      </c>
+      <c r="D147" t="s">
         <v>251</v>
       </c>
-      <c r="D147" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E147">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F147">
-        <v>3</v>
-[...8 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L147" t="s">
-        <v>24</v>
-[...36 lines deleted...]
-        <v>14</v>
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">