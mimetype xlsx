--- v3 (2026-01-07)
+++ v4 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Skaters" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="252">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="253">
   <si>
     <t>Player Id</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Team Id</t>
   </si>
   <si>
     <t>Games Played</t>
   </si>
   <si>
     <t>Goals</t>
   </si>
   <si>
     <t>Assists</t>
   </si>
   <si>
@@ -768,50 +768,53 @@
     <t>Jack</t>
   </si>
   <si>
     <t>MacLaren</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
     <t>Martin</t>
   </si>
   <si>
     <t>Carlos</t>
   </si>
   <si>
     <t>Canejo</t>
   </si>
   <si>
     <t>Heyland</t>
   </si>
   <si>
     <t>Luckese</t>
   </si>
   <si>
     <t>Willis</t>
+  </si>
+  <si>
+    <t>Duffin</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1114,51 +1117,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L147"/>
+  <dimension ref="A1:L148"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
     <col min="9" max="9" width="10" customWidth="true" style="0"/>
     <col min="10" max="10" width="10" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -1190,197 +1193,197 @@
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:12">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2">
         <v>6</v>
       </c>
       <c r="F2">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H2">
         <v>4</v>
       </c>
       <c r="I2">
         <v>4</v>
       </c>
       <c r="J2">
         <v>4</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:12">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>16</v>
       </c>
       <c r="E3">
         <v>6</v>
       </c>
       <c r="F3">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H3">
         <v>7</v>
       </c>
       <c r="I3">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="J3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="K3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:12">
       <c r="A4">
         <v>4</v>
       </c>
       <c r="B4">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4">
         <v>6</v>
       </c>
       <c r="F4">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G4">
         <v>4</v>
       </c>
       <c r="H4">
         <v>7</v>
       </c>
       <c r="I4">
         <v>11</v>
       </c>
       <c r="J4">
         <v>4</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="L4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:12">
       <c r="A5">
         <v>15</v>
       </c>
       <c r="B5">
         <v>55</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5">
         <v>6</v>
       </c>
       <c r="F5">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="H5">
         <v>2</v>
       </c>
       <c r="I5">
         <v>2</v>
       </c>
       <c r="J5">
         <v>2</v>
       </c>
       <c r="K5">
         <v>1</v>
       </c>
       <c r="L5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6">
         <v>18</v>
       </c>
       <c r="B6">
         <v>75</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6">
         <v>6</v>
       </c>
       <c r="F6">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="H6">
         <v>5</v>
       </c>
       <c r="I6">
         <v>5</v>
       </c>
       <c r="J6">
         <v>2</v>
       </c>
       <c r="K6">
         <v>1</v>
       </c>
       <c r="L6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7">
         <v>43</v>
       </c>
       <c r="B7">
         <v>19</v>
       </c>
       <c r="C7" t="s">
@@ -1394,476 +1397,488 @@
       </c>
       <c r="F7">
         <v>3</v>
       </c>
       <c r="L7" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8">
         <v>45</v>
       </c>
       <c r="B8">
         <v>7</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8">
         <v>5</v>
       </c>
       <c r="F8">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="G8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H8">
         <v>2</v>
       </c>
       <c r="I8">
-        <v>5</v>
+        <v>6</v>
+      </c>
+      <c r="J8">
+        <v>2</v>
+      </c>
+      <c r="K8">
+        <v>1</v>
       </c>
       <c r="L8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9">
         <v>46</v>
       </c>
       <c r="B9">
         <v>5</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
         <v>28</v>
       </c>
       <c r="E9">
         <v>5</v>
       </c>
       <c r="F9">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="I9">
         <v>1</v>
       </c>
       <c r="L9" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10">
         <v>48</v>
       </c>
       <c r="B10">
         <v>10</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
         <v>30</v>
       </c>
       <c r="E10">
         <v>5</v>
       </c>
       <c r="F10">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="H10">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I10">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J10">
         <v>18</v>
       </c>
       <c r="K10">
         <v>5</v>
       </c>
       <c r="L10" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11">
         <v>50</v>
       </c>
       <c r="B11">
         <v>12</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
       <c r="E11">
         <v>5</v>
       </c>
       <c r="F11">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="H11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L11" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12">
         <v>53</v>
       </c>
       <c r="B12">
         <v>91</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
       <c r="D12" t="s">
         <v>34</v>
       </c>
       <c r="E12">
         <v>5</v>
       </c>
       <c r="F12">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
       <c r="H12">
         <v>1</v>
       </c>
       <c r="I12">
         <v>2</v>
       </c>
       <c r="L12" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13">
         <v>55</v>
       </c>
       <c r="B13">
         <v>22</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
       <c r="D13" t="s">
         <v>36</v>
       </c>
       <c r="E13">
         <v>5</v>
       </c>
       <c r="F13">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="G13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H13">
         <v>10</v>
       </c>
       <c r="I13">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="L13" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14">
         <v>59</v>
       </c>
       <c r="B14">
         <v>52</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
         <v>38</v>
       </c>
       <c r="E14">
         <v>5</v>
       </c>
       <c r="F14">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I14">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="J14">
         <v>2</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
       <c r="L14" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15">
         <v>61</v>
       </c>
       <c r="B15">
         <v>95</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
       <c r="D15" t="s">
         <v>40</v>
       </c>
       <c r="E15">
         <v>5</v>
       </c>
       <c r="F15">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="H15">
         <v>1</v>
       </c>
       <c r="I15">
+        <v>1</v>
+      </c>
+      <c r="J15">
+        <v>2</v>
+      </c>
+      <c r="K15">
         <v>1</v>
       </c>
       <c r="L15" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16">
         <v>65</v>
       </c>
       <c r="B16">
         <v>44</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
       <c r="D16" t="s">
         <v>42</v>
       </c>
       <c r="E16">
         <v>8</v>
       </c>
       <c r="F16">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="G16">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I16">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L16" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17">
         <v>66</v>
       </c>
       <c r="B17">
         <v>20</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
       <c r="D17" t="s">
         <v>45</v>
       </c>
       <c r="E17">
         <v>8</v>
       </c>
       <c r="F17">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="H17">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I17">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J17">
         <v>2</v>
       </c>
       <c r="K17">
         <v>1</v>
       </c>
       <c r="L17" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18">
         <v>67</v>
       </c>
       <c r="B18">
         <v>7</v>
       </c>
       <c r="C18" t="s">
         <v>29</v>
       </c>
       <c r="D18" t="s">
         <v>46</v>
       </c>
       <c r="E18">
         <v>8</v>
       </c>
       <c r="F18">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="H18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L18" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19">
         <v>68</v>
       </c>
       <c r="B19">
         <v>8</v>
       </c>
       <c r="C19" t="s">
         <v>47</v>
       </c>
       <c r="D19" t="s">
         <v>48</v>
       </c>
       <c r="E19">
         <v>8</v>
       </c>
       <c r="F19">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L19" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20">
         <v>69</v>
       </c>
       <c r="B20">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>49</v>
       </c>
       <c r="D20" t="s">
         <v>50</v>
       </c>
       <c r="E20">
         <v>8</v>
       </c>
       <c r="F20">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G20">
         <v>2</v>
       </c>
       <c r="H20">
         <v>4</v>
       </c>
       <c r="I20">
         <v>6</v>
       </c>
       <c r="L20" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21">
         <v>70</v>
       </c>
       <c r="B21">
         <v>14</v>
       </c>
       <c r="C21" t="s">
         <v>51</v>
       </c>
       <c r="D21" t="s">
         <v>52</v>
       </c>
       <c r="E21">
         <v>8</v>
       </c>
       <c r="F21">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G21">
         <v>3</v>
       </c>
       <c r="H21">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I21">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="L21" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22">
         <v>72</v>
       </c>
       <c r="B22">
         <v>18</v>
       </c>
       <c r="C22" t="s">
         <v>53</v>
       </c>
       <c r="D22" t="s">
         <v>54</v>
       </c>
       <c r="E22">
         <v>8</v>
       </c>
       <c r="F22">
         <v>1</v>
       </c>
       <c r="H22">
@@ -1871,66 +1886,66 @@
       </c>
       <c r="I22">
         <v>2</v>
       </c>
       <c r="L22" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23">
         <v>74</v>
       </c>
       <c r="B23">
         <v>5</v>
       </c>
       <c r="C23" t="s">
         <v>55</v>
       </c>
       <c r="D23" t="s">
         <v>56</v>
       </c>
       <c r="E23">
         <v>8</v>
       </c>
       <c r="F23">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G23">
         <v>1</v>
       </c>
       <c r="H23">
         <v>1</v>
       </c>
       <c r="I23">
         <v>2</v>
       </c>
       <c r="J23">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="K23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L23" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24">
         <v>75</v>
       </c>
       <c r="B24">
         <v>11</v>
       </c>
       <c r="C24" t="s">
         <v>57</v>
       </c>
       <c r="D24" t="s">
         <v>58</v>
       </c>
       <c r="E24">
         <v>8</v>
       </c>
       <c r="F24">
         <v>6</v>
       </c>
       <c r="G24">
@@ -1941,1328 +1956,1352 @@
       </c>
       <c r="I24">
         <v>3</v>
       </c>
       <c r="L24" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="25" spans="1:12">
       <c r="A25">
         <v>76</v>
       </c>
       <c r="B25">
         <v>17</v>
       </c>
       <c r="C25" t="s">
         <v>59</v>
       </c>
       <c r="D25" t="s">
         <v>60</v>
       </c>
       <c r="E25">
         <v>8</v>
       </c>
       <c r="F25">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G25">
         <v>1</v>
       </c>
       <c r="H25">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I25">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="J25">
         <v>4</v>
       </c>
       <c r="K25">
         <v>2</v>
       </c>
       <c r="L25" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="26" spans="1:12">
       <c r="A26">
         <v>79</v>
       </c>
       <c r="B26">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>61</v>
       </c>
       <c r="D26" t="s">
         <v>62</v>
       </c>
       <c r="E26">
         <v>8</v>
       </c>
       <c r="F26">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G26">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="H26">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="I26">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="L26" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27">
         <v>82</v>
       </c>
       <c r="B27">
         <v>54</v>
       </c>
       <c r="C27" t="s">
         <v>29</v>
       </c>
       <c r="D27" t="s">
         <v>63</v>
       </c>
       <c r="E27">
         <v>8</v>
       </c>
       <c r="F27">
+        <v>10</v>
+      </c>
+      <c r="G27">
+        <v>2</v>
+      </c>
+      <c r="H27">
+        <v>6</v>
+      </c>
+      <c r="I27">
         <v>8</v>
-      </c>
-[...7 lines deleted...]
-        <v>7</v>
       </c>
       <c r="J27">
         <v>2</v>
       </c>
       <c r="K27">
         <v>1</v>
       </c>
       <c r="L27" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="A28">
         <v>83</v>
       </c>
       <c r="B28">
         <v>10</v>
       </c>
       <c r="C28" t="s">
         <v>64</v>
       </c>
       <c r="D28" t="s">
         <v>65</v>
       </c>
       <c r="E28">
         <v>8</v>
       </c>
       <c r="F28">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G28">
         <v>1</v>
       </c>
       <c r="H28">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I28">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L28" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="29" spans="1:12">
       <c r="A29">
         <v>130</v>
       </c>
       <c r="B29">
         <v>11</v>
       </c>
       <c r="C29" t="s">
         <v>66</v>
       </c>
       <c r="D29" t="s">
         <v>67</v>
       </c>
       <c r="E29">
         <v>7</v>
       </c>
       <c r="F29">
+        <v>12</v>
+      </c>
+      <c r="G29">
+        <v>6</v>
+      </c>
+      <c r="H29">
+        <v>4</v>
+      </c>
+      <c r="I29">
         <v>10</v>
-      </c>
-[...7 lines deleted...]
-        <v>8</v>
       </c>
       <c r="J29">
         <v>6</v>
       </c>
       <c r="K29">
         <v>3</v>
       </c>
       <c r="L29" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="30" spans="1:12">
       <c r="A30">
         <v>134</v>
       </c>
       <c r="B30">
         <v>18</v>
       </c>
       <c r="C30" t="s">
         <v>29</v>
       </c>
       <c r="D30" t="s">
         <v>69</v>
       </c>
       <c r="E30">
         <v>7</v>
       </c>
       <c r="F30">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G30">
         <v>1</v>
       </c>
       <c r="H30">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J30">
         <v>2</v>
       </c>
       <c r="K30">
         <v>1</v>
       </c>
       <c r="L30" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31">
         <v>135</v>
       </c>
       <c r="B31">
         <v>5</v>
       </c>
       <c r="C31" t="s">
         <v>70</v>
       </c>
       <c r="D31" t="s">
         <v>71</v>
       </c>
       <c r="E31">
         <v>7</v>
       </c>
       <c r="F31">
-        <v>15</v>
+        <v>19</v>
+      </c>
+      <c r="G31">
+        <v>1</v>
       </c>
       <c r="H31">
         <v>6</v>
       </c>
       <c r="I31">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L31" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="A32">
         <v>136</v>
       </c>
       <c r="B32">
         <v>20</v>
       </c>
       <c r="C32" t="s">
         <v>72</v>
       </c>
       <c r="D32" t="s">
         <v>73</v>
       </c>
       <c r="E32">
         <v>7</v>
       </c>
       <c r="F32">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G32">
         <v>1</v>
       </c>
       <c r="H32">
         <v>3</v>
       </c>
       <c r="I32">
         <v>4</v>
       </c>
       <c r="L32" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33">
         <v>137</v>
       </c>
       <c r="B33">
         <v>21</v>
       </c>
       <c r="C33" t="s">
         <v>74</v>
       </c>
       <c r="D33" t="s">
         <v>75</v>
       </c>
       <c r="E33">
         <v>7</v>
       </c>
       <c r="F33">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H33">
         <v>1</v>
       </c>
       <c r="I33">
         <v>1</v>
       </c>
       <c r="J33">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L33" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="34" spans="1:12">
       <c r="A34">
         <v>138</v>
       </c>
       <c r="B34">
         <v>22</v>
       </c>
       <c r="C34" t="s">
         <v>76</v>
       </c>
       <c r="D34" t="s">
         <v>77</v>
       </c>
       <c r="E34">
         <v>7</v>
       </c>
       <c r="F34">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G34">
         <v>2</v>
       </c>
       <c r="H34">
         <v>1</v>
       </c>
       <c r="I34">
         <v>3</v>
       </c>
       <c r="J34">
         <v>2</v>
       </c>
       <c r="K34">
         <v>1</v>
       </c>
       <c r="L34" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35">
         <v>139</v>
       </c>
       <c r="B35">
         <v>77</v>
       </c>
       <c r="C35" t="s">
         <v>78</v>
       </c>
       <c r="D35" t="s">
         <v>79</v>
       </c>
       <c r="E35">
         <v>7</v>
       </c>
       <c r="F35">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="G35">
         <v>3</v>
       </c>
       <c r="H35">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I35">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L35" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="A36">
         <v>149</v>
       </c>
       <c r="B36">
         <v>6</v>
       </c>
       <c r="C36" t="s">
         <v>80</v>
       </c>
       <c r="D36" t="s">
         <v>81</v>
       </c>
       <c r="E36">
         <v>4</v>
       </c>
       <c r="F36">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="G36">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I36">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J36">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K36">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L36" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37">
         <v>155</v>
       </c>
       <c r="B37">
         <v>26</v>
       </c>
       <c r="C37" t="s">
         <v>83</v>
       </c>
       <c r="D37" t="s">
         <v>84</v>
       </c>
       <c r="E37">
         <v>4</v>
       </c>
       <c r="F37">
+        <v>12</v>
+      </c>
+      <c r="G37">
+        <v>3</v>
+      </c>
+      <c r="H37">
+        <v>5</v>
+      </c>
+      <c r="I37">
         <v>8</v>
-      </c>
-[...7 lines deleted...]
-        <v>5</v>
       </c>
       <c r="J37">
         <v>2</v>
       </c>
       <c r="K37">
         <v>1</v>
       </c>
       <c r="L37" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="38" spans="1:12">
       <c r="A38">
         <v>156</v>
       </c>
       <c r="B38">
         <v>8</v>
       </c>
       <c r="C38" t="s">
         <v>85</v>
       </c>
       <c r="D38" t="s">
         <v>86</v>
       </c>
       <c r="E38">
         <v>4</v>
       </c>
       <c r="F38">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="L38" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39">
         <v>158</v>
       </c>
       <c r="B39">
         <v>30</v>
       </c>
       <c r="C39" t="s">
         <v>21</v>
       </c>
       <c r="D39" t="s">
         <v>87</v>
       </c>
       <c r="E39">
         <v>4</v>
       </c>
       <c r="F39">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H39">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I39">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="J39">
         <v>4</v>
       </c>
       <c r="K39">
         <v>2</v>
       </c>
       <c r="L39" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40">
         <v>184</v>
       </c>
       <c r="B40">
         <v>25</v>
       </c>
       <c r="C40" t="s">
         <v>88</v>
       </c>
       <c r="D40" t="s">
         <v>89</v>
       </c>
       <c r="E40">
         <v>4</v>
       </c>
       <c r="F40">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G40">
         <v>5</v>
       </c>
       <c r="H40">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I40">
-        <v>9</v>
+        <v>11</v>
+      </c>
+      <c r="J40">
+        <v>2</v>
+      </c>
+      <c r="K40">
+        <v>1</v>
       </c>
       <c r="L40" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41">
         <v>189</v>
       </c>
       <c r="B41">
         <v>16</v>
       </c>
       <c r="C41" t="s">
         <v>90</v>
       </c>
       <c r="D41" t="s">
         <v>91</v>
       </c>
       <c r="E41">
         <v>8</v>
       </c>
       <c r="F41">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G41">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H41">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="I41">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="J41">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L41" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42">
         <v>192</v>
       </c>
       <c r="B42">
         <v>12</v>
       </c>
       <c r="C42" t="s">
         <v>92</v>
       </c>
       <c r="D42" t="s">
         <v>93</v>
       </c>
       <c r="E42">
         <v>8</v>
       </c>
       <c r="F42">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G42">
         <v>6</v>
       </c>
       <c r="H42">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="I42">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="J42">
         <v>6</v>
       </c>
       <c r="K42">
         <v>3</v>
       </c>
       <c r="L42" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43">
         <v>204</v>
       </c>
       <c r="B43">
         <v>10</v>
       </c>
       <c r="C43" t="s">
         <v>94</v>
       </c>
       <c r="D43" t="s">
         <v>95</v>
       </c>
       <c r="E43">
         <v>7</v>
       </c>
       <c r="F43">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="H43">
+        <v>1</v>
+      </c>
+      <c r="I43">
+        <v>1</v>
       </c>
       <c r="L43" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44">
         <v>216</v>
       </c>
       <c r="B44">
         <v>13</v>
       </c>
       <c r="C44" t="s">
         <v>27</v>
       </c>
       <c r="D44" t="s">
         <v>96</v>
       </c>
       <c r="E44">
         <v>8</v>
       </c>
       <c r="F44">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G44">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H44">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="I44">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="J44">
         <v>2</v>
       </c>
       <c r="K44">
         <v>1</v>
       </c>
       <c r="L44" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45">
         <v>237</v>
       </c>
       <c r="B45">
         <v>27</v>
       </c>
       <c r="C45" t="s">
         <v>97</v>
       </c>
       <c r="D45" t="s">
         <v>98</v>
       </c>
       <c r="E45">
         <v>8</v>
       </c>
       <c r="F45">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="G45">
         <v>5</v>
       </c>
       <c r="H45">
         <v>1</v>
       </c>
       <c r="I45">
         <v>6</v>
       </c>
       <c r="L45" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46">
         <v>243</v>
       </c>
       <c r="B46">
         <v>4</v>
       </c>
       <c r="C46" t="s">
         <v>99</v>
       </c>
       <c r="D46" t="s">
         <v>100</v>
       </c>
       <c r="E46">
         <v>5</v>
       </c>
       <c r="F46">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G46">
         <v>1</v>
       </c>
       <c r="H46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I46">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J46">
         <v>2</v>
       </c>
       <c r="K46">
         <v>1</v>
       </c>
       <c r="L46" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47">
         <v>275</v>
       </c>
       <c r="B47">
         <v>23</v>
       </c>
       <c r="C47" t="s">
         <v>101</v>
       </c>
       <c r="D47" t="s">
         <v>102</v>
       </c>
       <c r="E47">
         <v>8</v>
       </c>
       <c r="F47">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G47">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I47">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L47" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48">
         <v>342</v>
       </c>
       <c r="B48">
         <v>17</v>
       </c>
       <c r="C48" t="s">
         <v>41</v>
       </c>
       <c r="D48" t="s">
         <v>103</v>
       </c>
       <c r="E48">
         <v>5</v>
       </c>
       <c r="F48">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G48">
         <v>2</v>
       </c>
       <c r="H48">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I48">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="L48" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49">
         <v>350</v>
       </c>
       <c r="B49">
         <v>5</v>
       </c>
       <c r="C49" t="s">
         <v>61</v>
       </c>
       <c r="D49" t="s">
         <v>104</v>
       </c>
       <c r="E49">
         <v>5</v>
       </c>
       <c r="F49">
         <v>2</v>
       </c>
       <c r="L49" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50">
         <v>366</v>
       </c>
       <c r="B50">
         <v>16</v>
       </c>
       <c r="C50" t="s">
         <v>105</v>
       </c>
       <c r="D50" t="s">
         <v>106</v>
       </c>
       <c r="E50">
         <v>4</v>
       </c>
       <c r="F50">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H50">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I50">
-        <v>6</v>
+        <v>8</v>
+      </c>
+      <c r="J50">
+        <v>2</v>
+      </c>
+      <c r="K50">
+        <v>1</v>
       </c>
       <c r="L50" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51">
         <v>380</v>
       </c>
       <c r="B51">
         <v>44</v>
       </c>
       <c r="C51" t="s">
         <v>107</v>
       </c>
       <c r="D51" t="s">
         <v>108</v>
       </c>
       <c r="E51">
         <v>6</v>
       </c>
       <c r="F51">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G51">
         <v>1</v>
       </c>
       <c r="H51">
         <v>3</v>
       </c>
       <c r="I51">
         <v>4</v>
       </c>
       <c r="L51" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52">
         <v>389</v>
       </c>
       <c r="B52">
         <v>14</v>
       </c>
       <c r="C52" t="s">
         <v>109</v>
       </c>
       <c r="D52" t="s">
         <v>110</v>
       </c>
       <c r="E52">
         <v>7</v>
       </c>
       <c r="F52">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="G52">
         <v>1</v>
       </c>
       <c r="H52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J52">
         <v>4</v>
       </c>
       <c r="K52">
         <v>2</v>
       </c>
       <c r="L52" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53">
         <v>390</v>
       </c>
       <c r="B53">
         <v>33</v>
       </c>
       <c r="C53" t="s">
         <v>111</v>
       </c>
       <c r="D53" t="s">
         <v>112</v>
       </c>
       <c r="E53">
         <v>11</v>
       </c>
       <c r="F53">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G53">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="H53">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I53">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="J53">
         <v>12</v>
       </c>
       <c r="K53">
         <v>5</v>
       </c>
       <c r="L53" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54">
         <v>391</v>
       </c>
       <c r="B54">
         <v>7</v>
       </c>
       <c r="C54" t="s">
         <v>114</v>
       </c>
       <c r="D54" t="s">
         <v>115</v>
       </c>
       <c r="E54">
         <v>11</v>
       </c>
       <c r="F54">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H54">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I54">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="J54">
         <v>4</v>
       </c>
       <c r="K54">
         <v>2</v>
       </c>
       <c r="L54" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55">
         <v>393</v>
       </c>
       <c r="B55">
         <v>96</v>
       </c>
       <c r="C55" t="s">
         <v>15</v>
       </c>
       <c r="D55" t="s">
         <v>116</v>
       </c>
       <c r="E55">
         <v>11</v>
       </c>
       <c r="F55">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G55">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="H55">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="I55">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="J55">
         <v>2</v>
       </c>
       <c r="K55">
         <v>1</v>
       </c>
       <c r="L55" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56">
         <v>395</v>
       </c>
       <c r="B56">
         <v>20</v>
       </c>
       <c r="C56" t="s">
         <v>117</v>
       </c>
       <c r="D56" t="s">
         <v>118</v>
       </c>
       <c r="E56">
         <v>11</v>
       </c>
       <c r="F56">
+        <v>15</v>
+      </c>
+      <c r="G56">
+        <v>4</v>
+      </c>
+      <c r="H56">
         <v>13</v>
       </c>
-      <c r="G56">
-[...4 lines deleted...]
-      </c>
       <c r="I56">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J56">
         <v>2</v>
       </c>
       <c r="K56">
         <v>1</v>
       </c>
       <c r="L56" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57">
         <v>396</v>
       </c>
       <c r="B57">
         <v>45</v>
       </c>
       <c r="C57" t="s">
         <v>59</v>
       </c>
       <c r="D57" t="s">
         <v>119</v>
       </c>
       <c r="E57">
         <v>11</v>
       </c>
       <c r="F57">
-        <v>12</v>
+        <v>14</v>
+      </c>
+      <c r="G57">
+        <v>1</v>
       </c>
       <c r="H57">
         <v>6</v>
       </c>
       <c r="I57">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L57" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58">
         <v>398</v>
       </c>
       <c r="B58">
         <v>88</v>
       </c>
       <c r="C58" t="s">
         <v>120</v>
       </c>
       <c r="D58" t="s">
         <v>121</v>
       </c>
       <c r="E58">
         <v>11</v>
       </c>
       <c r="F58">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G58">
         <v>2</v>
       </c>
       <c r="H58">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I58">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="J58">
         <v>8</v>
       </c>
       <c r="K58">
         <v>4</v>
       </c>
       <c r="L58" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59">
         <v>399</v>
       </c>
       <c r="B59">
         <v>19</v>
       </c>
       <c r="C59" t="s">
         <v>122</v>
       </c>
       <c r="D59" t="s">
         <v>123</v>
       </c>
       <c r="E59">
         <v>11</v>
       </c>
       <c r="F59">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G59">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H59">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="I59">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="L59" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60">
         <v>414</v>
       </c>
       <c r="B60">
         <v>7</v>
       </c>
       <c r="C60" t="s">
         <v>124</v>
       </c>
       <c r="D60" t="s">
         <v>125</v>
       </c>
       <c r="E60">
         <v>12</v>
       </c>
       <c r="F60">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="G60">
         <v>4</v>
       </c>
       <c r="H60">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I60">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="J60">
         <v>2</v>
       </c>
       <c r="K60">
         <v>1</v>
       </c>
       <c r="L60" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61">
         <v>416</v>
       </c>
       <c r="B61">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>104</v>
       </c>
       <c r="D61" t="s">
         <v>127</v>
       </c>
       <c r="E61">
         <v>12</v>
       </c>
       <c r="F61">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G61">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="H61">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I61">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="J61">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K61">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L61" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62">
         <v>417</v>
       </c>
       <c r="B62">
         <v>10</v>
       </c>
       <c r="C62" t="s">
         <v>128</v>
       </c>
       <c r="D62" t="s">
         <v>129</v>
       </c>
       <c r="E62">
         <v>12</v>
       </c>
       <c r="F62">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G62">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="H62">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="I62">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J62">
         <v>2</v>
       </c>
       <c r="K62">
         <v>1</v>
       </c>
       <c r="L62" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63">
         <v>419</v>
       </c>
       <c r="B63">
         <v>12</v>
       </c>
       <c r="C63" t="s">
         <v>130</v>
       </c>
       <c r="D63" t="s">
         <v>131</v>
       </c>
       <c r="E63">
@@ -3282,1148 +3321,1181 @@
       </c>
       <c r="K63">
         <v>1</v>
       </c>
       <c r="L63" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64">
         <v>420</v>
       </c>
       <c r="B64">
         <v>25</v>
       </c>
       <c r="C64" t="s">
         <v>35</v>
       </c>
       <c r="D64" t="s">
         <v>132</v>
       </c>
       <c r="E64">
         <v>12</v>
       </c>
       <c r="F64">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G64">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="H64">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="I64">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="J64">
         <v>2</v>
       </c>
       <c r="K64">
         <v>1</v>
       </c>
       <c r="L64" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65">
         <v>421</v>
       </c>
       <c r="B65">
         <v>14</v>
       </c>
       <c r="C65" t="s">
         <v>133</v>
       </c>
       <c r="D65" t="s">
         <v>134</v>
       </c>
       <c r="E65">
         <v>12</v>
       </c>
       <c r="F65">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H65">
         <v>2</v>
       </c>
       <c r="I65">
         <v>2</v>
       </c>
       <c r="J65">
         <v>2</v>
       </c>
       <c r="K65">
         <v>1</v>
       </c>
       <c r="L65" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66">
         <v>422</v>
       </c>
       <c r="B66">
         <v>15</v>
       </c>
       <c r="C66" t="s">
         <v>135</v>
       </c>
       <c r="D66" t="s">
         <v>136</v>
       </c>
       <c r="E66">
         <v>12</v>
       </c>
       <c r="F66">
-        <v>6</v>
+        <v>10</v>
+      </c>
+      <c r="H66">
+        <v>4</v>
+      </c>
+      <c r="I66">
+        <v>4</v>
       </c>
       <c r="J66">
         <v>2</v>
       </c>
       <c r="K66">
         <v>1</v>
       </c>
       <c r="L66" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67">
         <v>423</v>
       </c>
       <c r="B67">
         <v>91</v>
       </c>
       <c r="C67" t="s">
         <v>137</v>
       </c>
       <c r="D67" t="s">
         <v>138</v>
       </c>
       <c r="E67">
         <v>12</v>
       </c>
       <c r="F67">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="G67">
         <v>1</v>
       </c>
       <c r="H67">
         <v>3</v>
       </c>
       <c r="I67">
         <v>4</v>
       </c>
       <c r="L67" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68">
         <v>426</v>
       </c>
       <c r="B68">
         <v>91</v>
       </c>
       <c r="C68" t="s">
         <v>15</v>
       </c>
       <c r="D68" t="s">
         <v>139</v>
       </c>
       <c r="E68">
         <v>6</v>
       </c>
       <c r="F68">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="G68">
         <v>5</v>
       </c>
       <c r="H68">
         <v>2</v>
       </c>
       <c r="I68">
         <v>7</v>
       </c>
       <c r="L68" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69">
         <v>428</v>
       </c>
       <c r="B69">
         <v>14</v>
       </c>
       <c r="C69" t="s">
         <v>140</v>
       </c>
       <c r="D69" t="s">
         <v>141</v>
       </c>
       <c r="E69">
         <v>11</v>
       </c>
       <c r="F69">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G69">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H69">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="I69">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="J69">
         <v>2</v>
       </c>
       <c r="K69">
         <v>1</v>
       </c>
       <c r="L69" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70">
         <v>431</v>
       </c>
       <c r="B70">
         <v>16</v>
       </c>
       <c r="C70" t="s">
         <v>15</v>
       </c>
       <c r="D70" t="s">
         <v>142</v>
       </c>
       <c r="E70">
         <v>12</v>
       </c>
       <c r="F70">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="G70">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H70">
         <v>7</v>
       </c>
       <c r="I70">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="L70" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71">
         <v>435</v>
       </c>
       <c r="B71">
         <v>10</v>
       </c>
       <c r="C71" t="s">
         <v>107</v>
       </c>
       <c r="D71" t="s">
         <v>143</v>
       </c>
       <c r="E71">
         <v>11</v>
       </c>
       <c r="F71">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="G71">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="H71">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I71">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="J71">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="K71">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L71" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72">
         <v>454</v>
       </c>
       <c r="B72">
         <v>6</v>
       </c>
       <c r="C72" t="s">
         <v>144</v>
       </c>
       <c r="D72" t="s">
         <v>145</v>
       </c>
       <c r="E72">
         <v>12</v>
       </c>
       <c r="F72">
+        <v>9</v>
+      </c>
+      <c r="G72">
         <v>7</v>
       </c>
-      <c r="G72">
-[...1 lines deleted...]
-      </c>
       <c r="H72">
         <v>1</v>
       </c>
       <c r="I72">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="L72" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73">
         <v>457</v>
       </c>
       <c r="B73">
         <v>15</v>
       </c>
       <c r="C73" t="s">
         <v>114</v>
       </c>
       <c r="D73" t="s">
         <v>146</v>
       </c>
       <c r="E73">
         <v>5</v>
       </c>
       <c r="F73">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="G73">
         <v>1</v>
       </c>
       <c r="H73">
         <v>3</v>
       </c>
       <c r="I73">
         <v>4</v>
       </c>
       <c r="J73">
         <v>19</v>
       </c>
       <c r="K73">
         <v>4</v>
       </c>
       <c r="L73" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74">
         <v>460</v>
       </c>
       <c r="B74">
         <v>2</v>
       </c>
       <c r="C74" t="s">
         <v>147</v>
       </c>
       <c r="D74" t="s">
         <v>148</v>
       </c>
       <c r="E74">
         <v>4</v>
       </c>
       <c r="F74">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G74">
         <v>1</v>
       </c>
       <c r="H74">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I74">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="J74">
         <v>8</v>
       </c>
       <c r="K74">
         <v>3</v>
       </c>
       <c r="L74" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75">
         <v>462</v>
       </c>
       <c r="B75">
         <v>4</v>
       </c>
       <c r="C75" t="s">
         <v>149</v>
       </c>
       <c r="D75" t="s">
         <v>150</v>
       </c>
       <c r="E75">
         <v>4</v>
       </c>
       <c r="F75">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="G75">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H75">
         <v>3</v>
       </c>
       <c r="I75">
-        <v>4</v>
+        <v>5</v>
+      </c>
+      <c r="J75">
+        <v>4</v>
+      </c>
+      <c r="K75">
+        <v>1</v>
       </c>
       <c r="L75" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76">
         <v>463</v>
       </c>
       <c r="B76">
         <v>15</v>
       </c>
       <c r="C76" t="s">
         <v>83</v>
       </c>
       <c r="D76" t="s">
         <v>151</v>
       </c>
       <c r="E76">
         <v>4</v>
       </c>
       <c r="F76">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G76">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="H76">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="I76">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="L76" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="77" spans="1:12">
       <c r="A77">
         <v>509</v>
       </c>
       <c r="B77">
         <v>20</v>
       </c>
       <c r="C77" t="s">
         <v>21</v>
       </c>
       <c r="D77" t="s">
         <v>152</v>
       </c>
       <c r="E77">
         <v>4</v>
       </c>
       <c r="F77">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G77">
         <v>3</v>
       </c>
       <c r="H77">
         <v>2</v>
       </c>
       <c r="I77">
         <v>5</v>
       </c>
       <c r="L77" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78">
         <v>511</v>
       </c>
       <c r="B78">
         <v>3</v>
       </c>
       <c r="C78" t="s">
         <v>153</v>
       </c>
       <c r="D78" t="s">
         <v>154</v>
       </c>
       <c r="E78">
         <v>7</v>
       </c>
       <c r="F78">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="H78">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I78">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J78">
         <v>2</v>
       </c>
       <c r="K78">
         <v>1</v>
       </c>
       <c r="L78" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79">
         <v>513</v>
       </c>
       <c r="B79">
         <v>28</v>
       </c>
       <c r="C79" t="s">
         <v>155</v>
       </c>
       <c r="D79" t="s">
         <v>156</v>
       </c>
       <c r="E79">
         <v>11</v>
       </c>
       <c r="F79">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="G79">
         <v>3</v>
       </c>
       <c r="H79">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="I79">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="J79">
         <v>6</v>
       </c>
       <c r="K79">
         <v>2</v>
       </c>
       <c r="L79" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80">
         <v>517</v>
       </c>
       <c r="B80">
         <v>20</v>
       </c>
       <c r="C80" t="s">
         <v>157</v>
       </c>
       <c r="D80" t="s">
         <v>158</v>
       </c>
       <c r="E80">
         <v>6</v>
       </c>
       <c r="F80">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G80">
         <v>7</v>
       </c>
       <c r="H80">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I80">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="J80">
         <v>4</v>
       </c>
       <c r="K80">
         <v>2</v>
       </c>
       <c r="L80" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="81" spans="1:12">
       <c r="A81">
         <v>536</v>
       </c>
       <c r="B81">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C81" t="s">
         <v>159</v>
       </c>
       <c r="D81" t="s">
         <v>160</v>
       </c>
       <c r="E81">
         <v>12</v>
       </c>
       <c r="F81">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="G81">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H81">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I81">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="J81">
         <v>2</v>
       </c>
       <c r="K81">
         <v>1</v>
       </c>
       <c r="L81" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="82" spans="1:12">
       <c r="A82">
         <v>539</v>
       </c>
       <c r="B82">
         <v>40</v>
       </c>
       <c r="C82" t="s">
         <v>149</v>
       </c>
       <c r="D82" t="s">
         <v>161</v>
       </c>
       <c r="E82">
         <v>4</v>
       </c>
       <c r="F82">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="G82">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H82">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="I82">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="J82">
         <v>2</v>
       </c>
       <c r="K82">
         <v>1</v>
       </c>
       <c r="L82" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83">
         <v>544</v>
       </c>
       <c r="B83">
         <v>11</v>
       </c>
       <c r="C83" t="s">
         <v>15</v>
       </c>
       <c r="D83" t="s">
         <v>162</v>
       </c>
       <c r="E83">
         <v>5</v>
       </c>
       <c r="F83">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G83">
         <v>3</v>
       </c>
       <c r="H83">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I83">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="J83">
         <v>6</v>
       </c>
       <c r="K83">
         <v>3</v>
       </c>
       <c r="L83" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84">
         <v>546</v>
       </c>
       <c r="B84">
         <v>8</v>
       </c>
       <c r="C84" t="s">
         <v>74</v>
       </c>
       <c r="D84" t="s">
         <v>163</v>
       </c>
       <c r="E84">
         <v>12</v>
       </c>
       <c r="F84">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="G84">
         <v>1</v>
       </c>
       <c r="H84">
         <v>4</v>
       </c>
       <c r="I84">
         <v>5</v>
       </c>
       <c r="J84">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="K84">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L84" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="85" spans="1:12">
       <c r="A85">
         <v>559</v>
       </c>
       <c r="B85">
         <v>27</v>
       </c>
       <c r="C85" t="s">
         <v>41</v>
       </c>
       <c r="D85" t="s">
         <v>164</v>
       </c>
       <c r="E85">
         <v>4</v>
       </c>
       <c r="F85">
-        <v>10</v>
+        <v>13</v>
+      </c>
+      <c r="G85">
+        <v>1</v>
       </c>
       <c r="H85">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I85">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J85">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="K85">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L85" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="86" spans="1:12">
       <c r="A86">
         <v>568</v>
       </c>
       <c r="B86">
         <v>21</v>
       </c>
       <c r="C86" t="s">
         <v>165</v>
       </c>
       <c r="D86" t="s">
         <v>166</v>
       </c>
       <c r="E86">
         <v>5</v>
       </c>
       <c r="F86">
+        <v>13</v>
+      </c>
+      <c r="G86">
+        <v>3</v>
+      </c>
+      <c r="H86">
+        <v>6</v>
+      </c>
+      <c r="I86">
         <v>9</v>
       </c>
-      <c r="G86">
-[...6 lines deleted...]
-        <v>8</v>
+      <c r="J86">
+        <v>2</v>
+      </c>
+      <c r="K86">
+        <v>1</v>
       </c>
       <c r="L86" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:12">
       <c r="A87">
         <v>584</v>
       </c>
       <c r="B87">
         <v>5</v>
       </c>
       <c r="C87" t="s">
         <v>167</v>
       </c>
       <c r="D87" t="s">
         <v>152</v>
       </c>
       <c r="E87">
         <v>5</v>
       </c>
       <c r="F87">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J87">
         <v>4</v>
       </c>
       <c r="K87">
         <v>2</v>
       </c>
       <c r="L87" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:12">
       <c r="A88">
         <v>593</v>
       </c>
       <c r="B88">
         <v>4</v>
       </c>
       <c r="C88" t="s">
         <v>168</v>
       </c>
       <c r="D88" t="s">
         <v>169</v>
       </c>
       <c r="E88">
         <v>16</v>
       </c>
       <c r="F88">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G88">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H88">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I88">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J88">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K88">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L88" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="89" spans="1:12">
       <c r="A89">
         <v>594</v>
       </c>
       <c r="B89">
         <v>6</v>
       </c>
       <c r="C89" t="s">
         <v>171</v>
       </c>
       <c r="D89" t="s">
         <v>172</v>
       </c>
       <c r="E89">
         <v>16</v>
       </c>
       <c r="F89">
+        <v>16</v>
+      </c>
+      <c r="G89">
+        <v>6</v>
+      </c>
+      <c r="H89">
         <v>13</v>
       </c>
-      <c r="G89">
-[...4 lines deleted...]
-      </c>
       <c r="I89">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="J89">
         <v>6</v>
       </c>
       <c r="K89">
         <v>3</v>
       </c>
       <c r="L89" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="90" spans="1:12">
       <c r="A90">
         <v>595</v>
       </c>
       <c r="B90">
         <v>7</v>
       </c>
       <c r="C90" t="s">
         <v>49</v>
       </c>
       <c r="D90" t="s">
         <v>173</v>
       </c>
       <c r="E90">
         <v>16</v>
       </c>
       <c r="F90">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G90">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H90">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I90">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="J90">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K90">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L90" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="91" spans="1:12">
       <c r="A91">
         <v>596</v>
       </c>
       <c r="B91">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>174</v>
       </c>
       <c r="D91" t="s">
         <v>175</v>
       </c>
       <c r="E91">
         <v>16</v>
       </c>
       <c r="F91">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H91">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I91">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="J91">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="K91">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L91" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="92" spans="1:12">
       <c r="A92">
         <v>598</v>
       </c>
       <c r="B92">
         <v>12</v>
       </c>
       <c r="C92" t="s">
         <v>176</v>
       </c>
       <c r="D92" t="s">
         <v>177</v>
       </c>
       <c r="E92">
         <v>16</v>
       </c>
       <c r="F92">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G92">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H92">
         <v>14</v>
       </c>
       <c r="I92">
-        <v>24</v>
+        <v>25</v>
+      </c>
+      <c r="J92">
+        <v>2</v>
+      </c>
+      <c r="K92">
+        <v>1</v>
       </c>
       <c r="L92" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="93" spans="1:12">
       <c r="A93">
         <v>600</v>
       </c>
       <c r="B93">
         <v>20</v>
       </c>
       <c r="C93" t="s">
         <v>15</v>
       </c>
       <c r="D93" t="s">
         <v>178</v>
       </c>
       <c r="E93">
         <v>16</v>
       </c>
       <c r="F93">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G93">
         <v>3</v>
       </c>
       <c r="H93">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="I93">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="J93">
         <v>2</v>
       </c>
       <c r="K93">
         <v>1</v>
       </c>
       <c r="L93" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="94" spans="1:12">
       <c r="A94">
         <v>602</v>
       </c>
       <c r="B94">
         <v>24</v>
       </c>
       <c r="C94" t="s">
         <v>74</v>
       </c>
       <c r="D94" t="s">
         <v>179</v>
       </c>
       <c r="E94">
         <v>16</v>
       </c>
       <c r="F94">
+        <v>10</v>
+      </c>
+      <c r="G94">
+        <v>5</v>
+      </c>
+      <c r="H94">
+        <v>3</v>
+      </c>
+      <c r="I94">
         <v>8</v>
       </c>
-      <c r="G94">
-[...6 lines deleted...]
-        <v>5</v>
+      <c r="J94">
+        <v>2</v>
+      </c>
+      <c r="K94">
+        <v>1</v>
       </c>
       <c r="L94" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="95" spans="1:12">
       <c r="A95">
         <v>604</v>
       </c>
       <c r="B95">
         <v>66</v>
       </c>
       <c r="C95" t="s">
         <v>27</v>
       </c>
       <c r="D95" t="s">
         <v>180</v>
       </c>
       <c r="E95">
         <v>16</v>
       </c>
       <c r="F95">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G95">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="H95">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="I95">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="J95">
         <v>2</v>
       </c>
       <c r="K95">
         <v>1</v>
       </c>
       <c r="L95" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="96" spans="1:12">
       <c r="A96">
         <v>605</v>
       </c>
       <c r="B96">
         <v>13</v>
       </c>
       <c r="C96" t="s">
         <v>33</v>
       </c>
       <c r="D96" t="s">
         <v>181</v>
       </c>
       <c r="E96">
@@ -4431,95 +4503,98 @@
       </c>
       <c r="F96">
         <v>1</v>
       </c>
       <c r="L96" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="97" spans="1:12">
       <c r="A97">
         <v>606</v>
       </c>
       <c r="B97">
         <v>15</v>
       </c>
       <c r="C97" t="s">
         <v>135</v>
       </c>
       <c r="D97" t="s">
         <v>182</v>
       </c>
       <c r="E97">
         <v>16</v>
       </c>
       <c r="F97">
-        <v>11</v>
+        <v>15</v>
+      </c>
+      <c r="G97">
+        <v>2</v>
       </c>
       <c r="H97">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I97">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="J97">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="K97">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L97" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="98" spans="1:12">
       <c r="A98">
         <v>608</v>
       </c>
       <c r="B98">
         <v>8</v>
       </c>
       <c r="C98" t="s">
         <v>120</v>
       </c>
       <c r="D98" t="s">
         <v>183</v>
       </c>
       <c r="E98">
         <v>16</v>
       </c>
       <c r="F98">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G98">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="H98">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I98">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="J98">
         <v>8</v>
       </c>
       <c r="K98">
         <v>4</v>
       </c>
       <c r="L98" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="99" spans="1:12">
       <c r="A99">
         <v>613</v>
       </c>
       <c r="B99">
         <v>62</v>
       </c>
       <c r="C99" t="s">
         <v>184</v>
       </c>
       <c r="D99" t="s">
         <v>185</v>
       </c>
       <c r="E99">
@@ -4539,136 +4614,136 @@
       </c>
       <c r="K99">
         <v>1</v>
       </c>
       <c r="L99" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="100" spans="1:12">
       <c r="A100">
         <v>614</v>
       </c>
       <c r="B100">
         <v>4</v>
       </c>
       <c r="C100" t="s">
         <v>41</v>
       </c>
       <c r="D100" t="s">
         <v>186</v>
       </c>
       <c r="E100">
         <v>12</v>
       </c>
       <c r="F100">
+        <v>9</v>
+      </c>
+      <c r="G100">
+        <v>3</v>
+      </c>
+      <c r="H100">
         <v>7</v>
       </c>
-      <c r="G100">
-[...4 lines deleted...]
-      </c>
       <c r="I100">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="J100">
         <v>14</v>
       </c>
       <c r="K100">
         <v>7</v>
       </c>
       <c r="L100" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="101" spans="1:12">
       <c r="A101">
         <v>615</v>
       </c>
       <c r="B101">
         <v>99</v>
       </c>
       <c r="C101" t="s">
         <v>187</v>
       </c>
       <c r="D101" t="s">
         <v>188</v>
       </c>
       <c r="E101">
         <v>12</v>
       </c>
       <c r="F101">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G101">
         <v>6</v>
       </c>
       <c r="H101">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I101">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="J101">
         <v>6</v>
       </c>
       <c r="K101">
         <v>3</v>
       </c>
       <c r="L101" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="102" spans="1:12">
       <c r="A102">
         <v>618</v>
       </c>
       <c r="B102">
         <v>24</v>
       </c>
       <c r="C102" t="s">
         <v>49</v>
       </c>
       <c r="D102" t="s">
         <v>189</v>
       </c>
       <c r="E102">
         <v>11</v>
       </c>
       <c r="F102">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G102">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H102">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I102">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="J102">
         <v>2</v>
       </c>
       <c r="K102">
         <v>1</v>
       </c>
       <c r="L102" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="103" spans="1:12">
       <c r="A103">
         <v>622</v>
       </c>
       <c r="B103">
         <v>11</v>
       </c>
       <c r="C103" t="s">
         <v>190</v>
       </c>
       <c r="D103" t="s">
         <v>191</v>
       </c>
       <c r="E103">
@@ -4691,234 +4766,234 @@
       </c>
       <c r="K103">
         <v>1</v>
       </c>
       <c r="L103" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="104" spans="1:12">
       <c r="A104">
         <v>628</v>
       </c>
       <c r="B104">
         <v>8</v>
       </c>
       <c r="C104" t="s">
         <v>165</v>
       </c>
       <c r="D104" t="s">
         <v>192</v>
       </c>
       <c r="E104">
         <v>7</v>
       </c>
       <c r="F104">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H104">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I104">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L104" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="105" spans="1:12">
       <c r="A105">
         <v>631</v>
       </c>
       <c r="B105">
         <v>11</v>
       </c>
       <c r="C105" t="s">
         <v>193</v>
       </c>
       <c r="D105" t="s">
         <v>194</v>
       </c>
       <c r="E105">
         <v>11</v>
       </c>
       <c r="F105">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G105">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="H105">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="I105">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="J105">
         <v>4</v>
       </c>
       <c r="K105">
         <v>2</v>
       </c>
       <c r="L105" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="106" spans="1:12">
       <c r="A106">
         <v>633</v>
       </c>
       <c r="B106">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>195</v>
       </c>
       <c r="D106" t="s">
         <v>196</v>
       </c>
       <c r="E106">
         <v>11</v>
       </c>
       <c r="F106">
+        <v>14</v>
+      </c>
+      <c r="G106">
         <v>11</v>
       </c>
-      <c r="G106">
-[...1 lines deleted...]
-      </c>
       <c r="H106">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="I106">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="J106">
         <v>4</v>
       </c>
       <c r="K106">
         <v>2</v>
       </c>
       <c r="L106" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="107" spans="1:12">
       <c r="A107">
         <v>635</v>
       </c>
       <c r="C107" t="s">
         <v>197</v>
       </c>
       <c r="D107" t="s">
         <v>198</v>
       </c>
       <c r="E107">
         <v>12</v>
       </c>
       <c r="L107" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="108" spans="1:12">
       <c r="A108">
         <v>639</v>
       </c>
       <c r="B108">
         <v>3</v>
       </c>
       <c r="C108" t="s">
         <v>12</v>
       </c>
       <c r="D108" t="s">
         <v>199</v>
       </c>
       <c r="E108">
         <v>5</v>
       </c>
       <c r="F108">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G108">
         <v>1</v>
       </c>
       <c r="H108">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I108">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L108" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="109" spans="1:12">
       <c r="A109">
         <v>655</v>
       </c>
       <c r="B109">
         <v>13</v>
       </c>
       <c r="C109" t="s">
         <v>53</v>
       </c>
       <c r="D109" t="s">
         <v>35</v>
       </c>
       <c r="E109">
         <v>12</v>
       </c>
       <c r="F109">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H109">
         <v>2</v>
       </c>
       <c r="I109">
         <v>2</v>
       </c>
       <c r="L109" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="110" spans="1:12">
       <c r="A110">
         <v>658</v>
       </c>
       <c r="B110">
         <v>35</v>
       </c>
       <c r="C110" t="s">
         <v>200</v>
       </c>
       <c r="D110" t="s">
         <v>201</v>
       </c>
       <c r="E110">
         <v>8</v>
       </c>
       <c r="F110">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G110">
         <v>1</v>
       </c>
       <c r="I110">
         <v>1</v>
       </c>
       <c r="L110" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="111" spans="1:12">
       <c r="A111">
         <v>660</v>
       </c>
       <c r="B111">
         <v>6</v>
       </c>
       <c r="C111" t="s">
         <v>202</v>
       </c>
       <c r="D111" t="s">
         <v>203</v>
       </c>
       <c r="E111">
@@ -4935,60 +5010,60 @@
       </c>
       <c r="I111">
         <v>3</v>
       </c>
       <c r="L111" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="112" spans="1:12">
       <c r="A112">
         <v>672</v>
       </c>
       <c r="B112">
         <v>12</v>
       </c>
       <c r="C112" t="s">
         <v>204</v>
       </c>
       <c r="D112" t="s">
         <v>205</v>
       </c>
       <c r="E112">
         <v>4</v>
       </c>
       <c r="F112">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G112">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H112">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I112">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J112">
         <v>4</v>
       </c>
       <c r="K112">
         <v>2</v>
       </c>
       <c r="L112" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="113" spans="1:12">
       <c r="A113">
         <v>675</v>
       </c>
       <c r="B113">
         <v>21</v>
       </c>
       <c r="C113" t="s">
         <v>149</v>
       </c>
       <c r="D113" t="s">
         <v>206</v>
       </c>
       <c r="E113">
@@ -5011,95 +5086,95 @@
       </c>
       <c r="K113">
         <v>1</v>
       </c>
       <c r="L113" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="114" spans="1:12">
       <c r="A114">
         <v>676</v>
       </c>
       <c r="B114">
         <v>27</v>
       </c>
       <c r="C114" t="s">
         <v>128</v>
       </c>
       <c r="D114" t="s">
         <v>207</v>
       </c>
       <c r="E114">
         <v>16</v>
       </c>
       <c r="F114">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G114">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="H114">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="I114">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="J114">
         <v>2</v>
       </c>
       <c r="K114">
         <v>1</v>
       </c>
       <c r="L114" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="115" spans="1:12">
       <c r="A115">
         <v>677</v>
       </c>
       <c r="B115">
         <v>17</v>
       </c>
       <c r="C115" t="s">
         <v>66</v>
       </c>
       <c r="D115" t="s">
         <v>208</v>
       </c>
       <c r="E115">
         <v>16</v>
       </c>
       <c r="F115">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="H115">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I115">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J115">
         <v>2</v>
       </c>
       <c r="K115">
         <v>1</v>
       </c>
       <c r="L115" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="116" spans="1:12">
       <c r="A116">
         <v>678</v>
       </c>
       <c r="B116">
         <v>88</v>
       </c>
       <c r="C116" t="s">
         <v>80</v>
       </c>
       <c r="D116" t="s">
         <v>209</v>
       </c>
       <c r="E116">
@@ -5107,334 +5182,334 @@
       </c>
       <c r="F116">
         <v>1</v>
       </c>
       <c r="L116" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="117" spans="1:12">
       <c r="A117">
         <v>679</v>
       </c>
       <c r="B117">
         <v>11</v>
       </c>
       <c r="C117" t="s">
         <v>210</v>
       </c>
       <c r="D117" t="s">
         <v>211</v>
       </c>
       <c r="E117">
         <v>16</v>
       </c>
       <c r="F117">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G117">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="H117">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="I117">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="J117">
         <v>10</v>
       </c>
       <c r="K117">
         <v>4</v>
       </c>
       <c r="L117" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="118" spans="1:12">
       <c r="A118">
         <v>680</v>
       </c>
       <c r="B118">
         <v>12</v>
       </c>
       <c r="C118" t="s">
         <v>212</v>
       </c>
       <c r="D118" t="s">
         <v>213</v>
       </c>
       <c r="E118">
         <v>6</v>
       </c>
       <c r="F118">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G118">
         <v>5</v>
       </c>
       <c r="H118">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I118">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="J118">
         <v>6</v>
       </c>
       <c r="K118">
         <v>3</v>
       </c>
       <c r="L118" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="119" spans="1:12">
       <c r="A119">
         <v>681</v>
       </c>
       <c r="B119">
         <v>77</v>
       </c>
       <c r="C119" t="s">
         <v>214</v>
       </c>
       <c r="D119" t="s">
         <v>215</v>
       </c>
       <c r="E119">
         <v>6</v>
       </c>
       <c r="F119">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="G119">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H119">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I119">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="L119" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="120" spans="1:12">
       <c r="A120">
         <v>682</v>
       </c>
       <c r="B120">
         <v>15</v>
       </c>
       <c r="C120" t="s">
         <v>216</v>
       </c>
       <c r="D120" t="s">
         <v>217</v>
       </c>
       <c r="E120">
         <v>6</v>
       </c>
       <c r="F120">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G120">
         <v>1</v>
       </c>
       <c r="H120">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I120">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J120">
         <v>14</v>
       </c>
       <c r="K120">
         <v>7</v>
       </c>
       <c r="L120" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="121" spans="1:12">
       <c r="A121">
         <v>683</v>
       </c>
       <c r="B121">
         <v>16</v>
       </c>
       <c r="C121" t="s">
         <v>140</v>
       </c>
       <c r="D121" t="s">
         <v>218</v>
       </c>
       <c r="E121">
         <v>11</v>
       </c>
       <c r="F121">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G121">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="H121">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I121">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="L121" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="122" spans="1:12">
       <c r="A122">
         <v>686</v>
       </c>
       <c r="B122">
         <v>4</v>
       </c>
       <c r="C122" t="s">
         <v>94</v>
       </c>
       <c r="D122" t="s">
         <v>219</v>
       </c>
       <c r="E122">
         <v>8</v>
       </c>
       <c r="F122">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="H122">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I122">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L122" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="123" spans="1:12">
       <c r="A123">
         <v>687</v>
       </c>
       <c r="B123">
         <v>8</v>
       </c>
       <c r="C123" t="s">
         <v>39</v>
       </c>
       <c r="D123" t="s">
         <v>32</v>
       </c>
       <c r="E123">
         <v>5</v>
       </c>
       <c r="F123">
+        <v>13</v>
+      </c>
+      <c r="G123">
         <v>10</v>
       </c>
-      <c r="G123">
-[...1 lines deleted...]
-      </c>
       <c r="H123">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I123">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="J123">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="K123">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L123" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="124" spans="1:12">
       <c r="A124">
         <v>689</v>
       </c>
       <c r="B124">
         <v>67</v>
       </c>
       <c r="C124" t="s">
         <v>220</v>
       </c>
       <c r="D124" t="s">
         <v>221</v>
       </c>
       <c r="E124">
         <v>6</v>
       </c>
       <c r="F124">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="G124">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="H124">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I124">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="J124">
         <v>8</v>
       </c>
       <c r="K124">
         <v>4</v>
       </c>
       <c r="L124" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="125" spans="1:12">
       <c r="A125">
         <v>695</v>
       </c>
       <c r="B125">
         <v>26</v>
       </c>
       <c r="C125" t="s">
         <v>15</v>
       </c>
       <c r="D125" t="s">
         <v>222</v>
       </c>
       <c r="E125">
         <v>7</v>
       </c>
       <c r="F125">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="J125">
         <v>4</v>
       </c>
       <c r="K125">
         <v>2</v>
       </c>
       <c r="L125" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="126" spans="1:12">
       <c r="A126">
         <v>697</v>
       </c>
       <c r="B126">
         <v>19</v>
       </c>
       <c r="C126" t="s">
         <v>114</v>
       </c>
       <c r="D126" t="s">
         <v>223</v>
       </c>
       <c r="E126">
@@ -5442,327 +5517,333 @@
       </c>
       <c r="F126">
         <v>1</v>
       </c>
       <c r="L126" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="127" spans="1:12">
       <c r="A127">
         <v>707</v>
       </c>
       <c r="B127">
         <v>25</v>
       </c>
       <c r="C127" t="s">
         <v>224</v>
       </c>
       <c r="D127" t="s">
         <v>225</v>
       </c>
       <c r="E127">
         <v>5</v>
       </c>
       <c r="F127">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G127">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="H127">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I127">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L127" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="128" spans="1:12">
       <c r="A128">
         <v>708</v>
       </c>
       <c r="B128">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="C128" t="s">
         <v>58</v>
       </c>
       <c r="D128" t="s">
         <v>226</v>
       </c>
       <c r="E128">
         <v>5</v>
       </c>
       <c r="F128">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G128">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H128">
         <v>1</v>
       </c>
       <c r="I128">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L128" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="129" spans="1:12">
       <c r="A129">
         <v>720</v>
       </c>
       <c r="B129">
         <v>21</v>
       </c>
       <c r="C129" t="s">
         <v>227</v>
       </c>
       <c r="D129" t="s">
         <v>228</v>
       </c>
       <c r="E129">
         <v>4</v>
       </c>
       <c r="F129">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G129">
         <v>3</v>
       </c>
       <c r="I129">
         <v>3</v>
       </c>
       <c r="J129">
         <v>2</v>
       </c>
       <c r="K129">
         <v>1</v>
       </c>
       <c r="L129" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="130" spans="1:12">
       <c r="A130">
         <v>721</v>
       </c>
       <c r="B130">
         <v>13</v>
       </c>
       <c r="C130" t="s">
         <v>229</v>
       </c>
       <c r="D130" t="s">
         <v>230</v>
       </c>
       <c r="E130">
         <v>12</v>
       </c>
       <c r="F130">
+        <v>17</v>
+      </c>
+      <c r="G130">
         <v>13</v>
       </c>
-      <c r="G130">
-[...1 lines deleted...]
-      </c>
       <c r="H130">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="I130">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="J130">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="K130">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L130" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="131" spans="1:12">
       <c r="A131">
         <v>722</v>
       </c>
       <c r="C131" t="s">
         <v>149</v>
       </c>
       <c r="D131" t="s">
         <v>231</v>
       </c>
       <c r="E131">
         <v>16</v>
       </c>
       <c r="L131" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="132" spans="1:12">
       <c r="A132">
         <v>723</v>
       </c>
       <c r="B132">
         <v>16</v>
       </c>
       <c r="C132" t="s">
         <v>15</v>
       </c>
       <c r="D132" t="s">
         <v>232</v>
       </c>
       <c r="E132">
         <v>16</v>
       </c>
       <c r="F132">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G132">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="H132">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="I132">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="L132" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="133" spans="1:12">
       <c r="A133">
         <v>724</v>
       </c>
       <c r="B133">
         <v>3</v>
       </c>
       <c r="C133" t="s">
         <v>233</v>
       </c>
       <c r="D133" t="s">
         <v>234</v>
       </c>
       <c r="E133">
         <v>4</v>
       </c>
       <c r="F133">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="H133">
         <v>2</v>
       </c>
       <c r="I133">
         <v>2</v>
       </c>
       <c r="L133" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="134" spans="1:12">
       <c r="A134">
         <v>725</v>
       </c>
       <c r="B134">
         <v>1</v>
       </c>
       <c r="C134" t="s">
         <v>149</v>
       </c>
       <c r="D134" t="s">
         <v>208</v>
       </c>
       <c r="E134">
         <v>16</v>
       </c>
       <c r="F134">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G134">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H134">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I134">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K134">
         <v>1</v>
       </c>
       <c r="L134" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="135" spans="1:12">
       <c r="A135">
         <v>726</v>
       </c>
       <c r="C135" t="s">
         <v>235</v>
       </c>
       <c r="D135" t="s">
         <v>236</v>
       </c>
       <c r="E135">
         <v>16</v>
       </c>
       <c r="L135" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="136" spans="1:12">
       <c r="A136">
         <v>727</v>
       </c>
       <c r="B136">
         <v>17</v>
       </c>
       <c r="C136" t="s">
         <v>29</v>
       </c>
       <c r="D136" t="s">
         <v>149</v>
       </c>
       <c r="E136">
         <v>6</v>
       </c>
       <c r="F136">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="G136">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H136">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I136">
-        <v>4</v>
+        <v>7</v>
+      </c>
+      <c r="J136">
+        <v>2</v>
+      </c>
+      <c r="K136">
+        <v>1</v>
       </c>
       <c r="L136" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="137" spans="1:12">
       <c r="A137">
         <v>728</v>
       </c>
       <c r="B137">
         <v>18</v>
       </c>
       <c r="C137" t="s">
         <v>237</v>
       </c>
       <c r="D137" t="s">
         <v>238</v>
       </c>
       <c r="E137">
         <v>6</v>
       </c>
       <c r="F137">
         <v>9</v>
       </c>
       <c r="G137">
@@ -5779,89 +5860,89 @@
       </c>
       <c r="K137">
         <v>2</v>
       </c>
       <c r="L137" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="138" spans="1:12">
       <c r="A138">
         <v>729</v>
       </c>
       <c r="B138">
         <v>12</v>
       </c>
       <c r="C138" t="s">
         <v>239</v>
       </c>
       <c r="D138" t="s">
         <v>240</v>
       </c>
       <c r="E138">
         <v>7</v>
       </c>
       <c r="F138">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G138">
         <v>4</v>
       </c>
       <c r="H138">
         <v>4</v>
       </c>
       <c r="I138">
         <v>8</v>
       </c>
       <c r="J138">
         <v>2</v>
       </c>
       <c r="K138">
         <v>1</v>
       </c>
       <c r="L138" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="139" spans="1:12">
       <c r="A139">
         <v>730</v>
       </c>
       <c r="B139">
         <v>13</v>
       </c>
       <c r="C139" t="s">
         <v>53</v>
       </c>
       <c r="D139" t="s">
         <v>241</v>
       </c>
       <c r="E139">
         <v>7</v>
       </c>
       <c r="F139">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G139">
         <v>1</v>
       </c>
       <c r="H139">
         <v>4</v>
       </c>
       <c r="I139">
         <v>5</v>
       </c>
       <c r="L139" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="140" spans="1:12">
       <c r="A140">
         <v>733</v>
       </c>
       <c r="B140">
         <v>24</v>
       </c>
       <c r="C140" t="s">
         <v>210</v>
       </c>
       <c r="D140" t="s">
@@ -5881,51 +5962,51 @@
       </c>
       <c r="I140">
         <v>7</v>
       </c>
       <c r="L140" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="141" spans="1:12">
       <c r="A141">
         <v>734</v>
       </c>
       <c r="B141">
         <v>17</v>
       </c>
       <c r="C141" t="s">
         <v>243</v>
       </c>
       <c r="D141" t="s">
         <v>244</v>
       </c>
       <c r="E141">
         <v>7</v>
       </c>
       <c r="F141">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G141">
         <v>5</v>
       </c>
       <c r="H141">
         <v>3</v>
       </c>
       <c r="I141">
         <v>8</v>
       </c>
       <c r="J141">
         <v>2</v>
       </c>
       <c r="K141">
         <v>1</v>
       </c>
       <c r="L141" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="142" spans="1:12">
       <c r="A142">
         <v>735</v>
       </c>
       <c r="B142">
@@ -5977,144 +6058,194 @@
       </c>
       <c r="K143">
         <v>1</v>
       </c>
       <c r="L143" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="144" spans="1:12">
       <c r="A144">
         <v>740</v>
       </c>
       <c r="B144">
         <v>19</v>
       </c>
       <c r="C144" t="s">
         <v>247</v>
       </c>
       <c r="D144" t="s">
         <v>248</v>
       </c>
       <c r="E144">
         <v>5</v>
       </c>
       <c r="F144">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G144">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H144">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I144">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="L144" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="145" spans="1:12">
       <c r="A145">
         <v>741</v>
       </c>
       <c r="B145">
         <v>13</v>
       </c>
       <c r="C145" t="s">
         <v>31</v>
       </c>
       <c r="D145" t="s">
         <v>249</v>
       </c>
       <c r="E145">
         <v>4</v>
       </c>
       <c r="F145">
+        <v>4</v>
+      </c>
+      <c r="G145">
+        <v>1</v>
+      </c>
+      <c r="I145">
         <v>1</v>
       </c>
       <c r="L145" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="146" spans="1:12">
       <c r="A146">
         <v>742</v>
       </c>
       <c r="B146">
         <v>19</v>
       </c>
       <c r="C146" t="s">
         <v>53</v>
       </c>
       <c r="D146" t="s">
         <v>250</v>
       </c>
       <c r="E146">
         <v>6</v>
       </c>
       <c r="F146">
-        <v>2</v>
+        <v>6</v>
+      </c>
+      <c r="G146">
+        <v>1</v>
       </c>
       <c r="H146">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I146">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="J146">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K146">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L146" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="147" spans="1:12">
       <c r="A147">
         <v>744</v>
       </c>
       <c r="B147">
         <v>16</v>
       </c>
       <c r="C147" t="s">
         <v>37</v>
       </c>
       <c r="D147" t="s">
         <v>251</v>
       </c>
       <c r="E147">
         <v>7</v>
       </c>
       <c r="F147">
-        <v>1</v>
+        <v>5</v>
+      </c>
+      <c r="G147">
+        <v>1</v>
+      </c>
+      <c r="H147">
+        <v>1</v>
+      </c>
+      <c r="I147">
+        <v>2</v>
       </c>
       <c r="L147" t="s">
         <v>68</v>
+      </c>
+    </row>
+    <row r="148" spans="1:12">
+      <c r="A148">
+        <v>745</v>
+      </c>
+      <c r="B148">
+        <v>20</v>
+      </c>
+      <c r="C148" t="s">
+        <v>171</v>
+      </c>
+      <c r="D148" t="s">
+        <v>252</v>
+      </c>
+      <c r="E148">
+        <v>5</v>
+      </c>
+      <c r="F148">
+        <v>2</v>
+      </c>
+      <c r="G148">
+        <v>1</v>
+      </c>
+      <c r="H148">
+        <v>2</v>
+      </c>
+      <c r="I148">
+        <v>3</v>
+      </c>
+      <c r="L148" t="s">
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">