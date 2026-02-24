--- v4 (2026-02-04)
+++ v5 (2026-02-24)
@@ -12,809 +12,743 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Skaters" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="253">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="231">
   <si>
     <t>Player Id</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Team Id</t>
   </si>
   <si>
     <t>Games Played</t>
   </si>
   <si>
     <t>Goals</t>
   </si>
   <si>
     <t>Assists</t>
   </si>
   <si>
     <t>Points</t>
   </si>
   <si>
     <t>Pims</t>
   </si>
   <si>
     <t>Pen Instances</t>
   </si>
   <si>
     <t>Team</t>
   </si>
   <si>
     <t>Trevor</t>
   </si>
   <si>
     <t>Travis</t>
   </si>
   <si>
-    <t>{"Blue Goose":6}</t>
+    <t>Blue Goose</t>
   </si>
   <si>
     <t>Mike</t>
   </si>
   <si>
     <t>MacMillan</t>
   </si>
   <si>
     <t>Murray</t>
   </si>
   <si>
     <t>Cooke</t>
   </si>
   <si>
     <t>Barry</t>
   </si>
   <si>
     <t>Boettcher</t>
   </si>
   <si>
     <t>Dave</t>
   </si>
   <si>
     <t>McCharles</t>
   </si>
   <si>
-    <t>Parise</t>
-[...4 lines deleted...]
-  <si>
     <t>Warren</t>
   </si>
   <si>
     <t>Nazareth</t>
   </si>
   <si>
+    <t>Mimico Creaks</t>
+  </si>
+  <si>
     <t>Tim</t>
   </si>
   <si>
     <t>Lang</t>
   </si>
   <si>
     <t>Chris</t>
   </si>
   <si>
     <t>Romanick</t>
   </si>
   <si>
     <t>Brian</t>
   </si>
   <si>
     <t>Booth</t>
   </si>
   <si>
-    <t>Rob</t>
-[...4 lines deleted...]
-  <si>
     <t>Craig</t>
   </si>
   <si>
     <t>Stadig</t>
   </si>
   <si>
     <t>John</t>
   </si>
   <si>
     <t>Zarand</t>
   </si>
   <si>
     <t>Jeff</t>
   </si>
   <si>
     <t>Weir</t>
   </si>
   <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>Marshall</t>
   </si>
   <si>
-    <t>{"Mimico Old Boys":8}</t>
+    <t>Mimico Old Boys</t>
   </si>
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>Stiles</t>
   </si>
   <si>
     <t>Sharpe</t>
   </si>
   <si>
     <t>Mak</t>
   </si>
   <si>
     <t>Vilip</t>
   </si>
   <si>
+    <t>Terry</t>
+  </si>
+  <si>
+    <t>Durette</t>
+  </si>
+  <si>
+    <t>Ken</t>
+  </si>
+  <si>
+    <t>Graydon</t>
+  </si>
+  <si>
+    <t>Blair</t>
+  </si>
+  <si>
+    <t>Cameron</t>
+  </si>
+  <si>
+    <t>Shawn</t>
+  </si>
+  <si>
+    <t>Hughes</t>
+  </si>
+  <si>
+    <t>James</t>
+  </si>
+  <si>
+    <t>Coon</t>
+  </si>
+  <si>
+    <t>Szarka</t>
+  </si>
+  <si>
+    <t>Juilian</t>
+  </si>
+  <si>
+    <t>Deschatelets</t>
+  </si>
+  <si>
+    <t>Brent</t>
+  </si>
+  <si>
+    <t>Harris</t>
+  </si>
+  <si>
+    <t>Fossils</t>
+  </si>
+  <si>
+    <t>Bulley</t>
+  </si>
+  <si>
+    <t>Jim</t>
+  </si>
+  <si>
+    <t>Henderson</t>
+  </si>
+  <si>
+    <t>Hugh</t>
+  </si>
+  <si>
+    <t>Drennan</t>
+  </si>
+  <si>
+    <t>Brad</t>
+  </si>
+  <si>
+    <t>Buchanan</t>
+  </si>
+  <si>
+    <t>Ian</t>
+  </si>
+  <si>
+    <t>Campbell</t>
+  </si>
+  <si>
+    <t>Darrin</t>
+  </si>
+  <si>
+    <t>Riemer</t>
+  </si>
+  <si>
+    <t>Greg</t>
+  </si>
+  <si>
+    <t>Ellis</t>
+  </si>
+  <si>
+    <t>Etobicoke Wings</t>
+  </si>
+  <si>
+    <t>Paul</t>
+  </si>
+  <si>
+    <t>Riopelle</t>
+  </si>
+  <si>
+    <t>Stephane</t>
+  </si>
+  <si>
+    <t>Lecuyer</t>
+  </si>
+  <si>
+    <t>Kirby</t>
+  </si>
+  <si>
+    <t>Jamie</t>
+  </si>
+  <si>
+    <t>Allan</t>
+  </si>
+  <si>
+    <t>Joe</t>
+  </si>
+  <si>
+    <t>Dixon</t>
+  </si>
+  <si>
+    <t>Theodore</t>
+  </si>
+  <si>
+    <t>Linseman</t>
+  </si>
+  <si>
+    <t>Frank</t>
+  </si>
+  <si>
+    <t>Miotto</t>
+  </si>
+  <si>
+    <t>Welsh</t>
+  </si>
+  <si>
+    <t>Jon</t>
+  </si>
+  <si>
+    <t>Land</t>
+  </si>
+  <si>
+    <t>Jay</t>
+  </si>
+  <si>
+    <t>Stenhouse</t>
+  </si>
+  <si>
+    <t>Lee</t>
+  </si>
+  <si>
+    <t>Barter</t>
+  </si>
+  <si>
+    <t>McLeod</t>
+  </si>
+  <si>
+    <t>Pat</t>
+  </si>
+  <si>
+    <t>Celik</t>
+  </si>
+  <si>
+    <t>Derek</t>
+  </si>
+  <si>
+    <t>Sweeney</t>
+  </si>
+  <si>
+    <t>Dan</t>
+  </si>
+  <si>
+    <t>Meister</t>
+  </si>
+  <si>
+    <t>Radoslav</t>
+  </si>
+  <si>
+    <t>Pencak</t>
+  </si>
+  <si>
+    <t>Weston</t>
+  </si>
+  <si>
+    <t>Adam</t>
+  </si>
+  <si>
+    <t>Crisp</t>
+  </si>
+  <si>
+    <t>Caranci</t>
+  </si>
+  <si>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>Koehler</t>
+  </si>
+  <si>
+    <t>Noble</t>
+  </si>
+  <si>
+    <t>Walter</t>
+  </si>
+  <si>
+    <t>Fantin</t>
+  </si>
+  <si>
+    <t>Al</t>
+  </si>
+  <si>
+    <t>Cooper</t>
+  </si>
+  <si>
+    <t>Jeffery</t>
+  </si>
+  <si>
+    <t>Lulham</t>
+  </si>
+  <si>
+    <t>Blades</t>
+  </si>
+  <si>
+    <t>Clarke</t>
+  </si>
+  <si>
+    <t>Tedesco</t>
+  </si>
+  <si>
+    <t>Keith</t>
+  </si>
+  <si>
+    <t>Rogers</t>
+  </si>
+  <si>
+    <t>Tedford</t>
+  </si>
+  <si>
+    <t>Nick</t>
+  </si>
+  <si>
+    <t>Gray</t>
+  </si>
+  <si>
+    <t>Patrick</t>
+  </si>
+  <si>
+    <t>Magee</t>
+  </si>
+  <si>
+    <t>Jake</t>
+  </si>
+  <si>
+    <t>Irwin</t>
+  </si>
+  <si>
+    <t>Russell</t>
+  </si>
+  <si>
+    <t>Sam</t>
+  </si>
+  <si>
+    <t>Mouratidis</t>
+  </si>
+  <si>
+    <t>Austen</t>
+  </si>
+  <si>
+    <t>MacDonald</t>
+  </si>
+  <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>Pomakov</t>
+  </si>
+  <si>
+    <t>Warran</t>
+  </si>
+  <si>
+    <t>Kyle</t>
+  </si>
+  <si>
+    <t>Battiston</t>
+  </si>
+  <si>
+    <t>Ryan</t>
+  </si>
+  <si>
+    <t>Soderberg</t>
+  </si>
+  <si>
+    <t>Desimone</t>
+  </si>
+  <si>
+    <t>Brown</t>
+  </si>
+  <si>
+    <t>Gord</t>
+  </si>
+  <si>
+    <t>Jessop</t>
+  </si>
+  <si>
+    <t>Bert</t>
+  </si>
+  <si>
+    <t>Belvedere</t>
+  </si>
+  <si>
+    <t>Josh</t>
+  </si>
+  <si>
+    <t>Visser</t>
+  </si>
+  <si>
+    <t>Dale</t>
+  </si>
+  <si>
+    <t>Beesley</t>
+  </si>
+  <si>
+    <t>Harvey</t>
+  </si>
+  <si>
+    <t>Olsen</t>
+  </si>
+  <si>
+    <t>Greenshields</t>
+  </si>
+  <si>
+    <t>Sherrard</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Kapshey</t>
+  </si>
+  <si>
+    <t>Bob</t>
+  </si>
+  <si>
+    <t>Greig</t>
+  </si>
+  <si>
+    <t>Love</t>
+  </si>
+  <si>
+    <t>Fireball Dragons</t>
+  </si>
+  <si>
+    <t>Matt</t>
+  </si>
+  <si>
+    <t>Dunlop</t>
+  </si>
+  <si>
     <t>Kevin</t>
   </si>
   <si>
-    <t>Johnson</t>
-[...5 lines deleted...]
-    <t>Durette</t>
+    <t>Delano</t>
+  </si>
+  <si>
+    <t>Lorenzo</t>
+  </si>
+  <si>
+    <t>Perozzo</t>
+  </si>
+  <si>
+    <t>Darren</t>
+  </si>
+  <si>
+    <t>Gornall</t>
+  </si>
+  <si>
+    <t>Brady</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>Britten</t>
+  </si>
+  <si>
+    <t>Hanlon</t>
+  </si>
+  <si>
+    <t>Spoja</t>
+  </si>
+  <si>
+    <t>Scott</t>
+  </si>
+  <si>
+    <t>Walling</t>
+  </si>
+  <si>
+    <t>Thompson</t>
+  </si>
+  <si>
+    <t>Conor</t>
+  </si>
+  <si>
+    <t>Wilson</t>
+  </si>
+  <si>
+    <t>Bonello</t>
+  </si>
+  <si>
+    <t>Brandon</t>
+  </si>
+  <si>
+    <t>Cahill</t>
+  </si>
+  <si>
+    <t>Dubbin</t>
+  </si>
+  <si>
+    <t>Steve</t>
+  </si>
+  <si>
+    <t>Bojcun</t>
+  </si>
+  <si>
+    <t>Josef</t>
+  </si>
+  <si>
+    <t>Maly</t>
+  </si>
+  <si>
+    <t>Dupree</t>
+  </si>
+  <si>
+    <t>Toli</t>
+  </si>
+  <si>
+    <t>Anastassiou</t>
+  </si>
+  <si>
+    <t>Walton</t>
+  </si>
+  <si>
+    <t>Seckington</t>
+  </si>
+  <si>
+    <t>Noon</t>
+  </si>
+  <si>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>Dineley</t>
+  </si>
+  <si>
+    <t>Shane</t>
+  </si>
+  <si>
+    <t>Sinclair</t>
+  </si>
+  <si>
+    <t>Evan</t>
+  </si>
+  <si>
+    <t>Delcogliano</t>
+  </si>
+  <si>
+    <t>Connor</t>
+  </si>
+  <si>
+    <t>Donaldson</t>
+  </si>
+  <si>
+    <t>Caetano</t>
+  </si>
+  <si>
+    <t>Nadon</t>
+  </si>
+  <si>
+    <t>Tom</t>
+  </si>
+  <si>
+    <t>Paterson</t>
+  </si>
+  <si>
+    <t>Dodson</t>
+  </si>
+  <si>
+    <t>Clinton</t>
+  </si>
+  <si>
+    <t>Nowack</t>
+  </si>
+  <si>
+    <t>Hindle</t>
+  </si>
+  <si>
+    <t>Rick</t>
+  </si>
+  <si>
+    <t>Hahn</t>
+  </si>
+  <si>
+    <t>Justin</t>
+  </si>
+  <si>
+    <t>Necpal</t>
+  </si>
+  <si>
+    <t>Tsoy</t>
+  </si>
+  <si>
+    <t>Robin</t>
+  </si>
+  <si>
+    <t>Chantaz</t>
+  </si>
+  <si>
+    <t>Geoff</t>
+  </si>
+  <si>
+    <t>Wells</t>
+  </si>
+  <si>
+    <t>Joanathan</t>
+  </si>
+  <si>
+    <t>Kay</t>
   </si>
   <si>
     <t>Michael</t>
   </si>
   <si>
-    <t>Giacco</t>
-[...559 lines deleted...]
-  <si>
     <t>Maciel</t>
   </si>
   <si>
     <t>Da Silva</t>
   </si>
   <si>
     <t>Jack</t>
   </si>
   <si>
     <t>MacLaren</t>
   </si>
   <si>
-    <t>Eric</t>
-[...4 lines deleted...]
-  <si>
     <t>Carlos</t>
   </si>
   <si>
     <t>Canejo</t>
   </si>
   <si>
     <t>Heyland</t>
   </si>
   <si>
     <t>Luckese</t>
   </si>
   <si>
     <t>Willis</t>
-  </si>
-[...1 lines deleted...]
-    <t>Duffin</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1117,51 +1051,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L148"/>
+  <dimension ref="A1:L130"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
     <col min="9" max="9" width="10" customWidth="true" style="0"/>
     <col min="10" max="10" width="10" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -1193,5059 +1127,3277 @@
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:12">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2">
         <v>6</v>
       </c>
       <c r="F2">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="H2">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I2">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:12">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>16</v>
       </c>
       <c r="E3">
         <v>6</v>
       </c>
       <c r="F3">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="G3">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="I3">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="L3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:12">
       <c r="A4">
         <v>4</v>
       </c>
       <c r="B4">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4">
         <v>6</v>
       </c>
       <c r="F4">
-        <v>19</v>
-[...14 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:12">
       <c r="A5">
         <v>15</v>
       </c>
       <c r="B5">
         <v>55</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5">
         <v>6</v>
       </c>
       <c r="F5">
-        <v>11</v>
-[...10 lines deleted...]
-      <c r="K5">
         <v>1</v>
       </c>
       <c r="L5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6">
         <v>18</v>
       </c>
       <c r="B6">
         <v>75</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6">
         <v>6</v>
       </c>
       <c r="F6">
-        <v>15</v>
-[...10 lines deleted...]
-      <c r="K6">
         <v>1</v>
       </c>
       <c r="L6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B7">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="C7" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E7">
         <v>5</v>
       </c>
-      <c r="F7">
-[...1 lines deleted...]
-      </c>
       <c r="L7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B8">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E8">
         <v>5</v>
       </c>
       <c r="F8">
-        <v>9</v>
-[...13 lines deleted...]
-      <c r="K8">
         <v>1</v>
       </c>
       <c r="L8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B9">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E9">
         <v>5</v>
       </c>
       <c r="F9">
-        <v>6</v>
-[...4 lines deleted...]
-      <c r="I9">
         <v>1</v>
       </c>
       <c r="L9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B10">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E10">
         <v>5</v>
       </c>
       <c r="F10">
-        <v>18</v>
-[...14 lines deleted...]
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="L10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="B11">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E11">
         <v>5</v>
       </c>
       <c r="F11">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="G11">
         <v>1</v>
       </c>
       <c r="H11">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I11">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="L11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="B12">
-        <v>91</v>
+        <v>52</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E12">
         <v>5</v>
       </c>
       <c r="F12">
-        <v>5</v>
-[...8 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L12" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="B13">
-        <v>22</v>
+        <v>95</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E13">
         <v>5</v>
       </c>
       <c r="F13">
-        <v>17</v>
-[...8 lines deleted...]
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="L13" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="B14">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E14">
-        <v>5</v>
-[...10 lines deleted...]
-      <c r="I14">
         <v>8</v>
       </c>
-      <c r="J14">
-[...4 lines deleted...]
-      </c>
       <c r="L14" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="B15">
-        <v>95</v>
+        <v>20</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
+        <v>42</v>
+      </c>
+      <c r="E15">
+        <v>8</v>
+      </c>
+      <c r="F15">
+        <v>1</v>
+      </c>
+      <c r="G15">
+        <v>1</v>
+      </c>
+      <c r="I15">
+        <v>1</v>
+      </c>
+      <c r="L15" t="s">
         <v>40</v>
-      </c>
-[...19 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B16">
-        <v>44</v>
+        <v>7</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E16">
         <v>8</v>
       </c>
       <c r="F16">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="H16">
+        <v>1</v>
       </c>
       <c r="I16">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L16" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B17">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
       <c r="D17" t="s">
         <v>45</v>
       </c>
       <c r="E17">
         <v>8</v>
       </c>
       <c r="F17">
-        <v>14</v>
-[...10 lines deleted...]
-      <c r="K17">
         <v>1</v>
       </c>
       <c r="L17" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="B18">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="C18" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E18">
         <v>8</v>
       </c>
       <c r="F18">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="H18">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I18">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="L18" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="B19">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E19">
         <v>8</v>
       </c>
       <c r="F19">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>1</v>
+      </c>
+      <c r="G19">
+        <v>1</v>
       </c>
       <c r="I19">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="L19" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="B20">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E20">
         <v>8</v>
       </c>
       <c r="F20">
-        <v>5</v>
-[...8 lines deleted...]
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="L20" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B21">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E21">
         <v>8</v>
       </c>
       <c r="F21">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H21">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="I21">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="L21" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="B22">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="C22" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D22" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E22">
         <v>8</v>
       </c>
       <c r="F22">
         <v>1</v>
       </c>
       <c r="H22">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I22">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L22" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="B23">
-        <v>5</v>
+        <v>54</v>
       </c>
       <c r="C23" t="s">
-        <v>55</v>
+        <v>28</v>
       </c>
       <c r="D23" t="s">
         <v>56</v>
       </c>
       <c r="E23">
         <v>8</v>
       </c>
       <c r="F23">
-        <v>18</v>
-[...7 lines deleted...]
-      <c r="I23">
+        <v>1</v>
+      </c>
+      <c r="J23">
         <v>2</v>
       </c>
-      <c r="J23">
-[...1 lines deleted...]
-      </c>
       <c r="K23">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="L23" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="B24">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C24" t="s">
         <v>57</v>
       </c>
       <c r="D24" t="s">
         <v>58</v>
       </c>
       <c r="E24">
         <v>8</v>
       </c>
       <c r="F24">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G24">
         <v>1</v>
       </c>
       <c r="H24">
+        <v>1</v>
+      </c>
+      <c r="I24">
         <v>2</v>
       </c>
-      <c r="I24">
-        <v>3</v>
+      <c r="J24">
+        <v>2</v>
+      </c>
+      <c r="K24">
+        <v>1</v>
       </c>
       <c r="L24" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="25" spans="1:12">
       <c r="A25">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="B25">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C25" t="s">
         <v>59</v>
       </c>
       <c r="D25" t="s">
         <v>60</v>
       </c>
       <c r="E25">
-        <v>8</v>
-[...7 lines deleted...]
-      <c r="H25">
         <v>7</v>
       </c>
-      <c r="I25">
-[...7 lines deleted...]
-      </c>
       <c r="L25" t="s">
-        <v>43</v>
+        <v>61</v>
       </c>
     </row>
     <row r="26" spans="1:12">
       <c r="A26">
-        <v>79</v>
+        <v>134</v>
       </c>
       <c r="B26">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="C26" t="s">
-        <v>61</v>
+        <v>28</v>
       </c>
       <c r="D26" t="s">
         <v>62</v>
       </c>
       <c r="E26">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F26">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>27</v>
+        <v>1</v>
       </c>
       <c r="L26" t="s">
-        <v>43</v>
+        <v>61</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27">
-        <v>82</v>
+        <v>135</v>
       </c>
       <c r="B27">
-        <v>54</v>
+        <v>5</v>
       </c>
       <c r="C27" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="D27" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E27">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F27">
-        <v>10</v>
-[...13 lines deleted...]
-      <c r="K27">
         <v>1</v>
       </c>
       <c r="L27" t="s">
-        <v>43</v>
+        <v>61</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="A28">
-        <v>83</v>
+        <v>136</v>
       </c>
       <c r="B28">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="C28" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D28" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E28">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F28">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="L28" t="s">
-        <v>43</v>
+        <v>61</v>
       </c>
     </row>
     <row r="29" spans="1:12">
       <c r="A29">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="B29">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="C29" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D29" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E29">
         <v>7</v>
       </c>
       <c r="F29">
-        <v>12</v>
-[...14 lines deleted...]
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="L29" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
     </row>
     <row r="30" spans="1:12">
       <c r="A30">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="B30">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="C30" t="s">
-        <v>29</v>
+        <v>69</v>
       </c>
       <c r="D30" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E30">
         <v>7</v>
       </c>
       <c r="F30">
-        <v>16</v>
-[...8 lines deleted...]
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J30">
         <v>2</v>
       </c>
       <c r="K30">
         <v>1</v>
       </c>
       <c r="L30" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="B31">
-        <v>5</v>
+        <v>77</v>
       </c>
       <c r="C31" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D31" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E31">
         <v>7</v>
       </c>
       <c r="F31">
-        <v>19</v>
-[...8 lines deleted...]
-        <v>7</v>
+        <v>1</v>
+      </c>
+      <c r="J31">
+        <v>2</v>
+      </c>
+      <c r="K31">
+        <v>1</v>
       </c>
       <c r="L31" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="A32">
-        <v>136</v>
+        <v>149</v>
       </c>
       <c r="B32">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="C32" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D32" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E32">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F32">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="G32">
         <v>1</v>
       </c>
-      <c r="H32">
-[...1 lines deleted...]
-      </c>
       <c r="I32">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="L32" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33">
-        <v>137</v>
+        <v>155</v>
       </c>
       <c r="B33">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C33" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D33" t="s">
+        <v>77</v>
+      </c>
+      <c r="E33">
+        <v>4</v>
+      </c>
+      <c r="F33">
+        <v>1</v>
+      </c>
+      <c r="H33">
+        <v>1</v>
+      </c>
+      <c r="I33">
+        <v>1</v>
+      </c>
+      <c r="L33" t="s">
         <v>75</v>
-      </c>
-[...19 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="34" spans="1:12">
       <c r="A34">
-        <v>138</v>
+        <v>156</v>
       </c>
       <c r="B34">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="C34" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D34" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E34">
-        <v>7</v>
-[...17 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L34" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35">
-        <v>139</v>
+        <v>158</v>
       </c>
       <c r="B35">
-        <v>77</v>
+        <v>30</v>
       </c>
       <c r="C35" t="s">
-        <v>78</v>
+        <v>21</v>
       </c>
       <c r="D35" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E35">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F35">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G35">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I35">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="L35" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="A36">
-        <v>149</v>
+        <v>184</v>
       </c>
       <c r="B36">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="C36" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D36" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E36">
         <v>4</v>
       </c>
       <c r="F36">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="G36">
         <v>2</v>
       </c>
       <c r="H36">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I36">
-        <v>6</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L36" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37">
-        <v>155</v>
+        <v>189</v>
       </c>
       <c r="B37">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="C37" t="s">
         <v>83</v>
       </c>
       <c r="D37" t="s">
         <v>84</v>
       </c>
       <c r="E37">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="F37">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H37">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="I37">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="J37">
         <v>2</v>
       </c>
       <c r="K37">
         <v>1</v>
       </c>
       <c r="L37" t="s">
-        <v>82</v>
+        <v>40</v>
       </c>
     </row>
     <row r="38" spans="1:12">
       <c r="A38">
-        <v>156</v>
+        <v>192</v>
       </c>
       <c r="B38">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C38" t="s">
         <v>85</v>
       </c>
       <c r="D38" t="s">
         <v>86</v>
       </c>
       <c r="E38">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="F38">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="L38" t="s">
-        <v>82</v>
+        <v>40</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39">
-        <v>158</v>
+        <v>204</v>
       </c>
       <c r="B39">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="C39" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="D39" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E39">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F39">
-        <v>14</v>
-[...14 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L39" t="s">
-        <v>82</v>
+        <v>61</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40">
-        <v>184</v>
+        <v>216</v>
       </c>
       <c r="B40">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="C40" t="s">
-        <v>88</v>
+        <v>26</v>
       </c>
       <c r="D40" t="s">
         <v>89</v>
       </c>
       <c r="E40">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="F40">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="G40">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I40">
-        <v>11</v>
-[...4 lines deleted...]
-      <c r="K40">
         <v>1</v>
       </c>
       <c r="L40" t="s">
-        <v>82</v>
+        <v>40</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41">
-        <v>189</v>
+        <v>237</v>
       </c>
       <c r="B41">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="C41" t="s">
         <v>90</v>
       </c>
       <c r="D41" t="s">
         <v>91</v>
       </c>
       <c r="E41">
         <v>8</v>
       </c>
-      <c r="F41">
-[...16 lines deleted...]
-      </c>
       <c r="L41" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42">
-        <v>192</v>
+        <v>243</v>
       </c>
       <c r="B42">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="C42" t="s">
         <v>92</v>
       </c>
       <c r="D42" t="s">
         <v>93</v>
       </c>
       <c r="E42">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="F42">
-        <v>12</v>
-[...14 lines deleted...]
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="L42" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43">
-        <v>204</v>
+        <v>275</v>
       </c>
       <c r="B43">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="C43" t="s">
         <v>94</v>
       </c>
       <c r="D43" t="s">
         <v>95</v>
       </c>
       <c r="E43">
-        <v>7</v>
-[...8 lines deleted...]
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="L43" t="s">
-        <v>68</v>
+        <v>40</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44">
-        <v>216</v>
+        <v>342</v>
       </c>
       <c r="B44">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="C44" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="D44" t="s">
         <v>96</v>
       </c>
       <c r="E44">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="F44">
-        <v>18</v>
-[...13 lines deleted...]
-      <c r="K44">
         <v>1</v>
       </c>
       <c r="L44" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45">
-        <v>237</v>
+        <v>366</v>
       </c>
       <c r="B45">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="C45" t="s">
         <v>97</v>
       </c>
       <c r="D45" t="s">
         <v>98</v>
       </c>
       <c r="E45">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F45">
-        <v>7</v>
-[...8 lines deleted...]
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="L45" t="s">
-        <v>43</v>
+        <v>75</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46">
-        <v>243</v>
+        <v>380</v>
       </c>
       <c r="B46">
-        <v>4</v>
+        <v>44</v>
       </c>
       <c r="C46" t="s">
         <v>99</v>
       </c>
       <c r="D46" t="s">
         <v>100</v>
       </c>
       <c r="E46">
-        <v>5</v>
-[...17 lines deleted...]
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="L46" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47">
-        <v>275</v>
+        <v>389</v>
       </c>
       <c r="B47">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C47" t="s">
         <v>101</v>
       </c>
       <c r="D47" t="s">
         <v>102</v>
       </c>
       <c r="E47">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F47">
-        <v>6</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L47" t="s">
-        <v>43</v>
+        <v>61</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48">
-        <v>342</v>
+        <v>390</v>
       </c>
       <c r="B48">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="C48" t="s">
-        <v>41</v>
+        <v>103</v>
       </c>
       <c r="D48" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E48">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="F48">
-        <v>16</v>
-[...8 lines deleted...]
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="L48" t="s">
-        <v>24</v>
+        <v>105</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49">
-        <v>350</v>
+        <v>391</v>
       </c>
       <c r="B49">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C49" t="s">
-        <v>61</v>
+        <v>106</v>
       </c>
       <c r="D49" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="E49">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="F49">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L49" t="s">
-        <v>24</v>
+        <v>105</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50">
-        <v>366</v>
+        <v>393</v>
       </c>
       <c r="B50">
-        <v>16</v>
+        <v>96</v>
       </c>
       <c r="C50" t="s">
+        <v>15</v>
+      </c>
+      <c r="D50" t="s">
+        <v>108</v>
+      </c>
+      <c r="E50">
+        <v>11</v>
+      </c>
+      <c r="F50">
+        <v>1</v>
+      </c>
+      <c r="L50" t="s">
         <v>105</v>
-      </c>
-[...25 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51">
-        <v>380</v>
+        <v>395</v>
       </c>
       <c r="B51">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="C51" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D51" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="E51">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="F51">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="L51" t="s">
-        <v>14</v>
+        <v>105</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="B52">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="C52" t="s">
-        <v>109</v>
+        <v>52</v>
       </c>
       <c r="D52" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E52">
-        <v>7</v>
-[...17 lines deleted...]
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="L52" t="s">
-        <v>68</v>
+        <v>105</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="B53">
-        <v>33</v>
+        <v>88</v>
       </c>
       <c r="C53" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D53" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E53">
         <v>11</v>
       </c>
       <c r="F53">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="J53">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="K53">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="L53" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54">
-        <v>391</v>
+        <v>399</v>
       </c>
       <c r="B54">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="C54" t="s">
         <v>114</v>
       </c>
       <c r="D54" t="s">
         <v>115</v>
       </c>
       <c r="E54">
         <v>11</v>
       </c>
       <c r="F54">
-        <v>17</v>
-[...11 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L54" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55">
-        <v>393</v>
+        <v>414</v>
       </c>
       <c r="B55">
-        <v>96</v>
+        <v>7</v>
       </c>
       <c r="C55" t="s">
-        <v>15</v>
+        <v>116</v>
       </c>
       <c r="D55" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E55">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F55">
-        <v>19</v>
-[...13 lines deleted...]
-      <c r="K55">
         <v>1</v>
       </c>
       <c r="L55" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56">
-        <v>395</v>
+        <v>416</v>
       </c>
       <c r="B56">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D56" t="s">
+        <v>120</v>
+      </c>
+      <c r="E56">
+        <v>12</v>
+      </c>
+      <c r="F56">
+        <v>1</v>
+      </c>
+      <c r="G56">
+        <v>1</v>
+      </c>
+      <c r="I56">
+        <v>1</v>
+      </c>
+      <c r="L56" t="s">
         <v>118</v>
-      </c>
-[...22 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57">
-        <v>396</v>
+        <v>417</v>
       </c>
       <c r="B57">
-        <v>45</v>
+        <v>10</v>
       </c>
       <c r="C57" t="s">
-        <v>59</v>
+        <v>121</v>
       </c>
       <c r="D57" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="E57">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F57">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="G57">
         <v>1</v>
       </c>
       <c r="H57">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I57">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="L57" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58">
-        <v>398</v>
+        <v>420</v>
       </c>
       <c r="B58">
-        <v>88</v>
+        <v>25</v>
       </c>
       <c r="C58" t="s">
-        <v>120</v>
+        <v>32</v>
       </c>
       <c r="D58" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="E58">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F58">
-        <v>15</v>
-[...14 lines deleted...]
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="L58" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59">
-        <v>399</v>
+        <v>421</v>
       </c>
       <c r="B59">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C59" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D59" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="E59">
-        <v>11</v>
-[...11 lines deleted...]
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="L59" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60">
-        <v>414</v>
+        <v>422</v>
       </c>
       <c r="B60">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="C60" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D60" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="E60">
         <v>12</v>
       </c>
       <c r="F60">
-        <v>17</v>
-[...13 lines deleted...]
-      <c r="K60">
         <v>1</v>
       </c>
       <c r="L60" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61">
-        <v>416</v>
+        <v>423</v>
       </c>
       <c r="B61">
-        <v>9</v>
+        <v>91</v>
       </c>
       <c r="C61" t="s">
-        <v>104</v>
+        <v>128</v>
       </c>
       <c r="D61" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="E61">
         <v>12</v>
       </c>
       <c r="F61">
-        <v>16</v>
-[...14 lines deleted...]
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="L61" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62">
-        <v>417</v>
+        <v>426</v>
       </c>
       <c r="B62">
-        <v>10</v>
+        <v>91</v>
       </c>
       <c r="C62" t="s">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="D62" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E62">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F62">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="G62">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="H62">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I62">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="J62">
         <v>2</v>
       </c>
-      <c r="K62">
-[...1 lines deleted...]
-      </c>
       <c r="L62" t="s">
-        <v>126</v>
+        <v>14</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="B63">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C63" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D63" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E63">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F63">
-        <v>4</v>
-[...10 lines deleted...]
-      <c r="K63">
         <v>1</v>
       </c>
       <c r="L63" t="s">
-        <v>126</v>
+        <v>105</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64">
-        <v>420</v>
+        <v>431</v>
       </c>
       <c r="B64">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="C64" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D64" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E64">
         <v>12</v>
       </c>
       <c r="F64">
-        <v>15</v>
-[...13 lines deleted...]
-      <c r="K64">
         <v>1</v>
       </c>
       <c r="L64" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65">
-        <v>421</v>
+        <v>435</v>
       </c>
       <c r="B65">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C65" t="s">
-        <v>133</v>
+        <v>99</v>
       </c>
       <c r="D65" t="s">
         <v>134</v>
       </c>
       <c r="E65">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F65">
-        <v>7</v>
-[...10 lines deleted...]
-      <c r="K65">
         <v>1</v>
       </c>
       <c r="L65" t="s">
-        <v>126</v>
+        <v>105</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66">
-        <v>422</v>
+        <v>454</v>
       </c>
       <c r="B66">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C66" t="s">
         <v>135</v>
       </c>
       <c r="D66" t="s">
         <v>136</v>
       </c>
       <c r="E66">
         <v>12</v>
       </c>
       <c r="F66">
-        <v>10</v>
-[...10 lines deleted...]
-      <c r="K66">
         <v>1</v>
       </c>
       <c r="L66" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67">
-        <v>423</v>
+        <v>457</v>
       </c>
       <c r="B67">
-        <v>91</v>
+        <v>15</v>
       </c>
       <c r="C67" t="s">
+        <v>106</v>
+      </c>
+      <c r="D67" t="s">
         <v>137</v>
       </c>
-      <c r="D67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E67">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="F67">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="G67">
         <v>1</v>
       </c>
       <c r="H67">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I67">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="L67" t="s">
-        <v>126</v>
+        <v>25</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68">
-        <v>426</v>
+        <v>460</v>
       </c>
       <c r="B68">
-        <v>91</v>
+        <v>2</v>
       </c>
       <c r="C68" t="s">
-        <v>15</v>
+        <v>138</v>
       </c>
       <c r="D68" t="s">
         <v>139</v>
       </c>
       <c r="E68">
-        <v>6</v>
-[...11 lines deleted...]
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="L68" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69">
-        <v>428</v>
+        <v>462</v>
       </c>
       <c r="B69">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="C69" t="s">
         <v>140</v>
       </c>
       <c r="D69" t="s">
         <v>141</v>
       </c>
       <c r="E69">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="F69">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="G69">
-        <v>27</v>
+        <v>1</v>
       </c>
       <c r="H69">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="I69">
-        <v>49</v>
+        <v>3</v>
       </c>
       <c r="J69">
         <v>2</v>
       </c>
       <c r="K69">
         <v>1</v>
       </c>
       <c r="L69" t="s">
-        <v>113</v>
+        <v>75</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70">
-        <v>431</v>
+        <v>463</v>
       </c>
       <c r="B70">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C70" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="D70" t="s">
         <v>142</v>
       </c>
       <c r="E70">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="F70">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="L70" t="s">
-        <v>126</v>
+        <v>75</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71">
-        <v>435</v>
+        <v>509</v>
       </c>
       <c r="B71">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="C71" t="s">
-        <v>107</v>
+        <v>21</v>
       </c>
       <c r="D71" t="s">
         <v>143</v>
       </c>
       <c r="E71">
-        <v>11</v>
-[...17 lines deleted...]
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L71" t="s">
-        <v>113</v>
+        <v>75</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72">
-        <v>454</v>
+        <v>511</v>
       </c>
       <c r="B72">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C72" t="s">
         <v>144</v>
       </c>
       <c r="D72" t="s">
         <v>145</v>
       </c>
       <c r="E72">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="G72">
         <v>7</v>
       </c>
-      <c r="H72">
-[...4 lines deleted...]
-      </c>
       <c r="L72" t="s">
-        <v>126</v>
+        <v>61</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73">
-        <v>457</v>
+        <v>513</v>
       </c>
       <c r="B73">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="C73" t="s">
-        <v>114</v>
+        <v>146</v>
       </c>
       <c r="D73" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E73">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="F73">
-        <v>14</v>
-[...14 lines deleted...]
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="L73" t="s">
-        <v>24</v>
+        <v>105</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74">
-        <v>460</v>
+        <v>517</v>
       </c>
       <c r="B74">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="C74" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D74" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E74">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F74">
-        <v>13</v>
-[...14 lines deleted...]
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="L74" t="s">
-        <v>82</v>
+        <v>14</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75">
-        <v>462</v>
+        <v>536</v>
       </c>
       <c r="B75">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="C75" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D75" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E75">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="F75">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H75">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I75">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="K75">
         <v>1</v>
       </c>
       <c r="L75" t="s">
-        <v>82</v>
+        <v>118</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76">
-        <v>463</v>
+        <v>539</v>
       </c>
       <c r="B76">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="C76" t="s">
-        <v>83</v>
+        <v>140</v>
       </c>
       <c r="D76" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E76">
         <v>4</v>
       </c>
       <c r="F76">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="G76">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="H76">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="I76">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="L76" t="s">
-        <v>82</v>
+        <v>75</v>
       </c>
     </row>
     <row r="77" spans="1:12">
       <c r="A77">
-        <v>509</v>
+        <v>544</v>
       </c>
       <c r="B77">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="C77" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="D77" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E77">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F77">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="G77">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H77">
+        <v>1</v>
+      </c>
+      <c r="I77">
         <v>2</v>
       </c>
-      <c r="I77">
-[...1 lines deleted...]
-      </c>
       <c r="L77" t="s">
-        <v>82</v>
+        <v>25</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78">
-        <v>511</v>
+        <v>546</v>
       </c>
       <c r="B78">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="C78" t="s">
-        <v>153</v>
+        <v>67</v>
       </c>
       <c r="D78" t="s">
         <v>154</v>
       </c>
       <c r="E78">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="F78">
-        <v>13</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J78">
         <v>2</v>
       </c>
       <c r="K78">
         <v>1</v>
       </c>
       <c r="L78" t="s">
-        <v>68</v>
+        <v>118</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79">
-        <v>513</v>
+        <v>559</v>
       </c>
       <c r="B79">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C79" t="s">
+        <v>38</v>
+      </c>
+      <c r="D79" t="s">
         <v>155</v>
       </c>
-      <c r="D79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E79">
-        <v>11</v>
-[...17 lines deleted...]
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L79" t="s">
-        <v>113</v>
+        <v>75</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80">
-        <v>517</v>
+        <v>568</v>
       </c>
       <c r="B80">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C80" t="s">
+        <v>156</v>
+      </c>
+      <c r="D80" t="s">
         <v>157</v>
       </c>
-      <c r="D80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E80">
-        <v>6</v>
-[...17 lines deleted...]
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L80" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="81" spans="1:12">
       <c r="A81">
-        <v>536</v>
+        <v>584</v>
       </c>
       <c r="B81">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="C81" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="D81" t="s">
-        <v>160</v>
+        <v>143</v>
       </c>
       <c r="E81">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="F81">
-        <v>8</v>
-[...13 lines deleted...]
-      <c r="K81">
         <v>1</v>
       </c>
       <c r="L81" t="s">
-        <v>126</v>
+        <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:12">
       <c r="A82">
-        <v>539</v>
+        <v>593</v>
       </c>
       <c r="B82">
-        <v>40</v>
+        <v>4</v>
       </c>
       <c r="C82" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="D82" t="s">
+        <v>160</v>
+      </c>
+      <c r="E82">
+        <v>16</v>
+      </c>
+      <c r="F82">
+        <v>1</v>
+      </c>
+      <c r="J82">
+        <v>4</v>
+      </c>
+      <c r="K82">
+        <v>1</v>
+      </c>
+      <c r="L82" t="s">
         <v>161</v>
-      </c>
-[...22 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83">
-        <v>544</v>
+        <v>594</v>
       </c>
       <c r="B83">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="C83" t="s">
-        <v>15</v>
+        <v>162</v>
       </c>
       <c r="D83" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E83">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="F83">
-        <v>15</v>
-[...14 lines deleted...]
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="L83" t="s">
-        <v>24</v>
+        <v>161</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84">
-        <v>546</v>
+        <v>595</v>
       </c>
       <c r="B84">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C84" t="s">
-        <v>74</v>
+        <v>164</v>
       </c>
       <c r="D84" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="E84">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F84">
-        <v>10</v>
-[...14 lines deleted...]
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="L84" t="s">
-        <v>126</v>
+        <v>161</v>
       </c>
     </row>
     <row r="85" spans="1:12">
       <c r="A85">
-        <v>559</v>
+        <v>596</v>
       </c>
       <c r="B85">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>41</v>
+        <v>166</v>
       </c>
       <c r="D85" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="E85">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="F85">
-        <v>13</v>
-[...14 lines deleted...]
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="L85" t="s">
-        <v>82</v>
+        <v>161</v>
       </c>
     </row>
     <row r="86" spans="1:12">
       <c r="A86">
-        <v>568</v>
+        <v>598</v>
       </c>
       <c r="B86">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="C86" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="D86" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="E86">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="F86">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="G86">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H86">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I86">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="J86">
         <v>2</v>
       </c>
-      <c r="K86">
-[...1 lines deleted...]
-      </c>
       <c r="L86" t="s">
-        <v>24</v>
+        <v>161</v>
       </c>
     </row>
     <row r="87" spans="1:12">
       <c r="A87">
-        <v>584</v>
+        <v>600</v>
       </c>
       <c r="B87">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="C87" t="s">
-        <v>167</v>
+        <v>15</v>
       </c>
       <c r="D87" t="s">
-        <v>152</v>
+        <v>170</v>
       </c>
       <c r="E87">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="F87">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="K87">
+        <v>1</v>
+      </c>
+      <c r="G87">
+        <v>1</v>
+      </c>
+      <c r="H87">
+        <v>1</v>
+      </c>
+      <c r="I87">
         <v>2</v>
       </c>
       <c r="L87" t="s">
-        <v>24</v>
+        <v>161</v>
       </c>
     </row>
     <row r="88" spans="1:12">
       <c r="A88">
-        <v>593</v>
+        <v>602</v>
       </c>
       <c r="B88">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="C88" t="s">
-        <v>168</v>
+        <v>67</v>
       </c>
       <c r="D88" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="E88">
         <v>16</v>
       </c>
       <c r="F88">
-        <v>13</v>
-[...14 lines deleted...]
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="L88" t="s">
-        <v>170</v>
+        <v>161</v>
       </c>
     </row>
     <row r="89" spans="1:12">
       <c r="A89">
-        <v>594</v>
+        <v>604</v>
       </c>
       <c r="B89">
-        <v>6</v>
+        <v>66</v>
       </c>
       <c r="C89" t="s">
-        <v>171</v>
+        <v>26</v>
       </c>
       <c r="D89" t="s">
         <v>172</v>
       </c>
       <c r="E89">
         <v>16</v>
       </c>
       <c r="F89">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="G89">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="I89">
-        <v>19</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="L89" t="s">
-        <v>170</v>
+        <v>161</v>
       </c>
     </row>
     <row r="90" spans="1:12">
       <c r="A90">
-        <v>595</v>
+        <v>606</v>
       </c>
       <c r="B90">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="C90" t="s">
-        <v>49</v>
+        <v>126</v>
       </c>
       <c r="D90" t="s">
         <v>173</v>
       </c>
       <c r="E90">
         <v>16</v>
       </c>
       <c r="F90">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="J90">
         <v>4</v>
       </c>
       <c r="K90">
         <v>2</v>
       </c>
       <c r="L90" t="s">
-        <v>170</v>
+        <v>161</v>
       </c>
     </row>
     <row r="91" spans="1:12">
       <c r="A91">
-        <v>596</v>
+        <v>608</v>
       </c>
       <c r="B91">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C91" t="s">
+        <v>112</v>
+      </c>
+      <c r="D91" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="E91">
         <v>16</v>
       </c>
-      <c r="F91">
-[...13 lines deleted...]
-      </c>
       <c r="L91" t="s">
-        <v>170</v>
+        <v>161</v>
       </c>
     </row>
     <row r="92" spans="1:12">
       <c r="A92">
-        <v>598</v>
+        <v>613</v>
       </c>
       <c r="B92">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="C92" t="s">
+        <v>175</v>
+      </c>
+      <c r="D92" t="s">
         <v>176</v>
       </c>
-      <c r="D92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E92">
-        <v>16</v>
-[...7 lines deleted...]
-      <c r="H92">
+        <v>6</v>
+      </c>
+      <c r="L92" t="s">
         <v>14</v>
-      </c>
-[...10 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="93" spans="1:12">
       <c r="A93">
-        <v>600</v>
+        <v>614</v>
       </c>
       <c r="B93">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="C93" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="D93" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="E93">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F93">
-        <v>17</v>
-[...8 lines deleted...]
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="J93">
+        <v>4</v>
+      </c>
+      <c r="K93">
         <v>2</v>
       </c>
-      <c r="K93">
-[...1 lines deleted...]
-      </c>
       <c r="L93" t="s">
-        <v>170</v>
+        <v>118</v>
       </c>
     </row>
     <row r="94" spans="1:12">
       <c r="A94">
-        <v>602</v>
+        <v>615</v>
       </c>
       <c r="B94">
-        <v>24</v>
+        <v>99</v>
       </c>
       <c r="C94" t="s">
-        <v>74</v>
+        <v>178</v>
       </c>
       <c r="D94" t="s">
         <v>179</v>
       </c>
       <c r="E94">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F94">
-        <v>10</v>
-[...13 lines deleted...]
-      <c r="K94">
         <v>1</v>
       </c>
       <c r="L94" t="s">
-        <v>170</v>
+        <v>118</v>
       </c>
     </row>
     <row r="95" spans="1:12">
       <c r="A95">
-        <v>604</v>
+        <v>618</v>
       </c>
       <c r="B95">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="C95" t="s">
-        <v>27</v>
+        <v>164</v>
       </c>
       <c r="D95" t="s">
         <v>180</v>
       </c>
       <c r="E95">
-        <v>16</v>
-[...17 lines deleted...]
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="L95" t="s">
-        <v>170</v>
+        <v>105</v>
       </c>
     </row>
     <row r="96" spans="1:12">
       <c r="A96">
-        <v>605</v>
+        <v>622</v>
       </c>
       <c r="B96">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C96" t="s">
-        <v>33</v>
+        <v>181</v>
       </c>
       <c r="D96" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E96">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="L96" t="s">
-        <v>170</v>
+        <v>118</v>
       </c>
     </row>
     <row r="97" spans="1:12">
       <c r="A97">
-        <v>606</v>
+        <v>628</v>
       </c>
       <c r="B97">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C97" t="s">
-        <v>135</v>
+        <v>156</v>
       </c>
       <c r="D97" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E97">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="F97">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="G97">
+        <v>1</v>
+      </c>
+      <c r="J97">
         <v>2</v>
       </c>
-      <c r="H97">
-[...7 lines deleted...]
-      </c>
       <c r="K97">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="L97" t="s">
-        <v>170</v>
+        <v>61</v>
       </c>
     </row>
     <row r="98" spans="1:12">
       <c r="A98">
-        <v>608</v>
+        <v>631</v>
       </c>
       <c r="B98">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C98" t="s">
-        <v>120</v>
+        <v>184</v>
       </c>
       <c r="D98" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E98">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="F98">
-        <v>16</v>
-[...8 lines deleted...]
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="J98">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="K98">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="L98" t="s">
-        <v>170</v>
+        <v>105</v>
       </c>
     </row>
     <row r="99" spans="1:12">
       <c r="A99">
-        <v>613</v>
+        <v>633</v>
       </c>
       <c r="B99">
-        <v>62</v>
+        <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D99" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="E99">
-        <v>6</v>
-[...14 lines deleted...]
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="L99" t="s">
-        <v>14</v>
+        <v>105</v>
       </c>
     </row>
     <row r="100" spans="1:12">
       <c r="A100">
-        <v>614</v>
+        <v>639</v>
       </c>
       <c r="B100">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C100" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="D100" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E100">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="F100">
-        <v>9</v>
-[...14 lines deleted...]
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="L100" t="s">
-        <v>126</v>
+        <v>25</v>
       </c>
     </row>
     <row r="101" spans="1:12">
       <c r="A101">
-        <v>615</v>
+        <v>672</v>
       </c>
       <c r="B101">
-        <v>99</v>
+        <v>12</v>
       </c>
       <c r="C101" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D101" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E101">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="F101">
-        <v>17</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="J101">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="K101">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="L101" t="s">
-        <v>126</v>
+        <v>75</v>
       </c>
     </row>
     <row r="102" spans="1:12">
       <c r="A102">
-        <v>618</v>
+        <v>675</v>
       </c>
       <c r="B102">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="C102" t="s">
-        <v>49</v>
+        <v>140</v>
       </c>
       <c r="D102" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="E102">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F102">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="H102">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="I102">
-        <v>21</v>
-[...4 lines deleted...]
-      <c r="K102">
         <v>1</v>
       </c>
       <c r="L102" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
     </row>
     <row r="103" spans="1:12">
       <c r="A103">
-        <v>622</v>
+        <v>676</v>
       </c>
       <c r="B103">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="C103" t="s">
-        <v>190</v>
+        <v>121</v>
       </c>
       <c r="D103" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E103">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F103">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="G103">
+        <v>1</v>
+      </c>
+      <c r="H103">
         <v>2</v>
       </c>
-      <c r="H103">
-[...1 lines deleted...]
-      </c>
       <c r="I103">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="J103">
         <v>2</v>
       </c>
-      <c r="K103">
-[...1 lines deleted...]
-      </c>
       <c r="L103" t="s">
-        <v>126</v>
+        <v>161</v>
       </c>
     </row>
     <row r="104" spans="1:12">
       <c r="A104">
-        <v>628</v>
+        <v>677</v>
       </c>
       <c r="B104">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C104" t="s">
-        <v>165</v>
+        <v>59</v>
       </c>
       <c r="D104" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E104">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="F104">
-        <v>18</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>1</v>
+      </c>
+      <c r="J104">
+        <v>2</v>
+      </c>
+      <c r="K104">
+        <v>1</v>
       </c>
       <c r="L104" t="s">
-        <v>68</v>
+        <v>161</v>
       </c>
     </row>
     <row r="105" spans="1:12">
       <c r="A105">
-        <v>631</v>
+        <v>679</v>
       </c>
       <c r="B105">
         <v>11</v>
       </c>
       <c r="C105" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D105" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E105">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F105">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="G105">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="I105">
-        <v>45</v>
+        <v>1</v>
       </c>
       <c r="J105">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K105">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L105" t="s">
-        <v>113</v>
+        <v>161</v>
       </c>
     </row>
     <row r="106" spans="1:12">
       <c r="A106">
-        <v>633</v>
+        <v>680</v>
       </c>
       <c r="B106">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C106" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D106" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E106">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="F106">
+        <v>1</v>
+      </c>
+      <c r="H106">
+        <v>1</v>
+      </c>
+      <c r="I106">
+        <v>1</v>
+      </c>
+      <c r="L106" t="s">
         <v>14</v>
-      </c>
-[...16 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="107" spans="1:12">
       <c r="A107">
-        <v>635</v>
+        <v>681</v>
+      </c>
+      <c r="B107">
+        <v>77</v>
       </c>
       <c r="C107" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D107" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E107">
-        <v>12</v>
+        <v>6</v>
+      </c>
+      <c r="F107">
+        <v>1</v>
       </c>
       <c r="L107" t="s">
-        <v>126</v>
+        <v>14</v>
       </c>
     </row>
     <row r="108" spans="1:12">
       <c r="A108">
-        <v>639</v>
+        <v>682</v>
       </c>
       <c r="B108">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="C108" t="s">
-        <v>12</v>
+        <v>200</v>
       </c>
       <c r="D108" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="E108">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F108">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="G108">
         <v>1</v>
       </c>
-      <c r="H108">
-[...1 lines deleted...]
-      </c>
       <c r="I108">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="L108" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
     </row>
     <row r="109" spans="1:12">
       <c r="A109">
-        <v>655</v>
+        <v>683</v>
       </c>
       <c r="B109">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C109" t="s">
-        <v>53</v>
+        <v>131</v>
       </c>
       <c r="D109" t="s">
-        <v>35</v>
+        <v>202</v>
       </c>
       <c r="E109">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F109">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L109" t="s">
-        <v>126</v>
+        <v>105</v>
       </c>
     </row>
     <row r="110" spans="1:12">
       <c r="A110">
-        <v>658</v>
+        <v>686</v>
       </c>
       <c r="B110">
-        <v>35</v>
+        <v>4</v>
       </c>
       <c r="C110" t="s">
-        <v>200</v>
+        <v>87</v>
       </c>
       <c r="D110" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="E110">
         <v>8</v>
       </c>
-      <c r="F110">
-[...7 lines deleted...]
-      </c>
       <c r="L110" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
     </row>
     <row r="111" spans="1:12">
       <c r="A111">
-        <v>660</v>
+        <v>687</v>
       </c>
       <c r="B111">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="C111" t="s">
-        <v>202</v>
+        <v>36</v>
       </c>
       <c r="D111" t="s">
-        <v>203</v>
+        <v>31</v>
       </c>
       <c r="E111">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="F111">
         <v>1</v>
       </c>
-      <c r="G111">
+      <c r="J111">
         <v>2</v>
       </c>
-      <c r="H111">
-[...3 lines deleted...]
-        <v>3</v>
+      <c r="K111">
+        <v>1</v>
       </c>
       <c r="L111" t="s">
-        <v>126</v>
+        <v>25</v>
       </c>
     </row>
     <row r="112" spans="1:12">
       <c r="A112">
-        <v>672</v>
+        <v>689</v>
       </c>
       <c r="B112">
-        <v>12</v>
+        <v>67</v>
       </c>
       <c r="C112" t="s">
         <v>204</v>
       </c>
       <c r="D112" t="s">
         <v>205</v>
       </c>
       <c r="E112">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F112">
-        <v>15</v>
-[...14 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L112" t="s">
-        <v>82</v>
+        <v>14</v>
       </c>
     </row>
     <row r="113" spans="1:12">
       <c r="A113">
-        <v>675</v>
+        <v>695</v>
       </c>
       <c r="B113">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C113" t="s">
-        <v>149</v>
+        <v>15</v>
       </c>
       <c r="D113" t="s">
         <v>206</v>
       </c>
       <c r="E113">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="F113">
-        <v>14</v>
-[...13 lines deleted...]
-      <c r="K113">
         <v>1</v>
       </c>
       <c r="L113" t="s">
-        <v>170</v>
+        <v>61</v>
       </c>
     </row>
     <row r="114" spans="1:12">
       <c r="A114">
-        <v>676</v>
+        <v>707</v>
       </c>
       <c r="B114">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C114" t="s">
-        <v>128</v>
+        <v>207</v>
       </c>
       <c r="D114" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="E114">
-        <v>16</v>
-[...17 lines deleted...]
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="L114" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
     </row>
     <row r="115" spans="1:12">
       <c r="A115">
-        <v>677</v>
+        <v>708</v>
       </c>
       <c r="B115">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="C115" t="s">
-        <v>66</v>
+        <v>51</v>
       </c>
       <c r="D115" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E115">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="F115">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>1</v>
+      </c>
+      <c r="G115">
+        <v>1</v>
       </c>
       <c r="I115">
-        <v>4</v>
-[...4 lines deleted...]
-      <c r="K115">
         <v>1</v>
       </c>
       <c r="L115" t="s">
-        <v>170</v>
+        <v>25</v>
       </c>
     </row>
     <row r="116" spans="1:12">
       <c r="A116">
-        <v>678</v>
+        <v>720</v>
       </c>
       <c r="B116">
-        <v>88</v>
+        <v>21</v>
       </c>
       <c r="C116" t="s">
-        <v>80</v>
+        <v>210</v>
       </c>
       <c r="D116" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="E116">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="F116">
         <v>1</v>
       </c>
       <c r="L116" t="s">
-        <v>170</v>
+        <v>75</v>
       </c>
     </row>
     <row r="117" spans="1:12">
       <c r="A117">
-        <v>679</v>
+        <v>721</v>
       </c>
       <c r="B117">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C117" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D117" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="E117">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F117">
-        <v>16</v>
-[...14 lines deleted...]
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="L117" t="s">
-        <v>170</v>
+        <v>118</v>
       </c>
     </row>
     <row r="118" spans="1:12">
       <c r="A118">
-        <v>680</v>
+        <v>723</v>
       </c>
       <c r="B118">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C118" t="s">
-        <v>212</v>
+        <v>15</v>
       </c>
       <c r="D118" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E118">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="F118">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="H118">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I118">
-        <v>11</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="L118" t="s">
-        <v>14</v>
+        <v>161</v>
       </c>
     </row>
     <row r="119" spans="1:12">
       <c r="A119">
-        <v>681</v>
+        <v>724</v>
       </c>
       <c r="B119">
-        <v>77</v>
+        <v>3</v>
       </c>
       <c r="C119" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D119" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E119">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F119">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="L119" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
     </row>
     <row r="120" spans="1:12">
       <c r="A120">
-        <v>682</v>
+        <v>725</v>
       </c>
       <c r="B120">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="C120" t="s">
-        <v>216</v>
+        <v>140</v>
       </c>
       <c r="D120" t="s">
-        <v>217</v>
+        <v>193</v>
       </c>
       <c r="E120">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="F120">
-        <v>14</v>
-[...14 lines deleted...]
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="L120" t="s">
-        <v>14</v>
+        <v>161</v>
       </c>
     </row>
     <row r="121" spans="1:12">
       <c r="A121">
-        <v>683</v>
+        <v>727</v>
       </c>
       <c r="B121">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C121" t="s">
+        <v>28</v>
+      </c>
+      <c r="D121" t="s">
         <v>140</v>
       </c>
-      <c r="D121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E121">
-        <v>11</v>
-[...11 lines deleted...]
-        <v>34</v>
+        <v>6</v>
       </c>
       <c r="L121" t="s">
-        <v>113</v>
+        <v>14</v>
       </c>
     </row>
     <row r="122" spans="1:12">
       <c r="A122">
-        <v>686</v>
+        <v>728</v>
       </c>
       <c r="B122">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="C122" t="s">
-        <v>94</v>
+        <v>217</v>
       </c>
       <c r="D122" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="E122">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F122">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="H122">
+        <v>1</v>
+      </c>
+      <c r="I122">
+        <v>1</v>
+      </c>
+      <c r="J122">
         <v>2</v>
       </c>
-      <c r="I122">
-        <v>2</v>
+      <c r="K122">
+        <v>1</v>
       </c>
       <c r="L122" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
     </row>
     <row r="123" spans="1:12">
       <c r="A123">
-        <v>687</v>
+        <v>729</v>
       </c>
       <c r="B123">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C123" t="s">
-        <v>39</v>
+        <v>219</v>
       </c>
       <c r="D123" t="s">
-        <v>32</v>
+        <v>220</v>
       </c>
       <c r="E123">
-        <v>5</v>
-[...17 lines deleted...]
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="L123" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
     </row>
     <row r="124" spans="1:12">
       <c r="A124">
-        <v>689</v>
+        <v>730</v>
       </c>
       <c r="B124">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="C124" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D124" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E124">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F124">
-        <v>18</v>
-[...14 lines deleted...]
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="L124" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
     </row>
     <row r="125" spans="1:12">
       <c r="A125">
-        <v>695</v>
+        <v>733</v>
       </c>
       <c r="B125">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C125" t="s">
-        <v>15</v>
+        <v>194</v>
       </c>
       <c r="D125" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E125">
         <v>7</v>
       </c>
-      <c r="F125">
-[...7 lines deleted...]
-      </c>
       <c r="L125" t="s">
-        <v>68</v>
+        <v>61</v>
       </c>
     </row>
     <row r="126" spans="1:12">
       <c r="A126">
-        <v>697</v>
+        <v>734</v>
       </c>
       <c r="B126">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C126" t="s">
-        <v>114</v>
+        <v>224</v>
       </c>
       <c r="D126" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="E126">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="L126" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
     </row>
     <row r="127" spans="1:12">
       <c r="A127">
-        <v>707</v>
+        <v>740</v>
       </c>
       <c r="B127">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="C127" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D127" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="E127">
         <v>5</v>
       </c>
       <c r="F127">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="G127">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="H127">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="I127">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="L127" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="128" spans="1:12">
       <c r="A128">
-        <v>708</v>
+        <v>741</v>
       </c>
       <c r="B128">
+        <v>13</v>
+      </c>
+      <c r="C128" t="s">
+        <v>30</v>
+      </c>
+      <c r="D128" t="s">
+        <v>228</v>
+      </c>
+      <c r="E128">
         <v>4</v>
       </c>
-      <c r="C128" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F128">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="G128">
+        <v>1</v>
+      </c>
+      <c r="H128">
         <v>2</v>
       </c>
-      <c r="H128">
-[...1 lines deleted...]
-      </c>
       <c r="I128">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L128" t="s">
-        <v>24</v>
+        <v>75</v>
       </c>
     </row>
     <row r="129" spans="1:12">
       <c r="A129">
-        <v>720</v>
+        <v>742</v>
       </c>
       <c r="B129">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C129" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="D129" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E129">
-        <v>4</v>
-[...14 lines deleted...]
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="L129" t="s">
-        <v>82</v>
+        <v>14</v>
       </c>
     </row>
     <row r="130" spans="1:12">
       <c r="A130">
-        <v>721</v>
+        <v>744</v>
       </c>
       <c r="B130">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C130" t="s">
-        <v>229</v>
+        <v>34</v>
       </c>
       <c r="D130" t="s">
         <v>230</v>
       </c>
       <c r="E130">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="F130">
-        <v>17</v>
-[...14 lines deleted...]
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="L130" t="s">
-        <v>126</v>
-[...566 lines deleted...]
-        <v>24</v>
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">