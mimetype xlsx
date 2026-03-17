--- v5 (2026-02-24)
+++ v6 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Skaters" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="231">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
   <si>
     <t>Player Id</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Team Id</t>
   </si>
   <si>
     <t>Games Played</t>
   </si>
   <si>
     <t>Goals</t>
   </si>
   <si>
     <t>Assists</t>
   </si>
   <si>
@@ -152,50 +152,56 @@
   <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>Marshall</t>
   </si>
   <si>
     <t>Mimico Old Boys</t>
   </si>
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>Stiles</t>
   </si>
   <si>
     <t>Sharpe</t>
   </si>
   <si>
     <t>Mak</t>
   </si>
   <si>
     <t>Vilip</t>
   </si>
   <si>
+    <t>Kevin</t>
+  </si>
+  <si>
+    <t>Johnson</t>
+  </si>
+  <si>
     <t>Terry</t>
   </si>
   <si>
     <t>Durette</t>
   </si>
   <si>
     <t>Ken</t>
   </si>
   <si>
     <t>Graydon</t>
   </si>
   <si>
     <t>Blair</t>
   </si>
   <si>
     <t>Cameron</t>
   </si>
   <si>
     <t>Shawn</t>
   </si>
   <si>
     <t>Hughes</t>
   </si>
   <si>
     <t>James</t>
@@ -504,53 +510,50 @@
     <t>Sherrard</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>Kapshey</t>
   </si>
   <si>
     <t>Bob</t>
   </si>
   <si>
     <t>Greig</t>
   </si>
   <si>
     <t>Love</t>
   </si>
   <si>
     <t>Fireball Dragons</t>
   </si>
   <si>
     <t>Matt</t>
   </si>
   <si>
     <t>Dunlop</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kevin</t>
   </si>
   <si>
     <t>Delano</t>
   </si>
   <si>
     <t>Lorenzo</t>
   </si>
   <si>
     <t>Perozzo</t>
   </si>
   <si>
     <t>Darren</t>
   </si>
   <si>
     <t>Gornall</t>
   </si>
   <si>
     <t>Brady</t>
   </si>
   <si>
     <t>Thomas</t>
   </si>
   <si>
     <t>Britten</t>
   </si>
@@ -1051,51 +1054,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L130"/>
+  <dimension ref="A1:L131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
     <col min="9" max="9" width="10" customWidth="true" style="0"/>
     <col min="10" max="10" width="10" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -1127,3277 +1130,3903 @@
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:12">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2">
         <v>6</v>
       </c>
       <c r="F2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="I2">
         <v>1</v>
+      </c>
+      <c r="J2">
+        <v>14</v>
+      </c>
+      <c r="K2">
+        <v>3</v>
       </c>
       <c r="L2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:12">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>16</v>
       </c>
       <c r="E3">
         <v>6</v>
       </c>
       <c r="F3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="I3">
         <v>1</v>
       </c>
       <c r="L3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:12">
       <c r="A4">
         <v>4</v>
       </c>
       <c r="B4">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4">
         <v>6</v>
       </c>
       <c r="F4">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="J4">
+        <v>4</v>
+      </c>
+      <c r="K4">
+        <v>2</v>
       </c>
       <c r="L4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:12">
       <c r="A5">
         <v>15</v>
       </c>
       <c r="B5">
         <v>55</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5">
         <v>6</v>
       </c>
       <c r="F5">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6">
         <v>18</v>
       </c>
       <c r="B6">
         <v>75</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6">
         <v>6</v>
       </c>
       <c r="F6">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:12">
       <c r="A7">
         <v>45</v>
       </c>
       <c r="B7">
         <v>7</v>
       </c>
       <c r="C7" t="s">
         <v>23</v>
       </c>
       <c r="D7" t="s">
         <v>24</v>
       </c>
       <c r="E7">
         <v>5</v>
       </c>
+      <c r="F7">
+        <v>3</v>
+      </c>
+      <c r="G7">
+        <v>1</v>
+      </c>
+      <c r="H7">
+        <v>2</v>
+      </c>
+      <c r="I7">
+        <v>3</v>
+      </c>
       <c r="L7" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:12">
       <c r="A8">
         <v>46</v>
       </c>
       <c r="B8">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="C8" t="s">
         <v>26</v>
       </c>
       <c r="D8" t="s">
         <v>27</v>
       </c>
       <c r="E8">
         <v>5</v>
       </c>
       <c r="F8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L8" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:12">
       <c r="A9">
         <v>48</v>
       </c>
       <c r="B9">
         <v>10</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
       <c r="D9" t="s">
         <v>29</v>
       </c>
       <c r="E9">
         <v>5</v>
       </c>
       <c r="F9">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="H9">
+        <v>3</v>
+      </c>
+      <c r="I9">
+        <v>3</v>
       </c>
       <c r="L9" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:12">
       <c r="A10">
         <v>50</v>
       </c>
       <c r="B10">
         <v>12</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10" t="s">
         <v>31</v>
       </c>
       <c r="E10">
         <v>5</v>
       </c>
       <c r="F10">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L10" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:12">
       <c r="A11">
         <v>55</v>
       </c>
       <c r="B11">
         <v>22</v>
       </c>
       <c r="C11" t="s">
         <v>32</v>
       </c>
       <c r="D11" t="s">
         <v>33</v>
       </c>
       <c r="E11">
         <v>5</v>
       </c>
       <c r="F11">
+        <v>3</v>
+      </c>
+      <c r="G11">
         <v>1</v>
       </c>
       <c r="H11">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I11">
+        <v>4</v>
+      </c>
+      <c r="J11">
+        <v>2</v>
+      </c>
+      <c r="K11">
         <v>1</v>
       </c>
       <c r="L11" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:12">
       <c r="A12">
         <v>59</v>
       </c>
       <c r="B12">
         <v>52</v>
       </c>
       <c r="C12" t="s">
         <v>34</v>
       </c>
       <c r="D12" t="s">
         <v>35</v>
       </c>
       <c r="E12">
         <v>5</v>
       </c>
       <c r="F12">
+        <v>4</v>
+      </c>
+      <c r="H12">
+        <v>1</v>
+      </c>
+      <c r="I12">
         <v>1</v>
       </c>
       <c r="L12" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:12">
       <c r="A13">
         <v>61</v>
       </c>
       <c r="B13">
         <v>95</v>
       </c>
       <c r="C13" t="s">
         <v>36</v>
       </c>
       <c r="D13" t="s">
         <v>37</v>
       </c>
       <c r="E13">
         <v>5</v>
       </c>
       <c r="F13">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L13" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:12">
       <c r="A14">
         <v>65</v>
       </c>
       <c r="B14">
         <v>44</v>
       </c>
       <c r="C14" t="s">
         <v>38</v>
       </c>
       <c r="D14" t="s">
         <v>39</v>
       </c>
       <c r="E14">
         <v>8</v>
       </c>
+      <c r="F14">
+        <v>2</v>
+      </c>
+      <c r="G14">
+        <v>1</v>
+      </c>
+      <c r="H14">
+        <v>1</v>
+      </c>
+      <c r="I14">
+        <v>2</v>
+      </c>
+      <c r="J14">
+        <v>2</v>
+      </c>
+      <c r="K14">
+        <v>1</v>
+      </c>
       <c r="L14" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:12">
       <c r="A15">
         <v>66</v>
       </c>
       <c r="B15">
         <v>20</v>
       </c>
       <c r="C15" t="s">
         <v>41</v>
       </c>
       <c r="D15" t="s">
         <v>42</v>
       </c>
       <c r="E15">
         <v>8</v>
       </c>
       <c r="F15">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="I15">
         <v>1</v>
       </c>
       <c r="L15" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:12">
       <c r="A16">
         <v>67</v>
       </c>
       <c r="B16">
         <v>7</v>
       </c>
       <c r="C16" t="s">
         <v>28</v>
       </c>
       <c r="D16" t="s">
         <v>43</v>
       </c>
       <c r="E16">
         <v>8</v>
       </c>
       <c r="F16">
+        <v>4</v>
+      </c>
+      <c r="G16">
         <v>1</v>
       </c>
       <c r="H16">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I16">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L16" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:12">
       <c r="A17">
         <v>68</v>
       </c>
       <c r="B17">
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
       <c r="D17" t="s">
         <v>45</v>
       </c>
       <c r="E17">
         <v>8</v>
       </c>
       <c r="F17">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L17" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:12">
       <c r="A18">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B18">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>46</v>
       </c>
       <c r="D18" t="s">
         <v>47</v>
       </c>
       <c r="E18">
         <v>8</v>
       </c>
       <c r="F18">
         <v>1</v>
       </c>
-      <c r="H18">
+      <c r="G18">
         <v>1</v>
       </c>
       <c r="I18">
         <v>1</v>
       </c>
       <c r="L18" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:12">
       <c r="A19">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B19">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C19" t="s">
         <v>48</v>
       </c>
       <c r="D19" t="s">
         <v>49</v>
       </c>
       <c r="E19">
         <v>8</v>
       </c>
       <c r="F19">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G19">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="H19">
+        <v>4</v>
       </c>
       <c r="I19">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="L19" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="20" spans="1:12">
       <c r="A20">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B20">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C20" t="s">
         <v>50</v>
       </c>
       <c r="D20" t="s">
         <v>51</v>
       </c>
       <c r="E20">
         <v>8</v>
       </c>
       <c r="F20">
+        <v>4</v>
+      </c>
+      <c r="G20">
+        <v>1</v>
+      </c>
+      <c r="I20">
+        <v>1</v>
+      </c>
+      <c r="J20">
+        <v>2</v>
+      </c>
+      <c r="K20">
         <v>1</v>
       </c>
       <c r="L20" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:12">
       <c r="A21">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B21">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C21" t="s">
         <v>52</v>
       </c>
       <c r="D21" t="s">
         <v>53</v>
       </c>
       <c r="E21">
         <v>8</v>
       </c>
       <c r="F21">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="H21">
+        <v>2</v>
+      </c>
+      <c r="G21">
         <v>1</v>
       </c>
       <c r="I21">
         <v>1</v>
       </c>
       <c r="L21" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:12">
       <c r="A22">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="B22">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="C22" t="s">
         <v>54</v>
       </c>
       <c r="D22" t="s">
         <v>55</v>
       </c>
       <c r="E22">
         <v>8</v>
       </c>
       <c r="F22">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H22">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I22">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="J22">
+        <v>4</v>
+      </c>
+      <c r="K22">
+        <v>2</v>
       </c>
       <c r="L22" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:12">
       <c r="A23">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="B23">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="C23" t="s">
-        <v>28</v>
+        <v>56</v>
       </c>
       <c r="D23" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E23">
         <v>8</v>
       </c>
       <c r="F23">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="G23">
+        <v>2</v>
+      </c>
+      <c r="H23">
+        <v>5</v>
+      </c>
+      <c r="I23">
+        <v>7</v>
       </c>
       <c r="L23" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="24" spans="1:12">
       <c r="A24">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B24">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="C24" t="s">
-        <v>57</v>
+        <v>28</v>
       </c>
       <c r="D24" t="s">
         <v>58</v>
       </c>
       <c r="E24">
         <v>8</v>
       </c>
       <c r="F24">
-        <v>1</v>
-[...8 lines deleted...]
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J24">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K24">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L24" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="25" spans="1:12">
       <c r="A25">
-        <v>130</v>
+        <v>83</v>
       </c>
       <c r="B25">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C25" t="s">
         <v>59</v>
       </c>
       <c r="D25" t="s">
         <v>60</v>
       </c>
       <c r="E25">
-        <v>7</v>
+        <v>8</v>
+      </c>
+      <c r="F25">
+        <v>3</v>
+      </c>
+      <c r="G25">
+        <v>1</v>
+      </c>
+      <c r="H25">
+        <v>2</v>
+      </c>
+      <c r="I25">
+        <v>3</v>
+      </c>
+      <c r="J25">
+        <v>2</v>
+      </c>
+      <c r="K25">
+        <v>1</v>
       </c>
       <c r="L25" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
     </row>
     <row r="26" spans="1:12">
       <c r="A26">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="B26">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C26" t="s">
-        <v>28</v>
+        <v>61</v>
       </c>
       <c r="D26" t="s">
         <v>62</v>
       </c>
       <c r="E26">
         <v>7</v>
       </c>
       <c r="F26">
         <v>1</v>
       </c>
       <c r="L26" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="27" spans="1:12">
       <c r="A27">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B27">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="C27" t="s">
-        <v>63</v>
+        <v>28</v>
       </c>
       <c r="D27" t="s">
         <v>64</v>
       </c>
       <c r="E27">
         <v>7</v>
       </c>
       <c r="F27">
+        <v>4</v>
+      </c>
+      <c r="H27">
+        <v>1</v>
+      </c>
+      <c r="I27">
         <v>1</v>
       </c>
       <c r="L27" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="28" spans="1:12">
       <c r="A28">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B28">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="C28" t="s">
         <v>65</v>
       </c>
       <c r="D28" t="s">
         <v>66</v>
       </c>
       <c r="E28">
         <v>7</v>
       </c>
       <c r="F28">
+        <v>4</v>
+      </c>
+      <c r="J28">
+        <v>2</v>
+      </c>
+      <c r="K28">
         <v>1</v>
       </c>
       <c r="L28" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="29" spans="1:12">
       <c r="A29">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B29">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C29" t="s">
         <v>67</v>
       </c>
       <c r="D29" t="s">
         <v>68</v>
       </c>
       <c r="E29">
         <v>7</v>
       </c>
       <c r="F29">
+        <v>2</v>
+      </c>
+      <c r="H29">
+        <v>2</v>
+      </c>
+      <c r="I29">
+        <v>2</v>
+      </c>
+      <c r="J29">
+        <v>2</v>
+      </c>
+      <c r="K29">
         <v>1</v>
       </c>
       <c r="L29" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="30" spans="1:12">
       <c r="A30">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B30">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C30" t="s">
         <v>69</v>
       </c>
       <c r="D30" t="s">
         <v>70</v>
       </c>
       <c r="E30">
         <v>7</v>
       </c>
       <c r="F30">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J30">
         <v>2</v>
       </c>
       <c r="K30">
         <v>1</v>
       </c>
       <c r="L30" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="31" spans="1:12">
       <c r="A31">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B31">
-        <v>77</v>
+        <v>22</v>
       </c>
       <c r="C31" t="s">
         <v>71</v>
       </c>
       <c r="D31" t="s">
         <v>72</v>
       </c>
       <c r="E31">
         <v>7</v>
       </c>
       <c r="F31">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J31">
         <v>2</v>
       </c>
       <c r="K31">
         <v>1</v>
       </c>
       <c r="L31" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="32" spans="1:12">
       <c r="A32">
-        <v>149</v>
+        <v>139</v>
       </c>
       <c r="B32">
-        <v>6</v>
+        <v>77</v>
       </c>
       <c r="C32" t="s">
         <v>73</v>
       </c>
       <c r="D32" t="s">
         <v>74</v>
       </c>
       <c r="E32">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F32">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="G32">
+        <v>4</v>
+      </c>
+      <c r="H32">
         <v>1</v>
       </c>
       <c r="I32">
         <v>1</v>
       </c>
+      <c r="J32">
+        <v>20</v>
+      </c>
+      <c r="K32">
+        <v>5</v>
+      </c>
       <c r="L32" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
     </row>
     <row r="33" spans="1:12">
       <c r="A33">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="B33">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="C33" t="s">
+        <v>75</v>
+      </c>
+      <c r="D33" t="s">
         <v>76</v>
       </c>
-      <c r="D33" t="s">
+      <c r="E33">
+        <v>4</v>
+      </c>
+      <c r="F33">
+        <v>2</v>
+      </c>
+      <c r="G33">
+        <v>1</v>
+      </c>
+      <c r="I33">
+        <v>1</v>
+      </c>
+      <c r="L33" t="s">
         <v>77</v>
-      </c>
-[...13 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="34" spans="1:12">
       <c r="A34">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B34">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C34" t="s">
         <v>78</v>
       </c>
       <c r="D34" t="s">
         <v>79</v>
       </c>
       <c r="E34">
         <v>4</v>
       </c>
+      <c r="F34">
+        <v>3</v>
+      </c>
+      <c r="H34">
+        <v>1</v>
+      </c>
+      <c r="I34">
+        <v>1</v>
+      </c>
+      <c r="J34">
+        <v>2</v>
+      </c>
+      <c r="K34">
+        <v>1</v>
+      </c>
       <c r="L34" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="35" spans="1:12">
       <c r="A35">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B35">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="D35" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E35">
         <v>4</v>
       </c>
-      <c r="F35">
-[...7 lines deleted...]
-      </c>
       <c r="L35" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="36" spans="1:12">
       <c r="A36">
-        <v>184</v>
+        <v>158</v>
       </c>
       <c r="B36">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="C36" t="s">
-        <v>81</v>
+        <v>21</v>
       </c>
       <c r="D36" t="s">
         <v>82</v>
       </c>
       <c r="E36">
         <v>4</v>
       </c>
       <c r="F36">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G36">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="H36">
         <v>1</v>
       </c>
       <c r="I36">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="L36" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="37" spans="1:12">
       <c r="A37">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="B37">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="C37" t="s">
         <v>83</v>
       </c>
       <c r="D37" t="s">
         <v>84</v>
       </c>
       <c r="E37">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F37">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="G37">
+        <v>3</v>
       </c>
       <c r="H37">
         <v>1</v>
       </c>
       <c r="I37">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L37" t="s">
-        <v>40</v>
+        <v>77</v>
       </c>
     </row>
     <row r="38" spans="1:12">
       <c r="A38">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B38">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C38" t="s">
         <v>85</v>
       </c>
       <c r="D38" t="s">
         <v>86</v>
       </c>
       <c r="E38">
         <v>8</v>
       </c>
       <c r="F38">
+        <v>4</v>
+      </c>
+      <c r="G38">
+        <v>2</v>
+      </c>
+      <c r="H38">
+        <v>4</v>
+      </c>
+      <c r="I38">
+        <v>6</v>
+      </c>
+      <c r="J38">
+        <v>2</v>
+      </c>
+      <c r="K38">
         <v>1</v>
       </c>
       <c r="L38" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="39" spans="1:12">
       <c r="A39">
-        <v>204</v>
+        <v>192</v>
       </c>
       <c r="B39">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="C39" t="s">
         <v>87</v>
       </c>
       <c r="D39" t="s">
         <v>88</v>
       </c>
       <c r="E39">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F39">
+        <v>3</v>
+      </c>
+      <c r="G39">
+        <v>2</v>
+      </c>
+      <c r="H39">
+        <v>1</v>
+      </c>
+      <c r="I39">
+        <v>3</v>
+      </c>
+      <c r="J39">
+        <v>2</v>
+      </c>
+      <c r="K39">
         <v>1</v>
       </c>
       <c r="L39" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
     </row>
     <row r="40" spans="1:12">
       <c r="A40">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="B40">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C40" t="s">
-        <v>26</v>
+        <v>89</v>
       </c>
       <c r="D40" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E40">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F40">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L40" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
     </row>
     <row r="41" spans="1:12">
       <c r="A41">
-        <v>237</v>
+        <v>216</v>
       </c>
       <c r="B41">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="C41" t="s">
-        <v>90</v>
+        <v>26</v>
       </c>
       <c r="D41" t="s">
         <v>91</v>
       </c>
       <c r="E41">
         <v>8</v>
       </c>
+      <c r="F41">
+        <v>3</v>
+      </c>
+      <c r="G41">
+        <v>1</v>
+      </c>
+      <c r="H41">
+        <v>1</v>
+      </c>
+      <c r="I41">
+        <v>2</v>
+      </c>
       <c r="L41" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:12">
       <c r="A42">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="B42">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="C42" t="s">
         <v>92</v>
       </c>
       <c r="D42" t="s">
         <v>93</v>
       </c>
       <c r="E42">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="L42" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="43" spans="1:12">
       <c r="A43">
-        <v>275</v>
+        <v>243</v>
       </c>
       <c r="B43">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="C43" t="s">
         <v>94</v>
       </c>
       <c r="D43" t="s">
         <v>95</v>
       </c>
       <c r="E43">
-        <v>8</v>
+        <v>5</v>
+      </c>
+      <c r="F43">
+        <v>2</v>
+      </c>
+      <c r="G43">
+        <v>1</v>
+      </c>
+      <c r="I43">
+        <v>1</v>
       </c>
       <c r="L43" t="s">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:12">
       <c r="A44">
-        <v>342</v>
+        <v>275</v>
       </c>
       <c r="B44">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C44" t="s">
-        <v>38</v>
+        <v>96</v>
       </c>
       <c r="D44" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E44">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="L44" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="45" spans="1:12">
       <c r="A45">
-        <v>366</v>
+        <v>342</v>
       </c>
       <c r="B45">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C45" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="D45" t="s">
         <v>98</v>
       </c>
       <c r="E45">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F45">
+        <v>4</v>
+      </c>
+      <c r="G45">
+        <v>1</v>
+      </c>
+      <c r="I45">
         <v>1</v>
       </c>
       <c r="L45" t="s">
-        <v>75</v>
+        <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:12">
       <c r="A46">
-        <v>380</v>
+        <v>366</v>
       </c>
       <c r="B46">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="C46" t="s">
         <v>99</v>
       </c>
       <c r="D46" t="s">
         <v>100</v>
       </c>
       <c r="E46">
-        <v>6</v>
+        <v>4</v>
+      </c>
+      <c r="F46">
+        <v>4</v>
       </c>
       <c r="L46" t="s">
-        <v>14</v>
+        <v>77</v>
       </c>
     </row>
     <row r="47" spans="1:12">
       <c r="A47">
-        <v>389</v>
+        <v>380</v>
       </c>
       <c r="B47">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C47" t="s">
         <v>101</v>
       </c>
       <c r="D47" t="s">
         <v>102</v>
       </c>
       <c r="E47">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F47">
+        <v>3</v>
+      </c>
+      <c r="J47">
+        <v>2</v>
+      </c>
+      <c r="K47">
         <v>1</v>
       </c>
       <c r="L47" t="s">
-        <v>61</v>
+        <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:12">
       <c r="A48">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="B48">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="C48" t="s">
         <v>103</v>
       </c>
       <c r="D48" t="s">
         <v>104</v>
       </c>
       <c r="E48">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="F48">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L48" t="s">
-        <v>105</v>
+        <v>63</v>
       </c>
     </row>
     <row r="49" spans="1:12">
       <c r="A49">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="B49">
-        <v>7</v>
+        <v>33</v>
       </c>
       <c r="C49" t="s">
+        <v>105</v>
+      </c>
+      <c r="D49" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="E49">
         <v>11</v>
       </c>
       <c r="F49">
+        <v>4</v>
+      </c>
+      <c r="G49">
+        <v>1</v>
+      </c>
+      <c r="H49">
+        <v>2</v>
+      </c>
+      <c r="I49">
+        <v>3</v>
+      </c>
+      <c r="J49">
+        <v>2</v>
+      </c>
+      <c r="K49">
         <v>1</v>
       </c>
       <c r="L49" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="50" spans="1:12">
       <c r="A50">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="B50">
-        <v>96</v>
+        <v>7</v>
       </c>
       <c r="C50" t="s">
-        <v>15</v>
+        <v>108</v>
       </c>
       <c r="D50" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E50">
         <v>11</v>
       </c>
       <c r="F50">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="G50">
+        <v>1</v>
+      </c>
+      <c r="H50">
+        <v>2</v>
+      </c>
+      <c r="I50">
+        <v>3</v>
+      </c>
+      <c r="J50">
+        <v>6</v>
+      </c>
+      <c r="K50">
+        <v>3</v>
       </c>
       <c r="L50" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="51" spans="1:12">
       <c r="A51">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="B51">
-        <v>20</v>
+        <v>96</v>
       </c>
       <c r="C51" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="D51" t="s">
         <v>110</v>
       </c>
       <c r="E51">
         <v>11</v>
       </c>
       <c r="F51">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="G51">
+        <v>2</v>
+      </c>
+      <c r="H51">
+        <v>1</v>
+      </c>
+      <c r="I51">
+        <v>3</v>
       </c>
       <c r="L51" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="52" spans="1:12">
       <c r="A52">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="B52">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="C52" t="s">
-        <v>52</v>
+        <v>111</v>
       </c>
       <c r="D52" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E52">
         <v>11</v>
       </c>
+      <c r="F52">
+        <v>4</v>
+      </c>
+      <c r="G52">
+        <v>1</v>
+      </c>
+      <c r="H52">
+        <v>4</v>
+      </c>
+      <c r="I52">
+        <v>5</v>
+      </c>
       <c r="L52" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="53" spans="1:12">
       <c r="A53">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="B53">
-        <v>88</v>
+        <v>45</v>
       </c>
       <c r="C53" t="s">
-        <v>112</v>
+        <v>54</v>
       </c>
       <c r="D53" t="s">
         <v>113</v>
       </c>
       <c r="E53">
         <v>11</v>
       </c>
       <c r="F53">
-        <v>1</v>
-[...4 lines deleted...]
-      <c r="K53">
+        <v>2</v>
+      </c>
+      <c r="H53">
+        <v>1</v>
+      </c>
+      <c r="I53">
         <v>1</v>
       </c>
       <c r="L53" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="54" spans="1:12">
       <c r="A54">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="B54">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="C54" t="s">
         <v>114</v>
       </c>
       <c r="D54" t="s">
         <v>115</v>
       </c>
       <c r="E54">
         <v>11</v>
       </c>
       <c r="F54">
+        <v>4</v>
+      </c>
+      <c r="H54">
+        <v>1</v>
+      </c>
+      <c r="I54">
+        <v>1</v>
+      </c>
+      <c r="J54">
+        <v>2</v>
+      </c>
+      <c r="K54">
         <v>1</v>
       </c>
       <c r="L54" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="55" spans="1:12">
       <c r="A55">
-        <v>414</v>
+        <v>399</v>
       </c>
       <c r="B55">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="C55" t="s">
         <v>116</v>
       </c>
       <c r="D55" t="s">
         <v>117</v>
       </c>
       <c r="E55">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F55">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="G55">
+        <v>1</v>
+      </c>
+      <c r="H55">
+        <v>3</v>
+      </c>
+      <c r="I55">
+        <v>4</v>
       </c>
       <c r="L55" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
     </row>
     <row r="56" spans="1:12">
       <c r="A56">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="B56">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C56" t="s">
+        <v>118</v>
+      </c>
+      <c r="D56" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E56">
         <v>12</v>
       </c>
       <c r="F56">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L56" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="57" spans="1:12">
       <c r="A57">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="B57">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>121</v>
       </c>
       <c r="D57" t="s">
         <v>122</v>
       </c>
       <c r="E57">
         <v>12</v>
       </c>
       <c r="F57">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="H57">
+        <v>3</v>
+      </c>
+      <c r="G57">
         <v>1</v>
       </c>
       <c r="I57">
         <v>1</v>
       </c>
       <c r="L57" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="58" spans="1:12">
       <c r="A58">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="B58">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="C58" t="s">
-        <v>32</v>
+        <v>123</v>
       </c>
       <c r="D58" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E58">
         <v>12</v>
       </c>
       <c r="F58">
+        <v>2</v>
+      </c>
+      <c r="H58">
+        <v>1</v>
+      </c>
+      <c r="I58">
         <v>1</v>
       </c>
       <c r="L58" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="59" spans="1:12">
       <c r="A59">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="B59">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="C59" t="s">
-        <v>124</v>
+        <v>32</v>
       </c>
       <c r="D59" t="s">
         <v>125</v>
       </c>
       <c r="E59">
         <v>12</v>
       </c>
+      <c r="F59">
+        <v>3</v>
+      </c>
+      <c r="H59">
+        <v>1</v>
+      </c>
+      <c r="I59">
+        <v>1</v>
+      </c>
       <c r="L59" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="60" spans="1:12">
       <c r="A60">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="B60">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C60" t="s">
         <v>126</v>
       </c>
       <c r="D60" t="s">
         <v>127</v>
       </c>
       <c r="E60">
         <v>12</v>
       </c>
       <c r="F60">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L60" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="61" spans="1:12">
       <c r="A61">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="B61">
-        <v>91</v>
+        <v>15</v>
       </c>
       <c r="C61" t="s">
         <v>128</v>
       </c>
       <c r="D61" t="s">
         <v>129</v>
       </c>
       <c r="E61">
         <v>12</v>
       </c>
       <c r="F61">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="H61">
+        <v>2</v>
+      </c>
+      <c r="I61">
+        <v>2</v>
       </c>
       <c r="L61" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="62" spans="1:12">
       <c r="A62">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="B62">
         <v>91</v>
       </c>
       <c r="C62" t="s">
-        <v>15</v>
+        <v>130</v>
       </c>
       <c r="D62" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E62">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="F62">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G62">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I62">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="J62">
+        <v>2</v>
+      </c>
+      <c r="K62">
+        <v>1</v>
       </c>
       <c r="L62" t="s">
-        <v>14</v>
+        <v>120</v>
       </c>
     </row>
     <row r="63" spans="1:12">
       <c r="A63">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="B63">
-        <v>14</v>
+        <v>91</v>
       </c>
       <c r="C63" t="s">
-        <v>131</v>
+        <v>15</v>
       </c>
       <c r="D63" t="s">
         <v>132</v>
       </c>
       <c r="E63">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="F63">
+        <v>4</v>
+      </c>
+      <c r="G63">
+        <v>4</v>
+      </c>
+      <c r="H63">
+        <v>1</v>
+      </c>
+      <c r="I63">
+        <v>5</v>
+      </c>
+      <c r="J63">
+        <v>2</v>
+      </c>
+      <c r="K63">
         <v>1</v>
       </c>
       <c r="L63" t="s">
-        <v>105</v>
+        <v>14</v>
       </c>
     </row>
     <row r="64" spans="1:12">
       <c r="A64">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="B64">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C64" t="s">
-        <v>15</v>
+        <v>133</v>
       </c>
       <c r="D64" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E64">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F64">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="G64">
+        <v>4</v>
+      </c>
+      <c r="H64">
+        <v>4</v>
+      </c>
+      <c r="I64">
+        <v>8</v>
       </c>
       <c r="L64" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
     </row>
     <row r="65" spans="1:12">
       <c r="A65">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="B65">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C65" t="s">
-        <v>99</v>
+        <v>15</v>
       </c>
       <c r="D65" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E65">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F65">
+        <v>4</v>
+      </c>
+      <c r="G65">
+        <v>1</v>
+      </c>
+      <c r="I65">
         <v>1</v>
       </c>
       <c r="L65" t="s">
-        <v>105</v>
+        <v>120</v>
       </c>
     </row>
     <row r="66" spans="1:12">
       <c r="A66">
-        <v>454</v>
+        <v>435</v>
       </c>
       <c r="B66">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C66" t="s">
-        <v>135</v>
+        <v>101</v>
       </c>
       <c r="D66" t="s">
         <v>136</v>
       </c>
       <c r="E66">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F66">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="G66">
+        <v>2</v>
+      </c>
+      <c r="H66">
+        <v>2</v>
+      </c>
+      <c r="I66">
+        <v>4</v>
       </c>
       <c r="L66" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
     </row>
     <row r="67" spans="1:12">
       <c r="A67">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="B67">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C67" t="s">
-        <v>106</v>
+        <v>137</v>
       </c>
       <c r="D67" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E67">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="F67">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L67" t="s">
-        <v>25</v>
+        <v>120</v>
       </c>
     </row>
     <row r="68" spans="1:12">
       <c r="A68">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="B68">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="C68" t="s">
-        <v>138</v>
+        <v>108</v>
       </c>
       <c r="D68" t="s">
         <v>139</v>
       </c>
       <c r="E68">
-        <v>4</v>
+        <v>5</v>
+      </c>
+      <c r="F68">
+        <v>4</v>
+      </c>
+      <c r="H68">
+        <v>1</v>
+      </c>
+      <c r="I68">
+        <v>1</v>
+      </c>
+      <c r="J68">
+        <v>2</v>
+      </c>
+      <c r="K68">
+        <v>1</v>
       </c>
       <c r="L68" t="s">
-        <v>75</v>
+        <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:12">
       <c r="A69">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="B69">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="C69" t="s">
         <v>140</v>
       </c>
       <c r="D69" t="s">
         <v>141</v>
       </c>
       <c r="E69">
         <v>4</v>
       </c>
       <c r="F69">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G69">
         <v>1</v>
       </c>
-      <c r="H69">
-[...1 lines deleted...]
-      </c>
       <c r="I69">
-        <v>3</v>
-[...4 lines deleted...]
-      <c r="K69">
         <v>1</v>
       </c>
       <c r="L69" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="70" spans="1:12">
       <c r="A70">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="B70">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="C70" t="s">
-        <v>76</v>
+        <v>142</v>
       </c>
       <c r="D70" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E70">
         <v>4</v>
       </c>
       <c r="F70">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="G70">
+        <v>1</v>
+      </c>
+      <c r="H70">
+        <v>3</v>
+      </c>
+      <c r="I70">
+        <v>4</v>
+      </c>
+      <c r="J70">
+        <v>4</v>
+      </c>
+      <c r="K70">
+        <v>2</v>
       </c>
       <c r="L70" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="71" spans="1:12">
       <c r="A71">
-        <v>509</v>
+        <v>463</v>
       </c>
       <c r="B71">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C71" t="s">
-        <v>21</v>
+        <v>78</v>
       </c>
       <c r="D71" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E71">
         <v>4</v>
       </c>
+      <c r="F71">
+        <v>4</v>
+      </c>
+      <c r="H71">
+        <v>1</v>
+      </c>
+      <c r="I71">
+        <v>1</v>
+      </c>
       <c r="L71" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="72" spans="1:12">
       <c r="A72">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="B72">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="C72" t="s">
-        <v>144</v>
+        <v>21</v>
       </c>
       <c r="D72" t="s">
         <v>145</v>
       </c>
       <c r="E72">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="L72" t="s">
-        <v>61</v>
+        <v>77</v>
       </c>
     </row>
     <row r="73" spans="1:12">
       <c r="A73">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="B73">
-        <v>28</v>
+        <v>3</v>
       </c>
       <c r="C73" t="s">
         <v>146</v>
       </c>
       <c r="D73" t="s">
         <v>147</v>
       </c>
       <c r="E73">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="F73">
         <v>1</v>
       </c>
+      <c r="J73">
+        <v>2</v>
+      </c>
+      <c r="K73">
+        <v>1</v>
+      </c>
       <c r="L73" t="s">
-        <v>105</v>
+        <v>63</v>
       </c>
     </row>
     <row r="74" spans="1:12">
       <c r="A74">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="B74">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="C74" t="s">
         <v>148</v>
       </c>
       <c r="D74" t="s">
         <v>149</v>
       </c>
       <c r="E74">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="F74">
+        <v>3</v>
+      </c>
+      <c r="G74">
+        <v>1</v>
+      </c>
+      <c r="I74">
         <v>1</v>
       </c>
       <c r="L74" t="s">
-        <v>14</v>
+        <v>107</v>
       </c>
     </row>
     <row r="75" spans="1:12">
       <c r="A75">
-        <v>536</v>
+        <v>517</v>
       </c>
       <c r="B75">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="C75" t="s">
         <v>150</v>
       </c>
       <c r="D75" t="s">
         <v>151</v>
       </c>
       <c r="E75">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F75">
-        <v>1</v>
-[...4 lines deleted...]
-      <c r="I75">
+        <v>2</v>
+      </c>
+      <c r="J75">
+        <v>2</v>
+      </c>
+      <c r="K75">
         <v>1</v>
       </c>
       <c r="L75" t="s">
-        <v>118</v>
+        <v>14</v>
       </c>
     </row>
     <row r="76" spans="1:12">
       <c r="A76">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="B76">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="C76" t="s">
-        <v>140</v>
+        <v>152</v>
       </c>
       <c r="D76" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E76">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="F76">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G76">
         <v>1</v>
       </c>
       <c r="H76">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I76">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L76" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="77" spans="1:12">
       <c r="A77">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="B77">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="C77" t="s">
-        <v>15</v>
+        <v>142</v>
       </c>
       <c r="D77" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E77">
+        <v>4</v>
+      </c>
+      <c r="F77">
+        <v>4</v>
+      </c>
+      <c r="G77">
+        <v>3</v>
+      </c>
+      <c r="H77">
+        <v>2</v>
+      </c>
+      <c r="I77">
         <v>5</v>
       </c>
-      <c r="F77">
-[...10 lines deleted...]
-      </c>
       <c r="L77" t="s">
-        <v>25</v>
+        <v>77</v>
       </c>
     </row>
     <row r="78" spans="1:12">
       <c r="A78">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="B78">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C78" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="D78" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E78">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="F78">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="G78">
+        <v>1</v>
+      </c>
+      <c r="H78">
+        <v>2</v>
+      </c>
+      <c r="I78">
+        <v>3</v>
       </c>
       <c r="J78">
         <v>2</v>
       </c>
       <c r="K78">
         <v>1</v>
       </c>
       <c r="L78" t="s">
-        <v>118</v>
+        <v>25</v>
       </c>
     </row>
     <row r="79" spans="1:12">
       <c r="A79">
-        <v>559</v>
+        <v>546</v>
       </c>
       <c r="B79">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C79" t="s">
-        <v>38</v>
+        <v>69</v>
       </c>
       <c r="D79" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E79">
-        <v>4</v>
+        <v>12</v>
+      </c>
+      <c r="F79">
+        <v>3</v>
+      </c>
+      <c r="J79">
+        <v>2</v>
+      </c>
+      <c r="K79">
+        <v>1</v>
       </c>
       <c r="L79" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:12">
       <c r="A80">
-        <v>568</v>
+        <v>559</v>
       </c>
       <c r="B80">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="C80" t="s">
-        <v>156</v>
+        <v>38</v>
       </c>
       <c r="D80" t="s">
         <v>157</v>
       </c>
       <c r="E80">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L80" t="s">
-        <v>25</v>
+        <v>77</v>
       </c>
     </row>
     <row r="81" spans="1:12">
       <c r="A81">
-        <v>584</v>
+        <v>568</v>
       </c>
       <c r="B81">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C81" t="s">
         <v>158</v>
       </c>
       <c r="D81" t="s">
-        <v>143</v>
+        <v>159</v>
       </c>
       <c r="E81">
         <v>5</v>
       </c>
       <c r="F81">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L81" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:12">
       <c r="A82">
-        <v>593</v>
+        <v>584</v>
       </c>
       <c r="B82">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C82" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D82" t="s">
-        <v>160</v>
+        <v>145</v>
       </c>
       <c r="E82">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="F82">
         <v>1</v>
       </c>
-      <c r="J82">
-[...4 lines deleted...]
-      </c>
       <c r="L82" t="s">
-        <v>161</v>
+        <v>25</v>
       </c>
     </row>
     <row r="83" spans="1:12">
       <c r="A83">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="B83">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C83" t="s">
+        <v>161</v>
+      </c>
+      <c r="D83" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="E83">
         <v>16</v>
       </c>
       <c r="F83">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="J83">
+        <v>6</v>
+      </c>
+      <c r="K83">
+        <v>2</v>
       </c>
       <c r="L83" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="84" spans="1:12">
       <c r="A84">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="B84">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C84" t="s">
         <v>164</v>
       </c>
       <c r="D84" t="s">
         <v>165</v>
       </c>
       <c r="E84">
         <v>16</v>
       </c>
       <c r="F84">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="G84">
+        <v>1</v>
+      </c>
+      <c r="H84">
+        <v>2</v>
+      </c>
+      <c r="I84">
+        <v>3</v>
       </c>
       <c r="L84" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="85" spans="1:12">
       <c r="A85">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="B85">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C85" t="s">
+        <v>46</v>
+      </c>
+      <c r="D85" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="E85">
         <v>16</v>
       </c>
       <c r="F85">
+        <v>2</v>
+      </c>
+      <c r="G85">
+        <v>1</v>
+      </c>
+      <c r="I85">
         <v>1</v>
       </c>
       <c r="L85" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="86" spans="1:12">
       <c r="A86">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="B86">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="C86" t="s">
+        <v>167</v>
+      </c>
+      <c r="D86" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="E86">
         <v>16</v>
       </c>
       <c r="F86">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H86">
         <v>1</v>
       </c>
       <c r="I86">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L86" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="87" spans="1:12">
       <c r="A87">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="B87">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C87" t="s">
-        <v>15</v>
+        <v>169</v>
       </c>
       <c r="D87" t="s">
         <v>170</v>
       </c>
       <c r="E87">
         <v>16</v>
       </c>
       <c r="F87">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G87">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H87">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I87">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="L87" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="88" spans="1:12">
       <c r="A88">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="B88">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C88" t="s">
-        <v>67</v>
+        <v>15</v>
       </c>
       <c r="D88" t="s">
         <v>171</v>
       </c>
       <c r="E88">
         <v>16</v>
       </c>
       <c r="F88">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="G88">
+        <v>1</v>
+      </c>
+      <c r="H88">
+        <v>3</v>
+      </c>
+      <c r="I88">
+        <v>4</v>
       </c>
       <c r="L88" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="89" spans="1:12">
       <c r="A89">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="B89">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="C89" t="s">
-        <v>26</v>
+        <v>69</v>
       </c>
       <c r="D89" t="s">
         <v>172</v>
       </c>
       <c r="E89">
         <v>16</v>
       </c>
       <c r="F89">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="G89">
+        <v>3</v>
+      </c>
+      <c r="H89">
         <v>1</v>
       </c>
       <c r="I89">
         <v>1</v>
       </c>
+      <c r="J89">
+        <v>2</v>
+      </c>
+      <c r="K89">
+        <v>1</v>
+      </c>
       <c r="L89" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="90" spans="1:12">
       <c r="A90">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="B90">
-        <v>15</v>
+        <v>66</v>
       </c>
       <c r="C90" t="s">
-        <v>126</v>
+        <v>26</v>
       </c>
       <c r="D90" t="s">
         <v>173</v>
       </c>
       <c r="E90">
         <v>16</v>
       </c>
       <c r="F90">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="G90">
+        <v>3</v>
+      </c>
+      <c r="H90">
+        <v>2</v>
+      </c>
+      <c r="I90">
+        <v>5</v>
       </c>
       <c r="L90" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="91" spans="1:12">
       <c r="A91">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="B91">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C91" t="s">
-        <v>112</v>
+        <v>128</v>
       </c>
       <c r="D91" t="s">
         <v>174</v>
       </c>
       <c r="E91">
         <v>16</v>
       </c>
+      <c r="F91">
+        <v>4</v>
+      </c>
+      <c r="H91">
+        <v>3</v>
+      </c>
+      <c r="I91">
+        <v>3</v>
+      </c>
+      <c r="J91">
+        <v>6</v>
+      </c>
+      <c r="K91">
+        <v>3</v>
+      </c>
       <c r="L91" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="92" spans="1:12">
       <c r="A92">
-        <v>613</v>
+        <v>608</v>
       </c>
       <c r="B92">
-        <v>62</v>
+        <v>8</v>
       </c>
       <c r="C92" t="s">
+        <v>114</v>
+      </c>
+      <c r="D92" t="s">
         <v>175</v>
       </c>
-      <c r="D92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E92">
-        <v>6</v>
+        <v>16</v>
+      </c>
+      <c r="F92">
+        <v>2</v>
       </c>
       <c r="L92" t="s">
-        <v>14</v>
+        <v>163</v>
       </c>
     </row>
     <row r="93" spans="1:12">
       <c r="A93">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="B93">
-        <v>4</v>
+        <v>62</v>
       </c>
       <c r="C93" t="s">
-        <v>38</v>
+        <v>176</v>
       </c>
       <c r="D93" t="s">
         <v>177</v>
       </c>
       <c r="E93">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F93">
+        <v>2</v>
+      </c>
+      <c r="H93">
+        <v>1</v>
+      </c>
+      <c r="I93">
         <v>1</v>
       </c>
       <c r="J93">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K93">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L93" t="s">
-        <v>118</v>
+        <v>14</v>
       </c>
     </row>
     <row r="94" spans="1:12">
       <c r="A94">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="B94">
-        <v>99</v>
+        <v>4</v>
       </c>
       <c r="C94" t="s">
+        <v>38</v>
+      </c>
+      <c r="D94" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="E94">
         <v>12</v>
       </c>
       <c r="F94">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="H94">
+        <v>1</v>
+      </c>
+      <c r="I94">
+        <v>1</v>
+      </c>
+      <c r="J94">
+        <v>4</v>
+      </c>
+      <c r="K94">
+        <v>2</v>
       </c>
       <c r="L94" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="95" spans="1:12">
       <c r="A95">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="B95">
-        <v>24</v>
+        <v>99</v>
       </c>
       <c r="C95" t="s">
-        <v>164</v>
+        <v>179</v>
       </c>
       <c r="D95" t="s">
         <v>180</v>
       </c>
       <c r="E95">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="F95">
+        <v>4</v>
+      </c>
+      <c r="G95">
+        <v>2</v>
+      </c>
+      <c r="I95">
+        <v>2</v>
       </c>
       <c r="L95" t="s">
-        <v>105</v>
+        <v>120</v>
       </c>
     </row>
     <row r="96" spans="1:12">
       <c r="A96">
-        <v>622</v>
+        <v>618</v>
       </c>
       <c r="B96">
+        <v>24</v>
+      </c>
+      <c r="C96" t="s">
+        <v>46</v>
+      </c>
+      <c r="D96" t="s">
+        <v>181</v>
+      </c>
+      <c r="E96">
         <v>11</v>
       </c>
-      <c r="C96" t="s">
-[...6 lines deleted...]
-        <v>12</v>
+      <c r="F96">
+        <v>2</v>
+      </c>
+      <c r="G96">
+        <v>1</v>
+      </c>
+      <c r="H96">
+        <v>1</v>
+      </c>
+      <c r="I96">
+        <v>2</v>
       </c>
       <c r="L96" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
     </row>
     <row r="97" spans="1:12">
       <c r="A97">
-        <v>628</v>
+        <v>622</v>
       </c>
       <c r="B97">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C97" t="s">
-        <v>156</v>
+        <v>182</v>
       </c>
       <c r="D97" t="s">
         <v>183</v>
       </c>
       <c r="E97">
-        <v>7</v>
-[...8 lines deleted...]
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="L97" t="s">
-        <v>61</v>
+        <v>120</v>
       </c>
     </row>
     <row r="98" spans="1:12">
       <c r="A98">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="B98">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C98" t="s">
+        <v>158</v>
+      </c>
+      <c r="D98" t="s">
         <v>184</v>
       </c>
-      <c r="D98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E98">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="F98">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J98">
         <v>2</v>
       </c>
       <c r="K98">
         <v>1</v>
       </c>
       <c r="L98" t="s">
-        <v>105</v>
+        <v>63</v>
       </c>
     </row>
     <row r="99" spans="1:12">
       <c r="A99">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="B99">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C99" t="s">
+        <v>185</v>
+      </c>
+      <c r="D99" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="E99">
         <v>11</v>
       </c>
+      <c r="F99">
+        <v>4</v>
+      </c>
+      <c r="G99">
+        <v>4</v>
+      </c>
+      <c r="H99">
+        <v>4</v>
+      </c>
+      <c r="I99">
+        <v>8</v>
+      </c>
+      <c r="J99">
+        <v>4</v>
+      </c>
+      <c r="K99">
+        <v>2</v>
+      </c>
       <c r="L99" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="100" spans="1:12">
       <c r="A100">
-        <v>639</v>
+        <v>633</v>
       </c>
       <c r="B100">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>12</v>
+        <v>187</v>
       </c>
       <c r="D100" t="s">
         <v>188</v>
       </c>
       <c r="E100">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="F100">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="G100">
+        <v>1</v>
+      </c>
+      <c r="H100">
+        <v>1</v>
+      </c>
+      <c r="I100">
+        <v>2</v>
       </c>
       <c r="L100" t="s">
-        <v>25</v>
+        <v>107</v>
       </c>
     </row>
     <row r="101" spans="1:12">
       <c r="A101">
-        <v>672</v>
+        <v>639</v>
       </c>
       <c r="B101">
+        <v>3</v>
+      </c>
+      <c r="C101" t="s">
         <v>12</v>
       </c>
-      <c r="C101" t="s">
+      <c r="D101" t="s">
         <v>189</v>
       </c>
-      <c r="D101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E101">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F101">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J101">
         <v>2</v>
       </c>
       <c r="K101">
         <v>1</v>
       </c>
       <c r="L101" t="s">
-        <v>75</v>
+        <v>25</v>
       </c>
     </row>
     <row r="102" spans="1:12">
       <c r="A102">
-        <v>675</v>
+        <v>672</v>
       </c>
       <c r="B102">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="C102" t="s">
-        <v>140</v>
+        <v>190</v>
       </c>
       <c r="D102" t="s">
         <v>191</v>
       </c>
       <c r="E102">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="F102">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="J102">
+        <v>4</v>
+      </c>
+      <c r="K102">
+        <v>2</v>
       </c>
       <c r="L102" t="s">
-        <v>161</v>
+        <v>77</v>
       </c>
     </row>
     <row r="103" spans="1:12">
       <c r="A103">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="B103">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="C103" t="s">
-        <v>121</v>
+        <v>142</v>
       </c>
       <c r="D103" t="s">
         <v>192</v>
       </c>
       <c r="E103">
         <v>16</v>
       </c>
       <c r="F103">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H103">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I103">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L103" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="104" spans="1:12">
       <c r="A104">
-        <v>677</v>
+        <v>676</v>
       </c>
       <c r="B104">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="C104" t="s">
-        <v>59</v>
+        <v>123</v>
       </c>
       <c r="D104" t="s">
         <v>193</v>
       </c>
       <c r="E104">
         <v>16</v>
       </c>
       <c r="F104">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="G104">
+        <v>2</v>
+      </c>
+      <c r="H104">
+        <v>7</v>
+      </c>
+      <c r="I104">
+        <v>9</v>
       </c>
       <c r="L104" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="105" spans="1:12">
       <c r="A105">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="B105">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C105" t="s">
+        <v>61</v>
+      </c>
+      <c r="D105" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="E105">
         <v>16</v>
       </c>
       <c r="F105">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="G105">
+        <v>2</v>
+      </c>
+      <c r="H105">
         <v>1</v>
       </c>
       <c r="I105">
         <v>1</v>
       </c>
       <c r="J105">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K105">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L105" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="106" spans="1:12">
       <c r="A106">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="B106">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C106" t="s">
+        <v>195</v>
+      </c>
+      <c r="D106" t="s">
         <v>196</v>
       </c>
-      <c r="D106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E106">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="F106">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="G106">
+        <v>4</v>
       </c>
       <c r="H106">
         <v>1</v>
       </c>
       <c r="I106">
-        <v>1</v>
+        <v>5</v>
+      </c>
+      <c r="J106">
+        <v>4</v>
+      </c>
+      <c r="K106">
+        <v>2</v>
       </c>
       <c r="L106" t="s">
-        <v>14</v>
+        <v>163</v>
       </c>
     </row>
     <row r="107" spans="1:12">
       <c r="A107">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="B107">
-        <v>77</v>
+        <v>12</v>
       </c>
       <c r="C107" t="s">
+        <v>197</v>
+      </c>
+      <c r="D107" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="E107">
         <v>6</v>
       </c>
       <c r="F107">
+        <v>2</v>
+      </c>
+      <c r="H107">
+        <v>1</v>
+      </c>
+      <c r="I107">
         <v>1</v>
       </c>
       <c r="L107" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="108" spans="1:12">
       <c r="A108">
-        <v>682</v>
+        <v>681</v>
       </c>
       <c r="B108">
-        <v>15</v>
+        <v>77</v>
       </c>
       <c r="C108" t="s">
+        <v>199</v>
+      </c>
+      <c r="D108" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="E108">
         <v>6</v>
       </c>
       <c r="F108">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="G108">
+        <v>3</v>
+      </c>
+      <c r="H108">
         <v>1</v>
       </c>
       <c r="I108">
         <v>1</v>
       </c>
       <c r="L108" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="109" spans="1:12">
       <c r="A109">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="B109">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C109" t="s">
-        <v>131</v>
+        <v>201</v>
       </c>
       <c r="D109" t="s">
         <v>202</v>
       </c>
       <c r="E109">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="F109">
+        <v>2</v>
+      </c>
+      <c r="G109">
+        <v>1</v>
+      </c>
+      <c r="I109">
+        <v>1</v>
+      </c>
+      <c r="J109">
+        <v>2</v>
+      </c>
+      <c r="K109">
         <v>1</v>
       </c>
       <c r="L109" t="s">
-        <v>105</v>
+        <v>14</v>
       </c>
     </row>
     <row r="110" spans="1:12">
       <c r="A110">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="B110">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="C110" t="s">
-        <v>87</v>
+        <v>133</v>
       </c>
       <c r="D110" t="s">
         <v>203</v>
       </c>
       <c r="E110">
-        <v>8</v>
+        <v>11</v>
+      </c>
+      <c r="F110">
+        <v>4</v>
+      </c>
+      <c r="G110">
+        <v>2</v>
+      </c>
+      <c r="H110">
+        <v>5</v>
+      </c>
+      <c r="I110">
+        <v>7</v>
       </c>
       <c r="L110" t="s">
-        <v>40</v>
+        <v>107</v>
       </c>
     </row>
     <row r="111" spans="1:12">
       <c r="A111">
-        <v>687</v>
+        <v>686</v>
       </c>
       <c r="B111">
+        <v>4</v>
+      </c>
+      <c r="C111" t="s">
+        <v>89</v>
+      </c>
+      <c r="D111" t="s">
+        <v>204</v>
+      </c>
+      <c r="E111">
         <v>8</v>
       </c>
-      <c r="C111" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F111">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L111" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="112" spans="1:12">
       <c r="A112">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="B112">
-        <v>67</v>
+        <v>8</v>
       </c>
       <c r="C112" t="s">
-        <v>204</v>
+        <v>36</v>
       </c>
       <c r="D112" t="s">
-        <v>205</v>
+        <v>31</v>
       </c>
       <c r="E112">
+        <v>5</v>
+      </c>
+      <c r="F112">
+        <v>4</v>
+      </c>
+      <c r="G112">
+        <v>1</v>
+      </c>
+      <c r="H112">
+        <v>2</v>
+      </c>
+      <c r="I112">
+        <v>3</v>
+      </c>
+      <c r="J112">
         <v>6</v>
       </c>
-      <c r="F112">
-        <v>1</v>
+      <c r="K112">
+        <v>3</v>
       </c>
       <c r="L112" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
     </row>
     <row r="113" spans="1:12">
       <c r="A113">
-        <v>695</v>
+        <v>689</v>
       </c>
       <c r="B113">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="C113" t="s">
-        <v>15</v>
+        <v>205</v>
       </c>
       <c r="D113" t="s">
         <v>206</v>
       </c>
       <c r="E113">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F113">
+        <v>4</v>
+      </c>
+      <c r="J113">
+        <v>2</v>
+      </c>
+      <c r="K113">
         <v>1</v>
       </c>
       <c r="L113" t="s">
-        <v>61</v>
+        <v>14</v>
       </c>
     </row>
     <row r="114" spans="1:12">
       <c r="A114">
-        <v>707</v>
+        <v>695</v>
       </c>
       <c r="B114">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C114" t="s">
+        <v>15</v>
+      </c>
+      <c r="D114" t="s">
         <v>207</v>
       </c>
-      <c r="D114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E114">
-        <v>5</v>
+        <v>7</v>
+      </c>
+      <c r="F114">
+        <v>3</v>
       </c>
       <c r="L114" t="s">
-        <v>25</v>
+        <v>63</v>
       </c>
     </row>
     <row r="115" spans="1:12">
       <c r="A115">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="B115">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="C115" t="s">
-        <v>51</v>
+        <v>208</v>
       </c>
       <c r="D115" t="s">
         <v>209</v>
       </c>
       <c r="E115">
         <v>5</v>
       </c>
       <c r="F115">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G115">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I115">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L115" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="116" spans="1:12">
       <c r="A116">
-        <v>720</v>
+        <v>708</v>
       </c>
       <c r="B116">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="C116" t="s">
+        <v>53</v>
+      </c>
+      <c r="D116" t="s">
         <v>210</v>
       </c>
-      <c r="D116" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E116">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F116">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="G116">
+        <v>1</v>
+      </c>
+      <c r="H116">
+        <v>2</v>
+      </c>
+      <c r="I116">
+        <v>3</v>
       </c>
       <c r="L116" t="s">
-        <v>75</v>
+        <v>25</v>
       </c>
     </row>
     <row r="117" spans="1:12">
       <c r="A117">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="B117">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="C117" t="s">
+        <v>211</v>
+      </c>
+      <c r="D117" t="s">
         <v>212</v>
       </c>
-      <c r="D117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E117">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="F117">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L117" t="s">
-        <v>118</v>
+        <v>77</v>
       </c>
     </row>
     <row r="118" spans="1:12">
       <c r="A118">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="B118">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C118" t="s">
-        <v>15</v>
+        <v>213</v>
       </c>
       <c r="D118" t="s">
         <v>214</v>
       </c>
       <c r="E118">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F118">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H118">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I118">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L118" t="s">
-        <v>161</v>
+        <v>120</v>
       </c>
     </row>
     <row r="119" spans="1:12">
       <c r="A119">
-        <v>724</v>
+        <v>723</v>
       </c>
       <c r="B119">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="C119" t="s">
+        <v>15</v>
+      </c>
+      <c r="D119" t="s">
         <v>215</v>
       </c>
-      <c r="D119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E119">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="F119">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="G119">
+        <v>5</v>
+      </c>
+      <c r="H119">
+        <v>4</v>
+      </c>
+      <c r="I119">
+        <v>9</v>
       </c>
       <c r="L119" t="s">
-        <v>75</v>
+        <v>163</v>
       </c>
     </row>
     <row r="120" spans="1:12">
       <c r="A120">
-        <v>725</v>
+        <v>724</v>
       </c>
       <c r="B120">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C120" t="s">
-        <v>140</v>
+        <v>216</v>
       </c>
       <c r="D120" t="s">
-        <v>193</v>
+        <v>217</v>
       </c>
       <c r="E120">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="F120">
+        <v>4</v>
+      </c>
+      <c r="H120">
+        <v>1</v>
+      </c>
+      <c r="I120">
         <v>1</v>
       </c>
       <c r="L120" t="s">
-        <v>161</v>
+        <v>77</v>
       </c>
     </row>
     <row r="121" spans="1:12">
       <c r="A121">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="B121">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="C121" t="s">
-        <v>28</v>
+        <v>142</v>
       </c>
       <c r="D121" t="s">
-        <v>140</v>
+        <v>194</v>
       </c>
       <c r="E121">
-        <v>6</v>
+        <v>16</v>
+      </c>
+      <c r="F121">
+        <v>2</v>
       </c>
       <c r="L121" t="s">
-        <v>14</v>
+        <v>163</v>
       </c>
     </row>
     <row r="122" spans="1:12">
       <c r="A122">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B122">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C122" t="s">
-        <v>217</v>
+        <v>28</v>
       </c>
       <c r="D122" t="s">
-        <v>218</v>
+        <v>142</v>
       </c>
       <c r="E122">
         <v>6</v>
       </c>
       <c r="F122">
         <v>1</v>
       </c>
       <c r="H122">
         <v>1</v>
       </c>
       <c r="I122">
         <v>1</v>
       </c>
-      <c r="J122">
-[...4 lines deleted...]
-      </c>
       <c r="L122" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="123" spans="1:12">
       <c r="A123">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="B123">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="C123" t="s">
+        <v>218</v>
+      </c>
+      <c r="D123" t="s">
         <v>219</v>
       </c>
-      <c r="D123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E123">
-        <v>7</v>
+        <v>6</v>
+      </c>
+      <c r="F123">
+        <v>1</v>
+      </c>
+      <c r="H123">
+        <v>1</v>
+      </c>
+      <c r="I123">
+        <v>1</v>
+      </c>
+      <c r="J123">
+        <v>2</v>
+      </c>
+      <c r="K123">
+        <v>1</v>
       </c>
       <c r="L123" t="s">
-        <v>61</v>
+        <v>14</v>
       </c>
     </row>
     <row r="124" spans="1:12">
       <c r="A124">
-        <v>730</v>
+        <v>729</v>
       </c>
       <c r="B124">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C124" t="s">
+        <v>220</v>
+      </c>
+      <c r="D124" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="E124">
         <v>7</v>
       </c>
       <c r="F124">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L124" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="125" spans="1:12">
       <c r="A125">
-        <v>733</v>
+        <v>730</v>
       </c>
       <c r="B125">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C125" t="s">
-        <v>194</v>
+        <v>222</v>
       </c>
       <c r="D125" t="s">
         <v>223</v>
       </c>
       <c r="E125">
         <v>7</v>
       </c>
+      <c r="F125">
+        <v>3</v>
+      </c>
+      <c r="G125">
+        <v>1</v>
+      </c>
+      <c r="I125">
+        <v>1</v>
+      </c>
+      <c r="J125">
+        <v>2</v>
+      </c>
+      <c r="K125">
+        <v>1</v>
+      </c>
       <c r="L125" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="126" spans="1:12">
       <c r="A126">
-        <v>734</v>
+        <v>733</v>
       </c>
       <c r="B126">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="C126" t="s">
+        <v>195</v>
+      </c>
+      <c r="D126" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="E126">
         <v>7</v>
       </c>
       <c r="L126" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="127" spans="1:12">
       <c r="A127">
-        <v>740</v>
+        <v>734</v>
       </c>
       <c r="B127">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C127" t="s">
+        <v>225</v>
+      </c>
+      <c r="D127" t="s">
         <v>226</v>
       </c>
-      <c r="D127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E127">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F127">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G127">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I127">
         <v>2</v>
       </c>
       <c r="L127" t="s">
-        <v>25</v>
+        <v>63</v>
       </c>
     </row>
     <row r="128" spans="1:12">
       <c r="A128">
-        <v>741</v>
+        <v>740</v>
       </c>
       <c r="B128">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C128" t="s">
-        <v>30</v>
+        <v>227</v>
       </c>
       <c r="D128" t="s">
         <v>228</v>
       </c>
       <c r="E128">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F128">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="G128">
+        <v>4</v>
       </c>
       <c r="H128">
         <v>2</v>
       </c>
       <c r="I128">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="L128" t="s">
-        <v>75</v>
+        <v>25</v>
       </c>
     </row>
     <row r="129" spans="1:12">
       <c r="A129">
-        <v>742</v>
+        <v>741</v>
       </c>
       <c r="B129">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C129" t="s">
-        <v>221</v>
+        <v>30</v>
       </c>
       <c r="D129" t="s">
         <v>229</v>
       </c>
       <c r="E129">
-        <v>6</v>
+        <v>4</v>
+      </c>
+      <c r="F129">
+        <v>4</v>
+      </c>
+      <c r="H129">
+        <v>2</v>
+      </c>
+      <c r="I129">
+        <v>2</v>
       </c>
       <c r="L129" t="s">
-        <v>14</v>
+        <v>77</v>
       </c>
     </row>
     <row r="130" spans="1:12">
       <c r="A130">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="B130">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C130" t="s">
-        <v>34</v>
+        <v>222</v>
       </c>
       <c r="D130" t="s">
         <v>230</v>
       </c>
       <c r="E130">
+        <v>6</v>
+      </c>
+      <c r="F130">
+        <v>1</v>
+      </c>
+      <c r="G130">
+        <v>1</v>
+      </c>
+      <c r="I130">
+        <v>1</v>
+      </c>
+      <c r="L130" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="131" spans="1:12">
+      <c r="A131">
+        <v>744</v>
+      </c>
+      <c r="B131">
+        <v>16</v>
+      </c>
+      <c r="C131" t="s">
+        <v>34</v>
+      </c>
+      <c r="D131" t="s">
+        <v>231</v>
+      </c>
+      <c r="E131">
         <v>7</v>
       </c>
-      <c r="F130">
-[...3 lines deleted...]
-        <v>61</v>
+      <c r="F131">
+        <v>4</v>
+      </c>
+      <c r="H131">
+        <v>1</v>
+      </c>
+      <c r="I131">
+        <v>1</v>
+      </c>
+      <c r="L131" t="s">
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">