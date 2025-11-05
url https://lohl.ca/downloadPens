--- v0 (2025-10-13)
+++ v1 (2025-11-05)
@@ -12,101 +12,101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Pens" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="266">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="272">
   <si>
     <t>Player Id</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Lastn Name</t>
   </si>
   <si>
     <t>Team Id</t>
   </si>
   <si>
     <t>Games Played</t>
   </si>
   <si>
     <t>Goals</t>
   </si>
   <si>
     <t>Assists</t>
   </si>
   <si>
     <t>Points</t>
   </si>
   <si>
     <t>Pims</t>
   </si>
   <si>
     <t>Pen Instances</t>
   </si>
   <si>
     <t>Team</t>
   </si>
   <si>
     <t>Trevor</t>
   </si>
   <si>
     <t>Travis</t>
   </si>
   <si>
     <t>In Active</t>
   </si>
   <si>
     <t>Winter 2018-19 Playoffs</t>
   </si>
   <si>
-    <t>2025-10-13</t>
+    <t>2025-11-05</t>
   </si>
   <si>
     <t>{"Blue Goose":6}</t>
   </si>
   <si>
     <t>Mike</t>
   </si>
   <si>
     <t>MacMillan</t>
   </si>
   <si>
     <t>Murray</t>
   </si>
   <si>
     <t>Cooke</t>
   </si>
   <si>
     <t>Barry</t>
   </si>
   <si>
     <t>Boettcher</t>
   </si>
   <si>
     <t>Dave</t>
   </si>
@@ -269,392 +269,398 @@
   <si>
     <t>Jim</t>
   </si>
   <si>
     <t>Henderson</t>
   </si>
   <si>
     <t>Hugh</t>
   </si>
   <si>
     <t>Drennan</t>
   </si>
   <si>
     <t>Brad</t>
   </si>
   <si>
     <t>Buchanan</t>
   </si>
   <si>
     <t>Ian</t>
   </si>
   <si>
     <t>Campbell</t>
   </si>
   <si>
+    <t>Darrin</t>
+  </si>
+  <si>
+    <t>Riemer</t>
+  </si>
+  <si>
+    <t>Greg</t>
+  </si>
+  <si>
+    <t>Ellis</t>
+  </si>
+  <si>
+    <t>{"Etobicoke Wings":4}</t>
+  </si>
+  <si>
+    <t>Paul</t>
+  </si>
+  <si>
+    <t>Riopelle</t>
+  </si>
+  <si>
+    <t>Stephane</t>
+  </si>
+  <si>
+    <t>Lecuyer</t>
+  </si>
+  <si>
+    <t>Winter 2023-24 Playoffs</t>
+  </si>
+  <si>
+    <t>Kirby</t>
+  </si>
+  <si>
+    <t>Jamie</t>
+  </si>
+  <si>
+    <t>Allan</t>
+  </si>
+  <si>
+    <t>Joe</t>
+  </si>
+  <si>
+    <t>Dixon</t>
+  </si>
+  <si>
+    <t>Theodore</t>
+  </si>
+  <si>
+    <t>Linseman</t>
+  </si>
+  <si>
+    <t>Welsh</t>
+  </si>
+  <si>
+    <t>Jon</t>
+  </si>
+  <si>
+    <t>Land</t>
+  </si>
+  <si>
+    <t>Jay</t>
+  </si>
+  <si>
+    <t>Stenhouse</t>
+  </si>
+  <si>
+    <t>Lee</t>
+  </si>
+  <si>
+    <t>Barter</t>
+  </si>
+  <si>
+    <t>McLeod</t>
+  </si>
+  <si>
+    <t>Summer 2019 Regular Season</t>
+  </si>
+  <si>
+    <t>Clarke</t>
+  </si>
+  <si>
+    <t>Summer 2018 Regular Season</t>
+  </si>
+  <si>
+    <t>Pat</t>
+  </si>
+  <si>
+    <t>Celik</t>
+  </si>
+  <si>
+    <t>Derek</t>
+  </si>
+  <si>
+    <t>Sweeney</t>
+  </si>
+  <si>
+    <t>Winter 2019/20 Regular Season</t>
+  </si>
+  <si>
+    <t>Hemington</t>
+  </si>
+  <si>
+    <t>Dan</t>
+  </si>
+  <si>
+    <t>Meister</t>
+  </si>
+  <si>
+    <t>Radoslav</t>
+  </si>
+  <si>
+    <t>Pencak</t>
+  </si>
+  <si>
+    <t>Winter 2025-26 Regular Season</t>
+  </si>
+  <si>
+    <t>{"Weston":11}</t>
+  </si>
+  <si>
+    <t>Adam</t>
+  </si>
+  <si>
+    <t>Crisp</t>
+  </si>
+  <si>
+    <t>Caranci</t>
+  </si>
+  <si>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>Koehler</t>
+  </si>
+  <si>
+    <t>Noble</t>
+  </si>
+  <si>
+    <t>Kyle</t>
+  </si>
+  <si>
+    <t>Varney</t>
+  </si>
+  <si>
+    <t>Walter</t>
+  </si>
+  <si>
+    <t>Fantin</t>
+  </si>
+  <si>
+    <t>Al</t>
+  </si>
+  <si>
+    <t>Cooper</t>
+  </si>
+  <si>
+    <t>Jeffery</t>
+  </si>
+  <si>
+    <t>Lulham</t>
+  </si>
+  <si>
+    <t>Winter 2021/22 Regular Season</t>
+  </si>
+  <si>
+    <t>{"Blades":12}</t>
+  </si>
+  <si>
+    <t>Tedesco</t>
+  </si>
+  <si>
+    <t>Keith</t>
+  </si>
+  <si>
+    <t>Rogers</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>Harrington</t>
+  </si>
+  <si>
+    <t>Tedford</t>
+  </si>
+  <si>
+    <t>Nick</t>
+  </si>
+  <si>
+    <t>Gray</t>
+  </si>
+  <si>
+    <t>Patrick</t>
+  </si>
+  <si>
+    <t>Magee</t>
+  </si>
+  <si>
+    <t>Jake</t>
+  </si>
+  <si>
+    <t>Irwin</t>
+  </si>
+  <si>
+    <t>Russell</t>
+  </si>
+  <si>
+    <t>Sam</t>
+  </si>
+  <si>
+    <t>Mouratidis</t>
+  </si>
+  <si>
+    <t>Austen</t>
+  </si>
+  <si>
+    <t>MacDonald</t>
+  </si>
+  <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>Pomakov</t>
+  </si>
+  <si>
+    <t>Warran</t>
+  </si>
+  <si>
+    <t>Battiston</t>
+  </si>
+  <si>
+    <t>Ryan</t>
+  </si>
+  <si>
+    <t>Soderberg</t>
+  </si>
+  <si>
+    <t>Desimone</t>
+  </si>
+  <si>
+    <t>Brown</t>
+  </si>
+  <si>
+    <t>Gord</t>
+  </si>
+  <si>
+    <t>Jessop</t>
+  </si>
+  <si>
+    <t>Winter 2022-23 Regular Season</t>
+  </si>
+  <si>
+    <t>Bert</t>
+  </si>
+  <si>
+    <t>Belvedere</t>
+  </si>
+  <si>
+    <t>Josh</t>
+  </si>
+  <si>
+    <t>Visser</t>
+  </si>
+  <si>
+    <t>Dale</t>
+  </si>
+  <si>
+    <t>Beesley</t>
+  </si>
+  <si>
+    <t>Harvey</t>
+  </si>
+  <si>
+    <t>Olsen</t>
+  </si>
+  <si>
+    <t>Greenshields</t>
+  </si>
+  <si>
+    <t>Sherrard</t>
+  </si>
+  <si>
+    <t>Summer 2023</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Kapshey</t>
+  </si>
+  <si>
+    <t>Bob</t>
+  </si>
+  <si>
+    <t>Greig</t>
+  </si>
+  <si>
+    <t>Love</t>
+  </si>
+  <si>
+    <t>Winter 2023-24 Regular Season</t>
+  </si>
+  <si>
+    <t>{"Fireball Dragons":16}</t>
+  </si>
+  <si>
+    <t>Matt</t>
+  </si>
+  <si>
+    <t>Dunlop</t>
+  </si>
+  <si>
+    <t>Delano</t>
+  </si>
+  <si>
+    <t>Lorenzo</t>
+  </si>
+  <si>
+    <t>Perozzo</t>
+  </si>
+  <si>
+    <t>Darren</t>
+  </si>
+  <si>
+    <t>Gornall</t>
+  </si>
+  <si>
+    <t>Brady</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>Britten</t>
+  </si>
+  <si>
+    <t>Cordovado</t>
+  </si>
+  <si>
+    <t>Hanlon</t>
+  </si>
+  <si>
+    <t>Spoja</t>
+  </si>
+  <si>
     <t>Scott</t>
   </si>
   <si>
-    <t>Belair</t>
-[...337 lines deleted...]
-  <si>
     <t>Walling</t>
   </si>
   <si>
     <t>Thompson</t>
   </si>
   <si>
     <t>Conor</t>
   </si>
   <si>
     <t>Wilson</t>
   </si>
   <si>
     <t>Bonello</t>
   </si>
   <si>
     <t>Brandon</t>
   </si>
   <si>
     <t>Cahill</t>
   </si>
   <si>
     <t>Dubbin</t>
   </si>
   <si>
     <t>Steve</t>
@@ -665,50 +671,56 @@
   <si>
     <t>Josef</t>
   </si>
   <si>
     <t>Maly</t>
   </si>
   <si>
     <t>Tyrel</t>
   </si>
   <si>
     <t>Lamb</t>
   </si>
   <si>
     <t>Dupree</t>
   </si>
   <si>
     <t>Summer 2024</t>
   </si>
   <si>
     <t>Graeme</t>
   </si>
   <si>
     <t>Beck</t>
   </si>
   <si>
+    <t>Jason</t>
+  </si>
+  <si>
+    <t>Gallant</t>
+  </si>
+  <si>
     <t>Toli</t>
   </si>
   <si>
     <t>Anastassiou</t>
   </si>
   <si>
     <t>Winter 2024-25 Regular Season</t>
   </si>
   <si>
     <t>Walton</t>
   </si>
   <si>
     <t>Seckington</t>
   </si>
   <si>
     <t>Noon</t>
   </si>
   <si>
     <t>Cerra</t>
   </si>
   <si>
     <t>Mark</t>
   </si>
   <si>
     <t>Dineley</t>
@@ -810,50 +822,56 @@
     <t>Joanathan</t>
   </si>
   <si>
     <t>Kay</t>
   </si>
   <si>
     <t>Maciel</t>
   </si>
   <si>
     <t>Faria</t>
   </si>
   <si>
     <t>Da Silva</t>
   </si>
   <si>
     <t>Jack</t>
   </si>
   <si>
     <t>MacLaren</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
     <t>Martin</t>
+  </si>
+  <si>
+    <t>Carlos</t>
+  </si>
+  <si>
+    <t>Canejo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1156,51 +1174,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P144"/>
+  <dimension ref="A1:P147"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
     <col min="9" max="9" width="10" customWidth="true" style="0"/>
     <col min="10" max="10" width="10" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -1244,145 +1262,151 @@
       <c r="B2">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2">
         <v>6</v>
       </c>
       <c r="F2">
         <v>59</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" t="s">
         <v>16</v>
       </c>
       <c r="J2">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="L2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N2">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="O2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3">
         <v>6</v>
       </c>
       <c r="F3">
         <v>54</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>15</v>
       </c>
       <c r="I3" t="s">
         <v>16</v>
       </c>
       <c r="J3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="L3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M3">
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="N3">
+        <v>2</v>
+      </c>
+      <c r="O3">
+        <v>1</v>
       </c>
       <c r="P3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4">
         <v>4</v>
       </c>
       <c r="B4">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>21</v>
       </c>
       <c r="E4">
         <v>6</v>
       </c>
       <c r="F4">
         <v>55</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>15</v>
       </c>
       <c r="I4" t="s">
         <v>16</v>
       </c>
       <c r="J4">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="L4">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M4">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="N4">
         <v>4</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5">
         <v>15</v>
       </c>
       <c r="B5">
         <v>55</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5">
@@ -1426,57 +1450,63 @@
       <c r="B6">
         <v>75</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6" t="s">
         <v>25</v>
       </c>
       <c r="E6">
         <v>6</v>
       </c>
       <c r="F6">
         <v>50</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>15</v>
       </c>
       <c r="I6" t="s">
         <v>16</v>
       </c>
       <c r="J6">
+        <v>7</v>
+      </c>
+      <c r="L6">
         <v>3</v>
       </c>
-      <c r="L6">
-[...1 lines deleted...]
-      </c>
       <c r="M6">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="N6">
+        <v>2</v>
+      </c>
+      <c r="O6">
+        <v>1</v>
       </c>
       <c r="P6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7">
         <v>43</v>
       </c>
       <c r="B7">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7">
         <v>5</v>
       </c>
       <c r="F7">
         <v>65</v>
       </c>
       <c r="G7" t="s">
@@ -1502,51 +1532,60 @@
       <c r="B8">
         <v>7</v>
       </c>
       <c r="C8" t="s">
         <v>28</v>
       </c>
       <c r="D8" t="s">
         <v>29</v>
       </c>
       <c r="E8">
         <v>5</v>
       </c>
       <c r="F8">
         <v>54</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>15</v>
       </c>
       <c r="I8" t="s">
         <v>16</v>
       </c>
       <c r="J8">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="K8">
+        <v>1</v>
+      </c>
+      <c r="L8">
+        <v>1</v>
+      </c>
+      <c r="M8">
+        <v>2</v>
       </c>
       <c r="P8" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9">
         <v>46</v>
       </c>
       <c r="B9">
         <v>5</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9" t="s">
         <v>31</v>
       </c>
       <c r="E9">
         <v>5</v>
       </c>
       <c r="F9">
         <v>59</v>
       </c>
       <c r="G9" t="s">
@@ -1572,496 +1611,517 @@
       <c r="B10">
         <v>10</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10">
         <v>5</v>
       </c>
       <c r="F10">
         <v>62</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>15</v>
       </c>
       <c r="I10" t="s">
         <v>16</v>
       </c>
       <c r="J10">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="L10">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="M10">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="N10">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="O10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P10" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11">
         <v>50</v>
       </c>
       <c r="B11">
         <v>12</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11" t="s">
         <v>35</v>
       </c>
       <c r="E11">
         <v>5</v>
       </c>
       <c r="F11">
         <v>53</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>15</v>
       </c>
       <c r="I11" t="s">
         <v>16</v>
       </c>
       <c r="J11">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="P11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12">
         <v>53</v>
       </c>
       <c r="B12">
         <v>91</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
       <c r="E12">
         <v>5</v>
       </c>
       <c r="F12">
         <v>57</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>15</v>
       </c>
       <c r="I12" t="s">
         <v>16</v>
       </c>
       <c r="J12">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
       <c r="L12">
         <v>1</v>
       </c>
       <c r="M12">
         <v>2</v>
       </c>
       <c r="P12" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13">
         <v>55</v>
       </c>
       <c r="B13">
         <v>22</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
         <v>39</v>
       </c>
       <c r="E13">
         <v>5</v>
       </c>
       <c r="F13">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13" t="s">
         <v>40</v>
       </c>
       <c r="I13" t="s">
         <v>16</v>
       </c>
       <c r="J13">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="K13">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L13">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="M13">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="P13" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14">
         <v>59</v>
       </c>
       <c r="B14">
         <v>52</v>
       </c>
       <c r="C14" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
         <v>42</v>
       </c>
       <c r="E14">
         <v>5</v>
       </c>
       <c r="F14">
         <v>56</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>15</v>
       </c>
       <c r="I14" t="s">
         <v>16</v>
       </c>
       <c r="J14">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="K14">
         <v>1</v>
       </c>
+      <c r="L14">
+        <v>2</v>
+      </c>
       <c r="M14">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="N14">
         <v>2</v>
       </c>
       <c r="O14">
         <v>1</v>
       </c>
       <c r="P14" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15">
         <v>61</v>
       </c>
       <c r="B15">
         <v>95</v>
       </c>
       <c r="C15" t="s">
         <v>43</v>
       </c>
       <c r="D15" t="s">
         <v>44</v>
       </c>
       <c r="E15">
         <v>5</v>
       </c>
       <c r="F15">
         <v>61</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>15</v>
       </c>
       <c r="I15" t="s">
         <v>16</v>
       </c>
       <c r="J15">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="P15" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16">
         <v>65</v>
       </c>
       <c r="B16">
         <v>44</v>
       </c>
       <c r="C16" t="s">
         <v>45</v>
       </c>
       <c r="D16" t="s">
         <v>46</v>
       </c>
       <c r="E16">
         <v>8</v>
       </c>
       <c r="F16">
         <v>55</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>15</v>
       </c>
       <c r="I16" t="s">
         <v>16</v>
       </c>
       <c r="J16">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="P16" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17">
         <v>66</v>
       </c>
       <c r="B17">
         <v>20</v>
       </c>
       <c r="C17" t="s">
         <v>48</v>
       </c>
       <c r="D17" t="s">
         <v>49</v>
       </c>
       <c r="E17">
         <v>8</v>
       </c>
       <c r="F17">
         <v>53</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>50</v>
       </c>
       <c r="I17" t="s">
         <v>16</v>
       </c>
       <c r="J17">
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="N17">
+        <v>2</v>
+      </c>
+      <c r="O17">
+        <v>1</v>
       </c>
       <c r="P17" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18">
         <v>67</v>
       </c>
       <c r="B18">
         <v>7</v>
       </c>
       <c r="C18" t="s">
         <v>32</v>
       </c>
       <c r="D18" t="s">
         <v>51</v>
       </c>
       <c r="E18">
         <v>8</v>
       </c>
       <c r="F18">
         <v>54</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
         <v>50</v>
       </c>
       <c r="I18" t="s">
         <v>16</v>
       </c>
       <c r="J18">
+        <v>7</v>
+      </c>
+      <c r="L18">
         <v>3</v>
       </c>
-      <c r="L18">
-[...1 lines deleted...]
-      </c>
       <c r="M18">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="P18" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19">
         <v>68</v>
       </c>
       <c r="B19">
         <v>8</v>
       </c>
       <c r="C19" t="s">
         <v>52</v>
       </c>
       <c r="D19" t="s">
         <v>53</v>
       </c>
       <c r="E19">
         <v>8</v>
       </c>
       <c r="F19">
         <v>61</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19" t="s">
         <v>50</v>
       </c>
       <c r="I19" t="s">
         <v>16</v>
       </c>
       <c r="J19">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="L19">
         <v>1</v>
       </c>
       <c r="M19">
         <v>1</v>
       </c>
       <c r="P19" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20">
         <v>69</v>
       </c>
       <c r="B20">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>54</v>
       </c>
       <c r="D20" t="s">
         <v>55</v>
       </c>
       <c r="E20">
         <v>8</v>
       </c>
       <c r="F20">
         <v>53</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
         <v>50</v>
       </c>
       <c r="I20" t="s">
         <v>16</v>
       </c>
       <c r="J20">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="K20">
+        <v>1</v>
+      </c>
+      <c r="L20">
+        <v>2</v>
+      </c>
+      <c r="M20">
+        <v>3</v>
       </c>
       <c r="P20" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21">
         <v>70</v>
       </c>
       <c r="B21">
         <v>14</v>
       </c>
       <c r="C21" t="s">
         <v>56</v>
       </c>
       <c r="D21" t="s">
         <v>57</v>
       </c>
       <c r="E21">
         <v>8</v>
       </c>
       <c r="F21">
         <v>62</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
         <v>15</v>
       </c>
       <c r="I21" t="s">
         <v>16</v>
       </c>
       <c r="J21">
-        <v>4</v>
+        <v>7</v>
+      </c>
+      <c r="K21">
+        <v>1</v>
       </c>
       <c r="L21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M21">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P21" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22">
         <v>72</v>
       </c>
       <c r="B22">
         <v>18</v>
       </c>
       <c r="C22" t="s">
         <v>58</v>
       </c>
       <c r="D22" t="s">
         <v>59</v>
       </c>
       <c r="E22">
         <v>8</v>
       </c>
       <c r="F22">
         <v>59</v>
       </c>
       <c r="G22" t="s">
@@ -2084,5030 +2144,5480 @@
       <c r="B23">
         <v>5</v>
       </c>
       <c r="C23" t="s">
         <v>61</v>
       </c>
       <c r="D23" t="s">
         <v>62</v>
       </c>
       <c r="E23">
         <v>8</v>
       </c>
       <c r="F23">
         <v>52</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>50</v>
       </c>
       <c r="I23" t="s">
         <v>16</v>
       </c>
       <c r="J23">
-        <v>4</v>
+        <v>7</v>
+      </c>
+      <c r="N23">
+        <v>2</v>
+      </c>
+      <c r="O23">
+        <v>1</v>
       </c>
       <c r="P23" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24">
         <v>75</v>
       </c>
       <c r="B24">
         <v>11</v>
       </c>
       <c r="C24" t="s">
         <v>63</v>
       </c>
       <c r="D24" t="s">
         <v>64</v>
       </c>
       <c r="E24">
         <v>8</v>
       </c>
       <c r="F24">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="H24" t="s">
         <v>50</v>
       </c>
       <c r="I24" t="s">
         <v>16</v>
       </c>
       <c r="J24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P24" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25">
         <v>76</v>
       </c>
       <c r="B25">
         <v>17</v>
       </c>
       <c r="C25" t="s">
         <v>65</v>
       </c>
       <c r="D25" t="s">
         <v>66</v>
       </c>
       <c r="E25">
         <v>8</v>
       </c>
       <c r="F25">
         <v>55</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
         <v>50</v>
       </c>
       <c r="I25" t="s">
         <v>16</v>
       </c>
       <c r="J25">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="L25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M25">
+        <v>3</v>
+      </c>
+      <c r="N25">
+        <v>4</v>
+      </c>
+      <c r="O25">
         <v>2</v>
       </c>
       <c r="P25" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26">
         <v>79</v>
       </c>
       <c r="B26">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>67</v>
       </c>
       <c r="D26" t="s">
         <v>68</v>
       </c>
       <c r="E26">
         <v>8</v>
       </c>
       <c r="F26">
         <v>53</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
         <v>50</v>
       </c>
       <c r="I26" t="s">
         <v>16</v>
       </c>
       <c r="J26">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="K26">
         <v>4</v>
       </c>
       <c r="M26">
         <v>4</v>
       </c>
       <c r="P26" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27">
         <v>82</v>
       </c>
       <c r="B27">
         <v>54</v>
       </c>
       <c r="C27" t="s">
         <v>32</v>
       </c>
       <c r="D27" t="s">
         <v>69</v>
       </c>
       <c r="E27">
         <v>8</v>
       </c>
       <c r="F27">
         <v>56</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27" t="s">
         <v>50</v>
       </c>
       <c r="I27" t="s">
         <v>16</v>
       </c>
       <c r="J27">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L27">
         <v>3</v>
       </c>
       <c r="M27">
         <v>3</v>
       </c>
       <c r="P27" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28">
         <v>83</v>
       </c>
       <c r="B28">
         <v>10</v>
       </c>
       <c r="C28" t="s">
         <v>70</v>
       </c>
       <c r="D28" t="s">
         <v>71</v>
       </c>
       <c r="E28">
         <v>8</v>
       </c>
       <c r="F28">
         <v>51</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28" t="s">
         <v>50</v>
       </c>
       <c r="I28" t="s">
         <v>16</v>
       </c>
       <c r="J28">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L28">
         <v>1</v>
       </c>
       <c r="M28">
         <v>1</v>
       </c>
       <c r="P28" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29">
         <v>130</v>
       </c>
       <c r="B29">
         <v>11</v>
       </c>
       <c r="C29" t="s">
         <v>72</v>
       </c>
       <c r="D29" t="s">
         <v>73</v>
       </c>
       <c r="E29">
         <v>7</v>
       </c>
       <c r="F29">
         <v>52</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
         <v>74</v>
       </c>
       <c r="I29" t="s">
         <v>16</v>
       </c>
       <c r="J29">
+        <v>6</v>
+      </c>
+      <c r="K29">
         <v>3</v>
       </c>
-      <c r="K29">
-        <v>2</v>
+      <c r="L29">
+        <v>1</v>
       </c>
       <c r="M29">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N29">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="O29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P29" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30">
         <v>134</v>
       </c>
       <c r="B30">
         <v>18</v>
       </c>
       <c r="C30" t="s">
         <v>32</v>
       </c>
       <c r="D30" t="s">
         <v>76</v>
       </c>
       <c r="E30">
         <v>7</v>
       </c>
       <c r="F30">
         <v>55</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
         <v>74</v>
       </c>
       <c r="I30" t="s">
         <v>16</v>
       </c>
       <c r="J30">
-        <v>3</v>
+        <v>7</v>
+      </c>
+      <c r="K30">
+        <v>1</v>
       </c>
       <c r="L30">
         <v>1</v>
       </c>
       <c r="M30">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P30" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31">
         <v>135</v>
       </c>
       <c r="B31">
         <v>5</v>
       </c>
       <c r="C31" t="s">
         <v>77</v>
       </c>
       <c r="D31" t="s">
         <v>78</v>
       </c>
       <c r="E31">
         <v>7</v>
       </c>
       <c r="F31">
         <v>55</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
         <v>74</v>
       </c>
       <c r="I31" t="s">
         <v>16</v>
       </c>
       <c r="J31">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="L31">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="M31">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="P31" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32">
         <v>136</v>
       </c>
       <c r="B32">
         <v>20</v>
       </c>
       <c r="C32" t="s">
         <v>79</v>
       </c>
       <c r="D32" t="s">
         <v>80</v>
       </c>
       <c r="E32">
         <v>7</v>
       </c>
       <c r="F32">
         <v>56</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
         <v>60</v>
       </c>
       <c r="I32" t="s">
         <v>16</v>
       </c>
       <c r="J32">
-        <v>4</v>
+        <v>7</v>
+      </c>
+      <c r="L32">
+        <v>2</v>
+      </c>
+      <c r="M32">
+        <v>2</v>
       </c>
       <c r="P32" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33">
         <v>137</v>
       </c>
       <c r="B33">
         <v>21</v>
       </c>
       <c r="C33" t="s">
         <v>81</v>
       </c>
       <c r="D33" t="s">
         <v>82</v>
       </c>
       <c r="E33">
         <v>7</v>
       </c>
       <c r="F33">
         <v>66</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
         <v>74</v>
       </c>
       <c r="I33" t="s">
         <v>16</v>
       </c>
       <c r="J33">
-        <v>3</v>
+        <v>6</v>
+      </c>
+      <c r="L33">
+        <v>1</v>
+      </c>
+      <c r="M33">
+        <v>1</v>
       </c>
       <c r="P33" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34">
         <v>138</v>
       </c>
       <c r="B34">
         <v>22</v>
       </c>
       <c r="C34" t="s">
         <v>83</v>
       </c>
       <c r="D34" t="s">
         <v>84</v>
       </c>
       <c r="E34">
         <v>7</v>
       </c>
       <c r="F34">
         <v>64</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
         <v>74</v>
       </c>
       <c r="I34" t="s">
         <v>16</v>
       </c>
       <c r="J34">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="K34">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M34">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N34">
         <v>2</v>
       </c>
       <c r="O34">
         <v>1</v>
       </c>
       <c r="P34" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="B35">
-        <v>7</v>
+        <v>77</v>
       </c>
       <c r="C35" t="s">
         <v>85</v>
       </c>
       <c r="D35" t="s">
         <v>86</v>
       </c>
       <c r="E35">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F35">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
       <c r="I35" t="s">
         <v>16</v>
       </c>
+      <c r="J35">
+        <v>2</v>
+      </c>
+      <c r="K35">
+        <v>1</v>
+      </c>
+      <c r="M35">
+        <v>1</v>
+      </c>
       <c r="P35" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36">
         <v>149</v>
       </c>
       <c r="B36">
         <v>6</v>
       </c>
       <c r="C36" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="D36" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="E36">
         <v>4</v>
       </c>
       <c r="F36">
         <v>54</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="H36" t="s">
         <v>74</v>
       </c>
       <c r="I36" t="s">
         <v>16</v>
       </c>
       <c r="J36">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L36">
         <v>2</v>
       </c>
       <c r="M36">
         <v>2</v>
       </c>
+      <c r="N36">
+        <v>2</v>
+      </c>
+      <c r="O36">
+        <v>1</v>
+      </c>
       <c r="P36" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37">
         <v>155</v>
       </c>
       <c r="B37">
         <v>26</v>
       </c>
       <c r="C37" t="s">
+        <v>90</v>
+      </c>
+      <c r="D37" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="E37">
         <v>4</v>
       </c>
       <c r="F37">
         <v>54</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37" t="s">
         <v>15</v>
       </c>
       <c r="I37" t="s">
         <v>16</v>
       </c>
       <c r="J37">
+        <v>2</v>
+      </c>
+      <c r="K37">
+        <v>1</v>
+      </c>
+      <c r="L37">
+        <v>1</v>
+      </c>
+      <c r="M37">
+        <v>2</v>
+      </c>
+      <c r="N37">
+        <v>2</v>
+      </c>
+      <c r="O37">
         <v>1</v>
       </c>
       <c r="P37" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38">
         <v>156</v>
       </c>
       <c r="B38">
         <v>8</v>
       </c>
       <c r="C38" t="s">
+        <v>92</v>
+      </c>
+      <c r="D38" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="E38">
         <v>4</v>
       </c>
       <c r="F38">
         <v>56</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="I38" t="s">
         <v>16</v>
       </c>
       <c r="J38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P38" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39">
         <v>158</v>
       </c>
       <c r="B39">
         <v>30</v>
       </c>
       <c r="C39" t="s">
         <v>24</v>
       </c>
       <c r="D39" t="s">
         <v>95</v>
       </c>
       <c r="E39">
         <v>4</v>
       </c>
       <c r="F39">
         <v>56</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="I39" t="s">
         <v>16</v>
       </c>
       <c r="J39">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="K39">
         <v>1</v>
       </c>
       <c r="L39">
         <v>5</v>
       </c>
       <c r="M39">
         <v>6</v>
       </c>
+      <c r="N39">
+        <v>2</v>
+      </c>
+      <c r="O39">
+        <v>1</v>
+      </c>
       <c r="P39" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40">
         <v>184</v>
       </c>
       <c r="B40">
         <v>25</v>
       </c>
       <c r="C40" t="s">
         <v>96</v>
       </c>
       <c r="D40" t="s">
         <v>97</v>
       </c>
       <c r="E40">
         <v>4</v>
       </c>
       <c r="F40">
         <v>48</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="I40" t="s">
         <v>16</v>
       </c>
       <c r="J40">
-        <v>4</v>
+        <v>8</v>
+      </c>
+      <c r="K40">
+        <v>1</v>
+      </c>
+      <c r="L40">
+        <v>2</v>
+      </c>
+      <c r="M40">
+        <v>3</v>
       </c>
       <c r="P40" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41">
         <v>189</v>
       </c>
       <c r="B41">
         <v>16</v>
       </c>
       <c r="C41" t="s">
         <v>98</v>
       </c>
       <c r="D41" t="s">
         <v>99</v>
       </c>
       <c r="E41">
         <v>8</v>
       </c>
       <c r="F41">
         <v>55</v>
       </c>
       <c r="G41" t="s">
         <v>14</v>
       </c>
       <c r="H41" t="s">
         <v>50</v>
       </c>
       <c r="I41" t="s">
         <v>16</v>
       </c>
       <c r="J41">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K41">
         <v>2</v>
       </c>
       <c r="L41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M41">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="N41">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O41">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P41" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42">
         <v>192</v>
       </c>
       <c r="B42">
         <v>12</v>
       </c>
       <c r="C42" t="s">
         <v>100</v>
       </c>
       <c r="D42" t="s">
         <v>101</v>
       </c>
       <c r="E42">
         <v>8</v>
       </c>
       <c r="F42">
         <v>51</v>
       </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
       <c r="H42" t="s">
         <v>50</v>
       </c>
       <c r="I42" t="s">
         <v>16</v>
       </c>
       <c r="J42">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="K42">
+        <v>2</v>
+      </c>
+      <c r="L42">
         <v>1</v>
       </c>
       <c r="M42">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="N42">
         <v>2</v>
       </c>
       <c r="O42">
         <v>1</v>
       </c>
       <c r="P42" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43">
         <v>216</v>
       </c>
       <c r="B43">
         <v>13</v>
       </c>
       <c r="C43" t="s">
         <v>30</v>
       </c>
       <c r="D43" t="s">
         <v>102</v>
       </c>
       <c r="E43">
         <v>8</v>
       </c>
       <c r="F43">
         <v>51</v>
       </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
       <c r="H43" t="s">
         <v>60</v>
       </c>
       <c r="I43" t="s">
         <v>16</v>
       </c>
       <c r="J43">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="K43">
-        <v>3</v>
+        <v>6</v>
+      </c>
+      <c r="L43">
+        <v>2</v>
       </c>
       <c r="M43">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="N43">
         <v>2</v>
       </c>
       <c r="O43">
         <v>1</v>
       </c>
       <c r="P43" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44">
         <v>237</v>
       </c>
       <c r="B44">
         <v>27</v>
       </c>
       <c r="C44" t="s">
         <v>103</v>
       </c>
       <c r="D44" t="s">
         <v>104</v>
       </c>
       <c r="E44">
         <v>8</v>
       </c>
       <c r="F44">
         <v>46</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
         <v>50</v>
       </c>
       <c r="I44" t="s">
         <v>16</v>
       </c>
       <c r="J44">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K44">
+        <v>3</v>
+      </c>
+      <c r="L44">
         <v>1</v>
       </c>
       <c r="M44">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="P44" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45">
         <v>243</v>
       </c>
       <c r="B45">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C45" t="s">
         <v>105</v>
       </c>
       <c r="D45" t="s">
         <v>106</v>
       </c>
       <c r="E45">
         <v>5</v>
       </c>
       <c r="F45">
         <v>57</v>
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45" t="s">
         <v>15</v>
       </c>
       <c r="I45" t="s">
         <v>16</v>
       </c>
       <c r="J45">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L45">
         <v>2</v>
       </c>
       <c r="M45">
         <v>2</v>
       </c>
       <c r="P45" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46">
         <v>275</v>
       </c>
       <c r="B46">
         <v>23</v>
       </c>
       <c r="C46" t="s">
         <v>107</v>
       </c>
       <c r="D46" t="s">
         <v>108</v>
       </c>
       <c r="E46">
         <v>8</v>
       </c>
       <c r="F46">
         <v>48</v>
       </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="H46" t="s">
         <v>50</v>
       </c>
       <c r="I46" t="s">
         <v>16</v>
       </c>
       <c r="J46">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K46">
         <v>1</v>
       </c>
       <c r="M46">
         <v>1</v>
       </c>
       <c r="P46" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47">
         <v>342</v>
       </c>
       <c r="B47">
         <v>17</v>
       </c>
       <c r="C47" t="s">
         <v>45</v>
       </c>
       <c r="D47" t="s">
         <v>109</v>
       </c>
       <c r="E47">
         <v>5</v>
       </c>
       <c r="F47">
         <v>51</v>
       </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47" t="s">
         <v>110</v>
       </c>
       <c r="I47" t="s">
         <v>16</v>
       </c>
       <c r="J47">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="L47">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M47">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P47" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48">
-        <v>366</v>
+        <v>350</v>
       </c>
       <c r="B48">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="C48" t="s">
+        <v>67</v>
+      </c>
+      <c r="D48" t="s">
         <v>111</v>
       </c>
-      <c r="D48" t="s">
+      <c r="E48">
+        <v>5</v>
+      </c>
+      <c r="F48">
+        <v>55</v>
+      </c>
+      <c r="G48" t="s">
+        <v>14</v>
+      </c>
+      <c r="H48" t="s">
         <v>112</v>
       </c>
-      <c r="E48">
-[...10 lines deleted...]
-      </c>
       <c r="I48" t="s">
         <v>16</v>
       </c>
       <c r="J48">
-        <v>4</v>
-[...4 lines deleted...]
-      <c r="M48">
         <v>1</v>
       </c>
       <c r="P48" t="s">
-        <v>88</v>
+        <v>27</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49">
-        <v>380</v>
+        <v>366</v>
       </c>
       <c r="B49">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="C49" t="s">
         <v>113</v>
       </c>
       <c r="D49" t="s">
         <v>114</v>
       </c>
       <c r="E49">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F49">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="G49" t="s">
         <v>14</v>
       </c>
       <c r="H49" t="s">
-        <v>115</v>
+        <v>94</v>
       </c>
       <c r="I49" t="s">
         <v>16</v>
       </c>
       <c r="J49">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="K49">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L49">
         <v>2</v>
       </c>
       <c r="M49">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P49" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="B50">
-        <v>4</v>
+        <v>44</v>
       </c>
       <c r="C50" t="s">
-        <v>36</v>
+        <v>115</v>
       </c>
       <c r="D50" t="s">
         <v>116</v>
       </c>
       <c r="E50">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F50">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
-        <v>74</v>
+        <v>117</v>
       </c>
       <c r="I50" t="s">
         <v>16</v>
       </c>
+      <c r="J50">
+        <v>4</v>
+      </c>
+      <c r="K50">
+        <v>1</v>
+      </c>
+      <c r="L50">
+        <v>2</v>
+      </c>
+      <c r="M50">
+        <v>3</v>
+      </c>
       <c r="P50" t="s">
-        <v>75</v>
+        <v>17</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="B51">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="C51" t="s">
-        <v>117</v>
+        <v>36</v>
       </c>
       <c r="D51" t="s">
         <v>118</v>
       </c>
       <c r="E51">
         <v>7</v>
       </c>
       <c r="F51">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
         <v>74</v>
       </c>
       <c r="I51" t="s">
         <v>16</v>
       </c>
-      <c r="J51">
-[...7 lines deleted...]
-      </c>
       <c r="P51" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="B52">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="C52" t="s">
         <v>119</v>
       </c>
       <c r="D52" t="s">
         <v>120</v>
       </c>
       <c r="E52">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="F52">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
-        <v>121</v>
+        <v>74</v>
       </c>
       <c r="I52" t="s">
         <v>16</v>
       </c>
       <c r="J52">
         <v>4</v>
       </c>
-      <c r="K52">
-[...1 lines deleted...]
-      </c>
       <c r="L52">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M52">
-        <v>5</v>
+        <v>2</v>
+      </c>
+      <c r="N52">
+        <v>2</v>
+      </c>
+      <c r="O52">
+        <v>1</v>
       </c>
       <c r="P52" t="s">
-        <v>122</v>
+        <v>75</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="B53">
-        <v>7</v>
+        <v>33</v>
       </c>
       <c r="C53" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D53" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="E53">
         <v>11</v>
       </c>
       <c r="F53">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I53" t="s">
         <v>16</v>
       </c>
       <c r="J53">
+        <v>8</v>
+      </c>
+      <c r="K53">
         <v>3</v>
       </c>
       <c r="L53">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="M53">
+        <v>8</v>
+      </c>
+      <c r="N53">
+        <v>4</v>
+      </c>
+      <c r="O53">
         <v>2</v>
       </c>
       <c r="P53" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="B54">
-        <v>96</v>
+        <v>7</v>
       </c>
       <c r="C54" t="s">
-        <v>18</v>
+        <v>125</v>
       </c>
       <c r="D54" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E54">
         <v>11</v>
       </c>
       <c r="F54">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I54" t="s">
         <v>16</v>
       </c>
       <c r="J54">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="L54">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="M54">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="P54" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="B55">
-        <v>20</v>
+        <v>96</v>
       </c>
       <c r="C55" t="s">
-        <v>126</v>
+        <v>18</v>
       </c>
       <c r="D55" t="s">
         <v>127</v>
       </c>
       <c r="E55">
         <v>11</v>
       </c>
       <c r="F55">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I55" t="s">
         <v>16</v>
       </c>
       <c r="J55">
+        <v>8</v>
+      </c>
+      <c r="K55">
         <v>3</v>
       </c>
-      <c r="K55">
-[...1 lines deleted...]
-      </c>
       <c r="L55">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="M55">
-        <v>3</v>
+        <v>11</v>
+      </c>
+      <c r="N55">
+        <v>2</v>
+      </c>
+      <c r="O55">
+        <v>1</v>
       </c>
       <c r="P55" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="B56">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="C56" t="s">
-        <v>65</v>
+        <v>128</v>
       </c>
       <c r="D56" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E56">
         <v>11</v>
       </c>
       <c r="F56">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I56" t="s">
         <v>16</v>
       </c>
       <c r="J56">
-        <v>2</v>
+        <v>6</v>
+      </c>
+      <c r="K56">
+        <v>1</v>
       </c>
       <c r="L56">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="M56">
+        <v>5</v>
+      </c>
+      <c r="N56">
+        <v>2</v>
+      </c>
+      <c r="O56">
         <v>1</v>
       </c>
       <c r="P56" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="B57">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="C57" t="s">
-        <v>129</v>
+        <v>65</v>
       </c>
       <c r="D57" t="s">
         <v>130</v>
       </c>
       <c r="E57">
         <v>11</v>
       </c>
       <c r="F57">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="G57" t="s">
         <v>14</v>
       </c>
       <c r="H57" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I57" t="s">
         <v>16</v>
       </c>
+      <c r="J57">
+        <v>5</v>
+      </c>
+      <c r="L57">
+        <v>2</v>
+      </c>
+      <c r="M57">
+        <v>2</v>
+      </c>
       <c r="P57" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="B58">
-        <v>88</v>
+        <v>13</v>
       </c>
       <c r="C58" t="s">
         <v>131</v>
       </c>
       <c r="D58" t="s">
         <v>132</v>
       </c>
       <c r="E58">
         <v>11</v>
       </c>
       <c r="F58">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="G58" t="s">
         <v>14</v>
       </c>
       <c r="H58" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I58" t="s">
         <v>16</v>
       </c>
-      <c r="J58">
-[...10 lines deleted...]
-      </c>
       <c r="P58" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="B59">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="C59" t="s">
         <v>133</v>
       </c>
       <c r="D59" t="s">
         <v>134</v>
       </c>
       <c r="E59">
         <v>11</v>
       </c>
       <c r="F59">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="G59" t="s">
         <v>14</v>
       </c>
       <c r="H59" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I59" t="s">
         <v>16</v>
       </c>
       <c r="J59">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="K59">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L59">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M59">
-        <v>4</v>
+        <v>5</v>
+      </c>
+      <c r="N59">
+        <v>2</v>
+      </c>
+      <c r="O59">
+        <v>1</v>
       </c>
       <c r="P59" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60">
-        <v>414</v>
+        <v>399</v>
       </c>
       <c r="B60">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="C60" t="s">
         <v>135</v>
       </c>
       <c r="D60" t="s">
         <v>136</v>
       </c>
       <c r="E60">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F60">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="G60" t="s">
         <v>14</v>
       </c>
       <c r="H60" t="s">
-        <v>137</v>
+        <v>123</v>
       </c>
       <c r="I60" t="s">
         <v>16</v>
       </c>
       <c r="J60">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="K60">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="L60">
+        <v>5</v>
       </c>
       <c r="M60">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="P60" t="s">
-        <v>138</v>
+        <v>124</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="B61">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C61" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="D61" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="E61">
         <v>12</v>
       </c>
       <c r="F61">
         <v>43</v>
       </c>
       <c r="G61" t="s">
         <v>14</v>
       </c>
       <c r="H61" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="I61" t="s">
         <v>16</v>
       </c>
       <c r="J61">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K61">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M61">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P61" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="B62">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C62" t="s">
+        <v>111</v>
+      </c>
+      <c r="D62" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="E62">
         <v>12</v>
       </c>
       <c r="F62">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="G62" t="s">
         <v>14</v>
       </c>
       <c r="H62" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="I62" t="s">
         <v>16</v>
       </c>
       <c r="J62">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K62">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L62">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M62">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="P62" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="B63">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C63" t="s">
+        <v>142</v>
+      </c>
+      <c r="D63" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="E63">
         <v>12</v>
       </c>
       <c r="F63">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="G63" t="s">
         <v>14</v>
       </c>
       <c r="H63" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="I63" t="s">
         <v>16</v>
       </c>
       <c r="J63">
+        <v>6</v>
+      </c>
+      <c r="K63">
         <v>2</v>
       </c>
       <c r="L63">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="M63">
+        <v>7</v>
+      </c>
+      <c r="N63">
+        <v>2</v>
+      </c>
+      <c r="O63">
         <v>1</v>
       </c>
       <c r="P63" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="B64">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="C64" t="s">
-        <v>38</v>
+        <v>144</v>
       </c>
       <c r="D64" t="s">
         <v>145</v>
       </c>
       <c r="E64">
         <v>12</v>
       </c>
       <c r="F64">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="G64" t="s">
         <v>14</v>
       </c>
       <c r="H64" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="I64" t="s">
         <v>16</v>
       </c>
       <c r="J64">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L64">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="M64">
-        <v>7</v>
-[...4 lines deleted...]
-      <c r="O64">
         <v>1</v>
       </c>
       <c r="P64" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="B65">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="C65" t="s">
+        <v>38</v>
+      </c>
+      <c r="D65" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="E65">
         <v>12</v>
       </c>
       <c r="F65">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="G65" t="s">
         <v>14</v>
       </c>
       <c r="H65" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="I65" t="s">
         <v>16</v>
       </c>
       <c r="J65">
-        <v>2</v>
+        <v>6</v>
+      </c>
+      <c r="K65">
+        <v>4</v>
+      </c>
+      <c r="L65">
+        <v>4</v>
+      </c>
+      <c r="M65">
+        <v>8</v>
       </c>
       <c r="N65">
         <v>2</v>
       </c>
       <c r="O65">
         <v>1</v>
       </c>
       <c r="P65" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="B66">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C66" t="s">
+        <v>147</v>
+      </c>
+      <c r="D66" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="E66">
         <v>12</v>
       </c>
       <c r="F66">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="G66" t="s">
         <v>14</v>
       </c>
       <c r="H66" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="I66" t="s">
         <v>16</v>
       </c>
       <c r="J66">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N66">
         <v>2</v>
       </c>
       <c r="O66">
         <v>1</v>
       </c>
       <c r="P66" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="B67">
-        <v>91</v>
+        <v>15</v>
       </c>
       <c r="C67" t="s">
+        <v>149</v>
+      </c>
+      <c r="D67" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="E67">
         <v>12</v>
       </c>
       <c r="F67">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="H67" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="I67" t="s">
         <v>16</v>
       </c>
       <c r="J67">
         <v>1</v>
       </c>
+      <c r="N67">
+        <v>2</v>
+      </c>
+      <c r="O67">
+        <v>1</v>
+      </c>
       <c r="P67" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="B68">
         <v>91</v>
       </c>
       <c r="C68" t="s">
-        <v>18</v>
+        <v>151</v>
       </c>
       <c r="D68" t="s">
         <v>152</v>
       </c>
       <c r="E68">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="F68">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="G68" t="s">
         <v>14</v>
       </c>
       <c r="H68" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="I68" t="s">
         <v>16</v>
       </c>
       <c r="J68">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="K68">
         <v>3</v>
       </c>
+      <c r="L68">
+        <v>2</v>
+      </c>
       <c r="M68">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P68" t="s">
-        <v>17</v>
+        <v>140</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="B69">
-        <v>14</v>
+        <v>91</v>
       </c>
       <c r="C69" t="s">
+        <v>18</v>
+      </c>
+      <c r="D69" t="s">
         <v>153</v>
       </c>
-      <c r="D69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E69">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="F69">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="G69" t="s">
         <v>14</v>
       </c>
       <c r="H69" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="I69" t="s">
         <v>16</v>
       </c>
       <c r="J69">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K69">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="L69">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="M69">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="P69" t="s">
-        <v>122</v>
+        <v>17</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="B70">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C70" t="s">
-        <v>18</v>
+        <v>154</v>
       </c>
       <c r="D70" t="s">
         <v>155</v>
       </c>
       <c r="E70">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F70">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="G70" t="s">
         <v>14</v>
       </c>
       <c r="H70" t="s">
-        <v>137</v>
+        <v>123</v>
       </c>
       <c r="I70" t="s">
         <v>16</v>
       </c>
       <c r="J70">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="K70">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="L70">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="M70">
-        <v>2</v>
+        <v>18</v>
+      </c>
+      <c r="N70">
+        <v>2</v>
+      </c>
+      <c r="O70">
+        <v>1</v>
       </c>
       <c r="P70" t="s">
-        <v>138</v>
+        <v>124</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="B71">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C71" t="s">
-        <v>113</v>
+        <v>18</v>
       </c>
       <c r="D71" t="s">
         <v>156</v>
       </c>
       <c r="E71">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F71">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="G71" t="s">
         <v>14</v>
       </c>
       <c r="H71" t="s">
-        <v>121</v>
+        <v>139</v>
       </c>
       <c r="I71" t="s">
         <v>16</v>
       </c>
       <c r="J71">
-        <v>2</v>
+        <v>5</v>
+      </c>
+      <c r="K71">
+        <v>1</v>
+      </c>
+      <c r="L71">
+        <v>4</v>
+      </c>
+      <c r="M71">
+        <v>5</v>
       </c>
       <c r="P71" t="s">
-        <v>122</v>
+        <v>140</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72">
-        <v>454</v>
+        <v>435</v>
       </c>
       <c r="B72">
+        <v>10</v>
+      </c>
+      <c r="C72" t="s">
+        <v>115</v>
+      </c>
+      <c r="D72" t="s">
+        <v>157</v>
+      </c>
+      <c r="E72">
+        <v>11</v>
+      </c>
+      <c r="F72">
+        <v>55</v>
+      </c>
+      <c r="G72" t="s">
+        <v>14</v>
+      </c>
+      <c r="H72" t="s">
+        <v>123</v>
+      </c>
+      <c r="I72" t="s">
+        <v>16</v>
+      </c>
+      <c r="J72">
         <v>6</v>
       </c>
-      <c r="C72" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="K72">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="L72">
+        <v>5</v>
       </c>
       <c r="M72">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="P72" t="s">
-        <v>138</v>
+        <v>124</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="B73">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C73" t="s">
-        <v>123</v>
+        <v>158</v>
       </c>
       <c r="D73" t="s">
         <v>159</v>
       </c>
       <c r="E73">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="F73">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="G73" t="s">
         <v>14</v>
       </c>
       <c r="H73" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="I73" t="s">
         <v>16</v>
       </c>
       <c r="J73">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="K73">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L73">
         <v>1</v>
       </c>
       <c r="M73">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="P73" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="B74">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="C74" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D74" t="s">
         <v>160</v>
       </c>
       <c r="E74">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F74">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="G74" t="s">
         <v>14</v>
       </c>
       <c r="H74" t="s">
-        <v>87</v>
+        <v>139</v>
       </c>
       <c r="I74" t="s">
         <v>16</v>
       </c>
       <c r="J74">
-        <v>3</v>
+        <v>6</v>
+      </c>
+      <c r="K74">
+        <v>1</v>
       </c>
       <c r="L74">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M74">
         <v>3</v>
       </c>
       <c r="N74">
         <v>2</v>
       </c>
       <c r="O74">
         <v>1</v>
       </c>
       <c r="P74" t="s">
-        <v>88</v>
+        <v>27</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="B75">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="C75" t="s">
+        <v>131</v>
+      </c>
+      <c r="D75" t="s">
         <v>161</v>
       </c>
-      <c r="D75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E75">
         <v>4</v>
       </c>
       <c r="F75">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="G75" t="s">
         <v>14</v>
       </c>
       <c r="H75" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="I75" t="s">
         <v>16</v>
       </c>
       <c r="J75">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="L75">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="M75">
+        <v>4</v>
+      </c>
+      <c r="N75">
+        <v>4</v>
+      </c>
+      <c r="O75">
         <v>2</v>
       </c>
       <c r="P75" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="B76">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="C76" t="s">
-        <v>91</v>
+        <v>162</v>
       </c>
       <c r="D76" t="s">
         <v>163</v>
       </c>
       <c r="E76">
         <v>4</v>
       </c>
       <c r="F76">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="G76" t="s">
         <v>14</v>
       </c>
       <c r="H76" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="I76" t="s">
         <v>16</v>
       </c>
       <c r="J76">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="K76">
+        <v>1</v>
+      </c>
+      <c r="L76">
+        <v>2</v>
+      </c>
+      <c r="M76">
         <v>3</v>
       </c>
-      <c r="L76">
-[...4 lines deleted...]
-      </c>
       <c r="P76" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77">
-        <v>509</v>
+        <v>463</v>
       </c>
       <c r="B77">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C77" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="D77" t="s">
         <v>164</v>
       </c>
       <c r="E77">
         <v>4</v>
       </c>
       <c r="F77">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="G77" t="s">
         <v>14</v>
       </c>
       <c r="H77" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="I77" t="s">
         <v>16</v>
       </c>
       <c r="J77">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="K77">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="L77">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="M77">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="P77" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="B78">
+        <v>20</v>
+      </c>
+      <c r="C78" t="s">
+        <v>24</v>
+      </c>
+      <c r="D78" t="s">
+        <v>165</v>
+      </c>
+      <c r="E78">
+        <v>4</v>
+      </c>
+      <c r="F78">
+        <v>43</v>
+      </c>
+      <c r="G78" t="s">
+        <v>14</v>
+      </c>
+      <c r="H78" t="s">
+        <v>94</v>
+      </c>
+      <c r="I78" t="s">
+        <v>16</v>
+      </c>
+      <c r="J78">
+        <v>6</v>
+      </c>
+      <c r="K78">
         <v>3</v>
       </c>
-      <c r="C78" t="s">
-[...21 lines deleted...]
-        <v>2</v>
+      <c r="L78">
+        <v>2</v>
+      </c>
+      <c r="M78">
+        <v>5</v>
       </c>
       <c r="P78" t="s">
-        <v>75</v>
+        <v>89</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="B79">
-        <v>28</v>
+        <v>3</v>
       </c>
       <c r="C79" t="s">
+        <v>166</v>
+      </c>
+      <c r="D79" t="s">
+        <v>167</v>
+      </c>
+      <c r="E79">
+        <v>7</v>
+      </c>
+      <c r="F79">
+        <v>57</v>
+      </c>
+      <c r="G79" t="s">
+        <v>14</v>
+      </c>
+      <c r="H79" t="s">
         <v>168</v>
       </c>
-      <c r="D79" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I79" t="s">
         <v>16</v>
       </c>
       <c r="J79">
-        <v>4</v>
-[...8 lines deleted...]
-        <v>4</v>
+        <v>5</v>
+      </c>
+      <c r="N79">
+        <v>2</v>
+      </c>
+      <c r="O79">
+        <v>1</v>
       </c>
       <c r="P79" t="s">
-        <v>122</v>
+        <v>75</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="B80">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="C80" t="s">
+        <v>169</v>
+      </c>
+      <c r="D80" t="s">
         <v>170</v>
       </c>
-      <c r="D80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E80">
+        <v>11</v>
+      </c>
+      <c r="F80">
+        <v>54</v>
+      </c>
+      <c r="G80" t="s">
+        <v>14</v>
+      </c>
+      <c r="H80" t="s">
+        <v>123</v>
+      </c>
+      <c r="I80" t="s">
+        <v>16</v>
+      </c>
+      <c r="J80">
+        <v>7</v>
+      </c>
+      <c r="K80">
+        <v>2</v>
+      </c>
+      <c r="L80">
+        <v>4</v>
+      </c>
+      <c r="M80">
         <v>6</v>
       </c>
-      <c r="F80">
-[...19 lines deleted...]
-      </c>
       <c r="N80">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O80">
         <v>1</v>
       </c>
       <c r="P80" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81">
-        <v>536</v>
+        <v>517</v>
       </c>
       <c r="B81">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="C81" t="s">
+        <v>171</v>
+      </c>
+      <c r="D81" t="s">
         <v>172</v>
       </c>
-      <c r="D81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E81">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F81">
         <v>44</v>
       </c>
       <c r="G81" t="s">
         <v>14</v>
       </c>
       <c r="H81" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="I81" t="s">
         <v>16</v>
       </c>
       <c r="J81">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="K81">
+        <v>3</v>
       </c>
       <c r="L81">
         <v>1</v>
       </c>
       <c r="M81">
+        <v>4</v>
+      </c>
+      <c r="N81">
+        <v>2</v>
+      </c>
+      <c r="O81">
         <v>1</v>
       </c>
       <c r="P81" t="s">
-        <v>138</v>
+        <v>17</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="B82">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="C82" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="D82" t="s">
         <v>174</v>
       </c>
       <c r="E82">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="F82">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="G82" t="s">
         <v>14</v>
       </c>
       <c r="H82" t="s">
-        <v>87</v>
+        <v>168</v>
       </c>
       <c r="I82" t="s">
         <v>16</v>
       </c>
       <c r="J82">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="L82">
         <v>1</v>
       </c>
       <c r="M82">
-        <v>6</v>
-[...4 lines deleted...]
-      <c r="O82">
         <v>1</v>
       </c>
       <c r="P82" t="s">
-        <v>88</v>
+        <v>140</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="B83">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="C83" t="s">
-        <v>18</v>
+        <v>162</v>
       </c>
       <c r="D83" t="s">
         <v>175</v>
       </c>
       <c r="E83">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F83">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G83" t="s">
         <v>14</v>
       </c>
       <c r="H83" t="s">
-        <v>167</v>
+        <v>94</v>
       </c>
       <c r="I83" t="s">
         <v>16</v>
       </c>
       <c r="J83">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="K83">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="L83">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M83">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="N83">
         <v>2</v>
       </c>
       <c r="O83">
         <v>1</v>
       </c>
       <c r="P83" t="s">
-        <v>27</v>
+        <v>89</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="B84">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C84" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="D84" t="s">
         <v>176</v>
       </c>
       <c r="E84">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="F84">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G84" t="s">
         <v>14</v>
       </c>
       <c r="H84" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="I84" t="s">
         <v>16</v>
       </c>
       <c r="J84">
-        <v>3</v>
+        <v>6</v>
+      </c>
+      <c r="K84">
+        <v>1</v>
       </c>
       <c r="L84">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M84">
         <v>3</v>
       </c>
       <c r="N84">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="O84">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="P84" t="s">
-        <v>138</v>
+        <v>27</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85">
-        <v>559</v>
+        <v>546</v>
       </c>
       <c r="B85">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C85" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="D85" t="s">
         <v>177</v>
       </c>
       <c r="E85">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="F85">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="G85" t="s">
         <v>14</v>
       </c>
       <c r="H85" t="s">
-        <v>178</v>
+        <v>168</v>
       </c>
       <c r="I85" t="s">
         <v>16</v>
       </c>
       <c r="J85">
-        <v>2</v>
+        <v>5</v>
+      </c>
+      <c r="K85">
+        <v>1</v>
+      </c>
+      <c r="L85">
+        <v>3</v>
+      </c>
+      <c r="M85">
+        <v>4</v>
       </c>
       <c r="N85">
+        <v>10</v>
+      </c>
+      <c r="O85">
         <v>5</v>
       </c>
-      <c r="O85">
-[...1 lines deleted...]
-      </c>
       <c r="P85" t="s">
-        <v>88</v>
+        <v>140</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86">
-        <v>568</v>
+        <v>559</v>
       </c>
       <c r="B86">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="C86" t="s">
+        <v>45</v>
+      </c>
+      <c r="D86" t="s">
+        <v>178</v>
+      </c>
+      <c r="E86">
+        <v>4</v>
+      </c>
+      <c r="F86">
+        <v>50</v>
+      </c>
+      <c r="G86" t="s">
+        <v>14</v>
+      </c>
+      <c r="H86" t="s">
         <v>179</v>
       </c>
-      <c r="D86" t="s">
-[...2 lines deleted...]
-      <c r="E86">
+      <c r="I86" t="s">
+        <v>16</v>
+      </c>
+      <c r="J86">
+        <v>3</v>
+      </c>
+      <c r="N86">
         <v>5</v>
       </c>
-      <c r="F86">
-[...18 lines deleted...]
-        <v>3</v>
+      <c r="O86">
+        <v>1</v>
       </c>
       <c r="P86" t="s">
-        <v>27</v>
+        <v>89</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87">
-        <v>584</v>
+        <v>568</v>
       </c>
       <c r="B87">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C87" t="s">
+        <v>180</v>
+      </c>
+      <c r="D87" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="E87">
         <v>5</v>
       </c>
       <c r="F87">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="G87" t="s">
         <v>14</v>
       </c>
       <c r="H87" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="I87" t="s">
         <v>16</v>
+      </c>
+      <c r="J87">
+        <v>6</v>
+      </c>
+      <c r="L87">
+        <v>3</v>
+      </c>
+      <c r="M87">
+        <v>3</v>
       </c>
       <c r="P87" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88">
-        <v>593</v>
+        <v>584</v>
       </c>
       <c r="B88">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C88" t="s">
         <v>182</v>
       </c>
       <c r="D88" t="s">
-        <v>183</v>
+        <v>165</v>
       </c>
       <c r="E88">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="F88">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G88" t="s">
         <v>14</v>
       </c>
       <c r="H88" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="I88" t="s">
         <v>16</v>
       </c>
       <c r="J88">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="N88">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="O88">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="P88" t="s">
-        <v>185</v>
+        <v>27</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="B89">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C89" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="D89" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="E89">
         <v>16</v>
       </c>
       <c r="F89">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="G89" t="s">
         <v>14</v>
       </c>
       <c r="H89" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I89" t="s">
         <v>16</v>
       </c>
       <c r="J89">
         <v>3</v>
       </c>
       <c r="L89">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M89">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="N89">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="O89">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="P89" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="B90">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C90" t="s">
-        <v>54</v>
+        <v>187</v>
       </c>
       <c r="D90" t="s">
         <v>188</v>
       </c>
       <c r="E90">
         <v>16</v>
       </c>
       <c r="F90">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="G90" t="s">
         <v>14</v>
       </c>
       <c r="H90" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I90" t="s">
         <v>16</v>
       </c>
+      <c r="J90">
+        <v>7</v>
+      </c>
+      <c r="K90">
+        <v>2</v>
+      </c>
+      <c r="L90">
+        <v>5</v>
+      </c>
+      <c r="M90">
+        <v>7</v>
+      </c>
+      <c r="N90">
+        <v>4</v>
+      </c>
+      <c r="O90">
+        <v>2</v>
+      </c>
       <c r="P90" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="B91">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C91" t="s">
+        <v>54</v>
+      </c>
+      <c r="D91" t="s">
         <v>189</v>
       </c>
-      <c r="D91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E91">
         <v>16</v>
       </c>
       <c r="F91">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="G91" t="s">
         <v>14</v>
       </c>
       <c r="H91" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I91" t="s">
         <v>16</v>
       </c>
       <c r="J91">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="L91">
         <v>3</v>
       </c>
+      <c r="K91">
+        <v>1</v>
+      </c>
       <c r="M91">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="P91" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="B92">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="C92" t="s">
+        <v>190</v>
+      </c>
+      <c r="D92" t="s">
         <v>191</v>
       </c>
-      <c r="D92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E92">
         <v>16</v>
       </c>
       <c r="F92">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G92" t="s">
         <v>14</v>
       </c>
       <c r="H92" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I92" t="s">
         <v>16</v>
       </c>
       <c r="J92">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="L92">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="M92">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="P92" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="B93">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C93" t="s">
-        <v>18</v>
+        <v>192</v>
       </c>
       <c r="D93" t="s">
         <v>193</v>
       </c>
       <c r="E93">
         <v>16</v>
       </c>
       <c r="F93">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="G93" t="s">
         <v>14</v>
       </c>
       <c r="H93" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I93" t="s">
         <v>16</v>
       </c>
       <c r="J93">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="K93">
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="L93">
+        <v>7</v>
       </c>
       <c r="M93">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="P93" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="B94">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C94" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="D94" t="s">
         <v>194</v>
       </c>
       <c r="E94">
         <v>16</v>
       </c>
       <c r="F94">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="G94" t="s">
         <v>14</v>
       </c>
       <c r="H94" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I94" t="s">
         <v>16</v>
       </c>
       <c r="J94">
+        <v>7</v>
+      </c>
+      <c r="K94">
         <v>2</v>
       </c>
       <c r="L94">
         <v>1</v>
       </c>
       <c r="M94">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="P94" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="B95">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="C95" t="s">
-        <v>30</v>
+        <v>81</v>
       </c>
       <c r="D95" t="s">
         <v>195</v>
       </c>
       <c r="E95">
         <v>16</v>
       </c>
       <c r="F95">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="G95" t="s">
         <v>14</v>
       </c>
       <c r="H95" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I95" t="s">
         <v>16</v>
       </c>
       <c r="J95">
         <v>4</v>
       </c>
       <c r="K95">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L95">
         <v>1</v>
       </c>
       <c r="M95">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P95" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="B96">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="C96" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="D96" t="s">
         <v>196</v>
       </c>
       <c r="E96">
         <v>16</v>
       </c>
       <c r="F96">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="G96" t="s">
         <v>14</v>
       </c>
       <c r="H96" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I96" t="s">
         <v>16</v>
       </c>
+      <c r="J96">
+        <v>8</v>
+      </c>
+      <c r="K96">
+        <v>3</v>
+      </c>
+      <c r="L96">
+        <v>3</v>
+      </c>
+      <c r="M96">
+        <v>6</v>
+      </c>
       <c r="P96" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="B97">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C97" t="s">
-        <v>148</v>
+        <v>36</v>
       </c>
       <c r="D97" t="s">
         <v>197</v>
       </c>
       <c r="E97">
         <v>16</v>
       </c>
       <c r="F97">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="G97" t="s">
         <v>14</v>
       </c>
       <c r="H97" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I97" t="s">
         <v>16</v>
       </c>
-      <c r="J97">
-[...13 lines deleted...]
-      </c>
       <c r="P97" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="B98">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C98" t="s">
-        <v>131</v>
+        <v>149</v>
       </c>
       <c r="D98" t="s">
         <v>198</v>
       </c>
       <c r="E98">
         <v>16</v>
       </c>
       <c r="F98">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="G98" t="s">
         <v>14</v>
       </c>
       <c r="H98" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I98" t="s">
         <v>16</v>
       </c>
       <c r="J98">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="L98">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M98">
         <v>3</v>
       </c>
+      <c r="N98">
+        <v>6</v>
+      </c>
+      <c r="O98">
+        <v>3</v>
+      </c>
       <c r="P98" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99">
-        <v>613</v>
+        <v>608</v>
       </c>
       <c r="B99">
-        <v>62</v>
+        <v>8</v>
       </c>
       <c r="C99" t="s">
-        <v>85</v>
+        <v>133</v>
       </c>
       <c r="D99" t="s">
         <v>199</v>
       </c>
       <c r="E99">
+        <v>16</v>
+      </c>
+      <c r="F99">
+        <v>55</v>
+      </c>
+      <c r="G99" t="s">
+        <v>14</v>
+      </c>
+      <c r="H99" t="s">
+        <v>185</v>
+      </c>
+      <c r="I99" t="s">
+        <v>16</v>
+      </c>
+      <c r="J99">
         <v>6</v>
       </c>
-      <c r="F99">
-[...12 lines deleted...]
-        <v>3</v>
+      <c r="K99">
+        <v>1</v>
       </c>
       <c r="L99">
         <v>4</v>
       </c>
       <c r="M99">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N99">
         <v>2</v>
       </c>
       <c r="O99">
         <v>1</v>
       </c>
       <c r="P99" t="s">
-        <v>17</v>
+        <v>186</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="B100">
-        <v>4</v>
+        <v>62</v>
       </c>
       <c r="C100" t="s">
-        <v>45</v>
+        <v>200</v>
       </c>
       <c r="D100" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E100">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F100">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="G100" t="s">
         <v>14</v>
       </c>
       <c r="H100" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I100" t="s">
         <v>16</v>
       </c>
       <c r="J100">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L100">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="M100">
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="N100">
+        <v>2</v>
+      </c>
+      <c r="O100">
+        <v>1</v>
       </c>
       <c r="P100" t="s">
-        <v>138</v>
+        <v>17</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="B101">
-        <v>99</v>
+        <v>4</v>
       </c>
       <c r="C101" t="s">
-        <v>201</v>
+        <v>45</v>
       </c>
       <c r="D101" t="s">
         <v>202</v>
       </c>
       <c r="E101">
         <v>12</v>
       </c>
       <c r="F101">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="G101" t="s">
         <v>14</v>
       </c>
       <c r="H101" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I101" t="s">
         <v>16</v>
       </c>
       <c r="J101">
+        <v>4</v>
+      </c>
+      <c r="K101">
+        <v>2</v>
+      </c>
+      <c r="L101">
         <v>3</v>
       </c>
-      <c r="L101">
+      <c r="M101">
+        <v>5</v>
+      </c>
+      <c r="N101">
         <v>6</v>
       </c>
-      <c r="M101">
-        <v>6</v>
+      <c r="O101">
+        <v>3</v>
       </c>
       <c r="P101" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="B102">
-        <v>24</v>
+        <v>99</v>
       </c>
       <c r="C102" t="s">
-        <v>54</v>
+        <v>203</v>
       </c>
       <c r="D102" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E102">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F102">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="G102" t="s">
         <v>14</v>
       </c>
       <c r="H102" t="s">
-        <v>121</v>
+        <v>185</v>
       </c>
       <c r="I102" t="s">
         <v>16</v>
       </c>
       <c r="J102">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="K102">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L102">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="M102">
-        <v>4</v>
+        <v>15</v>
+      </c>
+      <c r="N102">
+        <v>2</v>
+      </c>
+      <c r="O102">
+        <v>1</v>
       </c>
       <c r="P102" t="s">
-        <v>122</v>
+        <v>140</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103">
-        <v>622</v>
+        <v>618</v>
       </c>
       <c r="B103">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="C103" t="s">
-        <v>204</v>
+        <v>54</v>
       </c>
       <c r="D103" t="s">
         <v>205</v>
       </c>
       <c r="E103">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F103">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="G103" t="s">
         <v>14</v>
       </c>
       <c r="H103" t="s">
-        <v>184</v>
+        <v>123</v>
       </c>
       <c r="I103" t="s">
         <v>16</v>
       </c>
       <c r="J103">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K103">
         <v>1</v>
       </c>
       <c r="L103">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M103">
-        <v>4</v>
+        <v>6</v>
+      </c>
+      <c r="N103">
+        <v>2</v>
+      </c>
+      <c r="O103">
+        <v>1</v>
       </c>
       <c r="P103" t="s">
-        <v>138</v>
+        <v>124</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104">
-        <v>628</v>
+        <v>622</v>
       </c>
       <c r="B104">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="C104" t="s">
-        <v>179</v>
+        <v>206</v>
       </c>
       <c r="D104" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E104">
+        <v>12</v>
+      </c>
+      <c r="F104">
+        <v>47</v>
+      </c>
+      <c r="G104" t="s">
+        <v>14</v>
+      </c>
+      <c r="H104" t="s">
+        <v>185</v>
+      </c>
+      <c r="I104" t="s">
+        <v>16</v>
+      </c>
+      <c r="J104">
         <v>7</v>
       </c>
-      <c r="F104">
-[...12 lines deleted...]
-        <v>4</v>
+      <c r="K104">
+        <v>2</v>
       </c>
       <c r="L104">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="M104">
+        <v>8</v>
+      </c>
+      <c r="N104">
+        <v>2</v>
+      </c>
+      <c r="O104">
         <v>1</v>
       </c>
       <c r="P104" t="s">
-        <v>75</v>
+        <v>140</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="B105">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C105" t="s">
-        <v>207</v>
+        <v>180</v>
       </c>
       <c r="D105" t="s">
         <v>208</v>
       </c>
       <c r="E105">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="F105">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="G105" t="s">
         <v>14</v>
       </c>
       <c r="H105" t="s">
-        <v>121</v>
+        <v>185</v>
       </c>
       <c r="I105" t="s">
         <v>16</v>
       </c>
       <c r="J105">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="L105">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="M105">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="P105" t="s">
-        <v>122</v>
+        <v>75</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="B106">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C106" t="s">
         <v>209</v>
       </c>
       <c r="D106" t="s">
         <v>210</v>
       </c>
       <c r="E106">
         <v>11</v>
       </c>
       <c r="F106">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="G106" t="s">
         <v>14</v>
       </c>
       <c r="H106" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I106" t="s">
         <v>16</v>
       </c>
+      <c r="J106">
+        <v>7</v>
+      </c>
+      <c r="K106">
+        <v>10</v>
+      </c>
+      <c r="L106">
+        <v>9</v>
+      </c>
+      <c r="M106">
+        <v>19</v>
+      </c>
       <c r="P106" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107">
-        <v>635</v>
+        <v>633</v>
+      </c>
+      <c r="B107">
+        <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>211</v>
       </c>
       <c r="D107" t="s">
         <v>212</v>
       </c>
       <c r="E107">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F107">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="G107" t="s">
         <v>14</v>
       </c>
       <c r="H107" t="s">
-        <v>184</v>
+        <v>123</v>
       </c>
       <c r="I107" t="s">
         <v>16</v>
       </c>
+      <c r="J107">
+        <v>4</v>
+      </c>
+      <c r="K107">
+        <v>2</v>
+      </c>
+      <c r="L107">
+        <v>2</v>
+      </c>
+      <c r="M107">
+        <v>4</v>
+      </c>
+      <c r="N107">
+        <v>4</v>
+      </c>
+      <c r="O107">
+        <v>2</v>
+      </c>
       <c r="P107" t="s">
-        <v>138</v>
+        <v>124</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108">
-        <v>639</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>635</v>
       </c>
       <c r="C108" t="s">
+        <v>213</v>
+      </c>
+      <c r="D108" t="s">
+        <v>214</v>
+      </c>
+      <c r="E108">
         <v>12</v>
       </c>
-      <c r="D108" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F108">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="G108" t="s">
         <v>14</v>
       </c>
       <c r="H108" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I108" t="s">
         <v>16</v>
       </c>
-      <c r="J108">
-[...10 lines deleted...]
-      </c>
       <c r="P108" t="s">
-        <v>27</v>
+        <v>140</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109">
-        <v>655</v>
+        <v>639</v>
       </c>
       <c r="B109">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="C109" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="D109" t="s">
-        <v>38</v>
+        <v>215</v>
       </c>
       <c r="E109">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="F109">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="G109" t="s">
         <v>14</v>
       </c>
       <c r="H109" t="s">
-        <v>214</v>
+        <v>185</v>
       </c>
       <c r="I109" t="s">
         <v>16</v>
       </c>
       <c r="J109">
+        <v>5</v>
+      </c>
+      <c r="K109">
         <v>1</v>
       </c>
       <c r="L109">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M109">
         <v>2</v>
       </c>
       <c r="P109" t="s">
-        <v>138</v>
+        <v>27</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="B110">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="C110" t="s">
-        <v>215</v>
+        <v>58</v>
       </c>
       <c r="D110" t="s">
+        <v>38</v>
+      </c>
+      <c r="E110">
+        <v>12</v>
+      </c>
+      <c r="F110">
+        <v>43</v>
+      </c>
+      <c r="G110" t="s">
+        <v>14</v>
+      </c>
+      <c r="H110" t="s">
         <v>216</v>
       </c>
-      <c r="E110">
-[...10 lines deleted...]
-      </c>
       <c r="I110" t="s">
         <v>16</v>
       </c>
+      <c r="J110">
+        <v>1</v>
+      </c>
+      <c r="L110">
+        <v>2</v>
+      </c>
+      <c r="M110">
+        <v>2</v>
+      </c>
       <c r="P110" t="s">
-        <v>47</v>
+        <v>140</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111">
-        <v>672</v>
+        <v>658</v>
       </c>
       <c r="B111">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="C111" t="s">
         <v>217</v>
       </c>
       <c r="D111" t="s">
         <v>218</v>
       </c>
       <c r="E111">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="F111">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="G111" t="s">
         <v>14</v>
       </c>
       <c r="H111" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="I111" t="s">
         <v>16</v>
       </c>
-      <c r="J111">
-[...10 lines deleted...]
-      </c>
       <c r="P111" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112">
-        <v>675</v>
+        <v>660</v>
       </c>
       <c r="B112">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="C112" t="s">
-        <v>161</v>
+        <v>219</v>
       </c>
       <c r="D112" t="s">
         <v>220</v>
       </c>
       <c r="E112">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F112">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="G112" t="s">
         <v>14</v>
       </c>
       <c r="H112" t="s">
-        <v>219</v>
+        <v>123</v>
       </c>
       <c r="I112" t="s">
         <v>16</v>
       </c>
       <c r="J112">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="K112">
         <v>2</v>
       </c>
+      <c r="L112">
+        <v>1</v>
+      </c>
       <c r="M112">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="P112" t="s">
-        <v>185</v>
+        <v>140</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="B113">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="C113" t="s">
-        <v>141</v>
+        <v>221</v>
       </c>
       <c r="D113" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E113">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="F113">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="G113" t="s">
         <v>14</v>
       </c>
       <c r="H113" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="I113" t="s">
         <v>16</v>
       </c>
       <c r="J113">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="K113">
+        <v>1</v>
+      </c>
+      <c r="L113">
         <v>3</v>
       </c>
-      <c r="L113">
-[...1 lines deleted...]
-      </c>
       <c r="M113">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="P113" t="s">
-        <v>185</v>
+        <v>89</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="B114">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C114" t="s">
-        <v>72</v>
+        <v>162</v>
       </c>
       <c r="D114" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E114">
         <v>16</v>
       </c>
       <c r="F114">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="G114" t="s">
         <v>14</v>
       </c>
       <c r="H114" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="I114" t="s">
         <v>16</v>
       </c>
       <c r="J114">
+        <v>7</v>
+      </c>
+      <c r="K114">
         <v>2</v>
       </c>
       <c r="L114">
         <v>1</v>
       </c>
       <c r="M114">
+        <v>3</v>
+      </c>
+      <c r="N114">
+        <v>2</v>
+      </c>
+      <c r="O114">
         <v>1</v>
       </c>
       <c r="P114" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="B115">
-        <v>88</v>
+        <v>27</v>
       </c>
       <c r="C115" t="s">
-        <v>89</v>
+        <v>142</v>
       </c>
       <c r="D115" t="s">
+        <v>225</v>
+      </c>
+      <c r="E115">
+        <v>16</v>
+      </c>
+      <c r="F115">
+        <v>42</v>
+      </c>
+      <c r="G115" t="s">
+        <v>14</v>
+      </c>
+      <c r="H115" t="s">
         <v>223</v>
       </c>
-      <c r="E115">
-[...10 lines deleted...]
-      </c>
       <c r="I115" t="s">
         <v>16</v>
       </c>
+      <c r="J115">
+        <v>8</v>
+      </c>
+      <c r="K115">
+        <v>9</v>
+      </c>
+      <c r="L115">
+        <v>5</v>
+      </c>
+      <c r="M115">
+        <v>14</v>
+      </c>
+      <c r="N115">
+        <v>2</v>
+      </c>
+      <c r="O115">
+        <v>1</v>
+      </c>
       <c r="P115" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="B116">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C116" t="s">
-        <v>224</v>
+        <v>72</v>
       </c>
       <c r="D116" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E116">
         <v>16</v>
       </c>
       <c r="F116">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G116" t="s">
         <v>14</v>
       </c>
       <c r="H116" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="I116" t="s">
         <v>16</v>
       </c>
       <c r="J116">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L116">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M116">
-        <v>3</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P116" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="B117">
-        <v>12</v>
+        <v>88</v>
       </c>
       <c r="C117" t="s">
-        <v>226</v>
+        <v>87</v>
       </c>
       <c r="D117" t="s">
         <v>227</v>
       </c>
       <c r="E117">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="F117">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="G117" t="s">
         <v>14</v>
       </c>
       <c r="H117" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="I117" t="s">
         <v>16</v>
       </c>
-      <c r="J117">
-[...7 lines deleted...]
-      </c>
       <c r="P117" t="s">
-        <v>17</v>
+        <v>186</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="B118">
-        <v>77</v>
+        <v>11</v>
       </c>
       <c r="C118" t="s">
         <v>228</v>
       </c>
       <c r="D118" t="s">
         <v>229</v>
       </c>
       <c r="E118">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="F118">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="G118" t="s">
         <v>14</v>
       </c>
       <c r="H118" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="I118" t="s">
         <v>16</v>
       </c>
       <c r="J118">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="K118">
         <v>3</v>
       </c>
+      <c r="L118">
+        <v>2</v>
+      </c>
       <c r="M118">
-        <v>3</v>
+        <v>5</v>
+      </c>
+      <c r="N118">
+        <v>6</v>
+      </c>
+      <c r="O118">
+        <v>2</v>
       </c>
       <c r="P118" t="s">
-        <v>17</v>
+        <v>186</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119">
-        <v>682</v>
+        <v>680</v>
       </c>
       <c r="B119">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C119" t="s">
         <v>230</v>
       </c>
       <c r="D119" t="s">
         <v>231</v>
       </c>
       <c r="E119">
         <v>6</v>
       </c>
       <c r="F119">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="G119" t="s">
         <v>14</v>
       </c>
       <c r="H119" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="I119" t="s">
         <v>16</v>
       </c>
       <c r="J119">
-        <v>2</v>
+        <v>6</v>
+      </c>
+      <c r="K119">
+        <v>3</v>
       </c>
       <c r="L119">
         <v>1</v>
       </c>
       <c r="M119">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="N119">
+        <v>6</v>
+      </c>
+      <c r="O119">
+        <v>3</v>
       </c>
       <c r="P119" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120">
-        <v>683</v>
+        <v>681</v>
       </c>
       <c r="B120">
-        <v>16</v>
+        <v>77</v>
       </c>
       <c r="C120" t="s">
-        <v>153</v>
+        <v>232</v>
       </c>
       <c r="D120" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E120">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="F120">
-        <v>59</v>
+        <v>39</v>
       </c>
       <c r="G120" t="s">
         <v>14</v>
       </c>
       <c r="H120" t="s">
-        <v>121</v>
+        <v>223</v>
       </c>
       <c r="I120" t="s">
         <v>16</v>
       </c>
       <c r="J120">
         <v>4</v>
       </c>
       <c r="K120">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="M120">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="P120" t="s">
-        <v>122</v>
+        <v>17</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="B121">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C121" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D121" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E121">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="F121">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="G121" t="s">
         <v>14</v>
       </c>
       <c r="H121" t="s">
-        <v>121</v>
+        <v>223</v>
       </c>
       <c r="I121" t="s">
         <v>16</v>
       </c>
+      <c r="J121">
+        <v>5</v>
+      </c>
+      <c r="K121">
+        <v>1</v>
+      </c>
+      <c r="L121">
+        <v>1</v>
+      </c>
+      <c r="M121">
+        <v>2</v>
+      </c>
+      <c r="N121">
+        <v>8</v>
+      </c>
+      <c r="O121">
+        <v>4</v>
+      </c>
       <c r="P121" t="s">
-        <v>122</v>
+        <v>17</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="B122">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="C122" t="s">
-        <v>235</v>
+        <v>154</v>
       </c>
       <c r="D122" t="s">
         <v>236</v>
       </c>
       <c r="E122">
+        <v>11</v>
+      </c>
+      <c r="F122">
+        <v>59</v>
+      </c>
+      <c r="G122" t="s">
+        <v>14</v>
+      </c>
+      <c r="H122" t="s">
+        <v>123</v>
+      </c>
+      <c r="I122" t="s">
+        <v>16</v>
+      </c>
+      <c r="J122">
         <v>8</v>
       </c>
-      <c r="F122">
-[...9 lines deleted...]
-        <v>16</v>
+      <c r="K122">
+        <v>6</v>
+      </c>
+      <c r="L122">
+        <v>12</v>
+      </c>
+      <c r="M122">
+        <v>18</v>
       </c>
       <c r="P122" t="s">
-        <v>47</v>
+        <v>124</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123">
-        <v>687</v>
+        <v>685</v>
       </c>
       <c r="B123">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C123" t="s">
-        <v>43</v>
+        <v>237</v>
       </c>
       <c r="D123" t="s">
-        <v>35</v>
+        <v>238</v>
       </c>
       <c r="E123">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="F123">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="G123" t="s">
         <v>14</v>
       </c>
       <c r="H123" t="s">
-        <v>219</v>
+        <v>123</v>
       </c>
       <c r="I123" t="s">
         <v>16</v>
       </c>
-      <c r="J123">
-[...16 lines deleted...]
-      </c>
       <c r="P123" t="s">
-        <v>27</v>
+        <v>124</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="B124">
-        <v>67</v>
+        <v>4</v>
       </c>
       <c r="C124" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D124" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="E124">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="F124">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="G124" t="s">
         <v>14</v>
       </c>
       <c r="H124" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="I124" t="s">
         <v>16</v>
       </c>
-      <c r="J124">
-[...13 lines deleted...]
-      </c>
       <c r="P124" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125">
-        <v>695</v>
+        <v>687</v>
       </c>
       <c r="B125">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="C125" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="D125" t="s">
-        <v>239</v>
+        <v>35</v>
       </c>
       <c r="E125">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F125">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="G125" t="s">
         <v>14</v>
       </c>
       <c r="H125" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="I125" t="s">
         <v>16</v>
       </c>
       <c r="J125">
-        <v>3</v>
+        <v>5</v>
+      </c>
+      <c r="K125">
+        <v>5</v>
+      </c>
+      <c r="L125">
+        <v>1</v>
+      </c>
+      <c r="M125">
+        <v>6</v>
+      </c>
+      <c r="N125">
+        <v>4</v>
+      </c>
+      <c r="O125">
+        <v>2</v>
       </c>
       <c r="P125" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126">
-        <v>697</v>
+        <v>689</v>
       </c>
       <c r="B126">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="C126" t="s">
-        <v>123</v>
+        <v>241</v>
       </c>
       <c r="D126" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="E126">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F126">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="G126" t="s">
         <v>14</v>
       </c>
       <c r="H126" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="I126" t="s">
         <v>16</v>
       </c>
+      <c r="J126">
+        <v>7</v>
+      </c>
+      <c r="K126">
+        <v>2</v>
+      </c>
+      <c r="M126">
+        <v>2</v>
+      </c>
+      <c r="N126">
+        <v>6</v>
+      </c>
+      <c r="O126">
+        <v>3</v>
+      </c>
       <c r="P126" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127">
-        <v>707</v>
+        <v>695</v>
       </c>
       <c r="B127">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C127" t="s">
-        <v>241</v>
+        <v>18</v>
       </c>
       <c r="D127" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E127">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F127">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="G127" t="s">
         <v>14</v>
       </c>
       <c r="H127" t="s">
-        <v>243</v>
+        <v>223</v>
       </c>
       <c r="I127" t="s">
         <v>16</v>
       </c>
       <c r="J127">
-        <v>2</v>
-[...4 lines deleted...]
-      <c r="M127">
+        <v>6</v>
+      </c>
+      <c r="N127">
+        <v>2</v>
+      </c>
+      <c r="O127">
         <v>1</v>
       </c>
       <c r="P127" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128">
-        <v>708</v>
+        <v>697</v>
+      </c>
+      <c r="B128">
+        <v>19</v>
       </c>
       <c r="C128" t="s">
-        <v>64</v>
+        <v>125</v>
       </c>
       <c r="D128" t="s">
         <v>244</v>
       </c>
       <c r="E128">
         <v>5</v>
       </c>
       <c r="F128">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="G128" t="s">
         <v>14</v>
       </c>
       <c r="H128" t="s">
-        <v>243</v>
+        <v>223</v>
       </c>
       <c r="I128" t="s">
         <v>16</v>
       </c>
       <c r="P128" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129">
-        <v>720</v>
+        <v>707</v>
       </c>
       <c r="B129">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C129" t="s">
         <v>245</v>
       </c>
       <c r="D129" t="s">
         <v>246</v>
       </c>
       <c r="E129">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F129">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="G129" t="s">
         <v>14</v>
       </c>
       <c r="H129" t="s">
-        <v>121</v>
+        <v>247</v>
       </c>
       <c r="I129" t="s">
         <v>16</v>
       </c>
       <c r="J129">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K129">
-        <v>2</v>
+        <v>5</v>
+      </c>
+      <c r="L129">
+        <v>1</v>
       </c>
       <c r="M129">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="P129" t="s">
-        <v>88</v>
+        <v>27</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130">
-        <v>721</v>
+        <v>708</v>
       </c>
       <c r="B130">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C130" t="s">
-        <v>247</v>
+        <v>64</v>
       </c>
       <c r="D130" t="s">
         <v>248</v>
       </c>
       <c r="E130">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="F130">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G130" t="s">
         <v>14</v>
       </c>
       <c r="H130" t="s">
-        <v>121</v>
+        <v>247</v>
       </c>
       <c r="I130" t="s">
         <v>16</v>
       </c>
       <c r="J130">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="K130">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="L130">
+        <v>1</v>
       </c>
       <c r="M130">
         <v>2</v>
       </c>
-      <c r="N130">
-[...4 lines deleted...]
-      </c>
       <c r="P130" t="s">
-        <v>138</v>
+        <v>27</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131">
-        <v>722</v>
+        <v>720</v>
+      </c>
+      <c r="B131">
+        <v>21</v>
       </c>
       <c r="C131" t="s">
-        <v>161</v>
+        <v>249</v>
       </c>
       <c r="D131" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E131">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="F131">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="G131" t="s">
         <v>14</v>
       </c>
       <c r="H131" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I131" t="s">
         <v>16</v>
       </c>
+      <c r="J131">
+        <v>6</v>
+      </c>
+      <c r="K131">
+        <v>2</v>
+      </c>
+      <c r="M131">
+        <v>2</v>
+      </c>
       <c r="P131" t="s">
-        <v>185</v>
+        <v>89</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="B132">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C132" t="s">
-        <v>18</v>
+        <v>251</v>
       </c>
       <c r="D132" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="E132">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F132">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="G132" t="s">
         <v>14</v>
       </c>
       <c r="H132" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I132" t="s">
         <v>16</v>
       </c>
       <c r="J132">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K132">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="L132">
         <v>4</v>
       </c>
       <c r="M132">
-        <v>7</v>
+        <v>12</v>
+      </c>
+      <c r="N132">
+        <v>2</v>
+      </c>
+      <c r="O132">
+        <v>1</v>
       </c>
       <c r="P132" t="s">
-        <v>185</v>
+        <v>140</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133">
-        <v>724</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>722</v>
       </c>
       <c r="C133" t="s">
-        <v>251</v>
+        <v>162</v>
       </c>
       <c r="D133" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E133">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="F133">
-        <v>63</v>
+        <v>40</v>
       </c>
       <c r="G133" t="s">
         <v>14</v>
       </c>
       <c r="H133" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I133" t="s">
         <v>16</v>
       </c>
-      <c r="J133">
-[...7 lines deleted...]
-      </c>
       <c r="P133" t="s">
-        <v>88</v>
+        <v>186</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="B134">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="C134" t="s">
-        <v>161</v>
+        <v>18</v>
       </c>
       <c r="D134" t="s">
-        <v>222</v>
+        <v>254</v>
       </c>
       <c r="E134">
         <v>16</v>
       </c>
       <c r="F134">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="G134" t="s">
         <v>14</v>
       </c>
       <c r="H134" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I134" t="s">
         <v>16</v>
       </c>
       <c r="J134">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>6</v>
+      </c>
+      <c r="K134">
+        <v>7</v>
+      </c>
+      <c r="L134">
+        <v>10</v>
+      </c>
+      <c r="M134">
+        <v>17</v>
       </c>
       <c r="P134" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135">
-        <v>726</v>
+        <v>724</v>
+      </c>
+      <c r="B135">
+        <v>3</v>
       </c>
       <c r="C135" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D135" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="E135">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="F135">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="G135" t="s">
         <v>14</v>
       </c>
       <c r="H135" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I135" t="s">
         <v>16</v>
       </c>
+      <c r="J135">
+        <v>7</v>
+      </c>
+      <c r="L135">
+        <v>2</v>
+      </c>
+      <c r="M135">
+        <v>2</v>
+      </c>
       <c r="P135" t="s">
-        <v>185</v>
+        <v>89</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="B136">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="C136" t="s">
-        <v>32</v>
+        <v>162</v>
       </c>
       <c r="D136" t="s">
-        <v>161</v>
+        <v>226</v>
       </c>
       <c r="E136">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="F136">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G136" t="s">
         <v>14</v>
       </c>
       <c r="H136" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I136" t="s">
         <v>16</v>
       </c>
       <c r="J136">
         <v>3</v>
       </c>
-      <c r="K136">
-[...1 lines deleted...]
-      </c>
       <c r="L136">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M136">
-        <v>4</v>
+        <v>2</v>
+      </c>
+      <c r="O136">
+        <v>1</v>
       </c>
       <c r="P136" t="s">
-        <v>17</v>
+        <v>186</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137">
-        <v>728</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>726</v>
       </c>
       <c r="C137" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D137" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="E137">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="F137">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="G137" t="s">
         <v>14</v>
       </c>
       <c r="H137" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I137" t="s">
         <v>16</v>
       </c>
-      <c r="J137">
-[...1 lines deleted...]
-      </c>
       <c r="P137" t="s">
-        <v>17</v>
+        <v>186</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="B138">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="C138" t="s">
-        <v>257</v>
+        <v>32</v>
       </c>
       <c r="D138" t="s">
-        <v>258</v>
+        <v>162</v>
       </c>
       <c r="E138">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F138">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="G138" t="s">
         <v>14</v>
       </c>
       <c r="H138" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I138" t="s">
         <v>16</v>
       </c>
       <c r="J138">
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="K138">
+        <v>1</v>
       </c>
       <c r="L138">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M138">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="P138" t="s">
-        <v>75</v>
+        <v>17</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139">
-        <v>730</v>
+        <v>728</v>
       </c>
       <c r="B139">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="C139" t="s">
-        <v>58</v>
+        <v>259</v>
       </c>
       <c r="D139" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="E139">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F139">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="G139" t="s">
         <v>14</v>
       </c>
       <c r="H139" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I139" t="s">
         <v>16</v>
       </c>
       <c r="J139">
+        <v>5</v>
+      </c>
+      <c r="K139">
         <v>3</v>
       </c>
       <c r="L139">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M139">
+        <v>5</v>
+      </c>
+      <c r="N139">
+        <v>2</v>
+      </c>
+      <c r="O139">
         <v>1</v>
       </c>
       <c r="P139" t="s">
-        <v>75</v>
+        <v>17</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140">
-        <v>731</v>
+        <v>729</v>
       </c>
       <c r="B140">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C140" t="s">
-        <v>36</v>
+        <v>261</v>
       </c>
       <c r="D140" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="E140">
         <v>7</v>
       </c>
       <c r="F140">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G140" t="s">
         <v>14</v>
       </c>
       <c r="H140" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I140" t="s">
         <v>16</v>
       </c>
       <c r="J140">
+        <v>6</v>
+      </c>
+      <c r="K140">
         <v>3</v>
       </c>
-      <c r="K140">
-[...1 lines deleted...]
-      </c>
       <c r="L140">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M140">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="P140" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141">
-        <v>733</v>
+        <v>730</v>
       </c>
       <c r="B141">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C141" t="s">
-        <v>224</v>
+        <v>58</v>
       </c>
       <c r="D141" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="E141">
         <v>7</v>
       </c>
       <c r="F141">
         <v>47</v>
       </c>
       <c r="G141" t="s">
         <v>14</v>
       </c>
       <c r="H141" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I141" t="s">
         <v>16</v>
       </c>
       <c r="J141">
         <v>4</v>
       </c>
-      <c r="K141">
-[...1 lines deleted...]
-      </c>
       <c r="L141">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M141">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="P141" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="B142">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C142" t="s">
-        <v>262</v>
+        <v>36</v>
       </c>
       <c r="D142" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="E142">
         <v>7</v>
       </c>
       <c r="F142">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="G142" t="s">
         <v>14</v>
       </c>
       <c r="H142" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I142" t="s">
         <v>16</v>
       </c>
       <c r="J142">
         <v>4</v>
       </c>
+      <c r="K142">
+        <v>2</v>
+      </c>
       <c r="L142">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M142">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P142" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="B143">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="C143" t="s">
-        <v>264</v>
+        <v>228</v>
       </c>
       <c r="D143" t="s">
-        <v>55</v>
+        <v>265</v>
       </c>
       <c r="E143">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="F143">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="G143" t="s">
         <v>14</v>
       </c>
       <c r="H143" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I143" t="s">
         <v>16</v>
       </c>
       <c r="J143">
+        <v>7</v>
+      </c>
+      <c r="K143">
         <v>1</v>
       </c>
       <c r="L143">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M143">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="P143" t="s">
-        <v>185</v>
+        <v>75</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144">
-        <v>736</v>
+        <v>734</v>
       </c>
       <c r="B144">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="C144" t="s">
-        <v>103</v>
+        <v>266</v>
       </c>
       <c r="D144" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="E144">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F144">
         <v>40</v>
       </c>
       <c r="G144" t="s">
         <v>14</v>
       </c>
       <c r="H144" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="I144" t="s">
         <v>16</v>
       </c>
       <c r="J144">
-        <v>2</v>
+        <v>7</v>
+      </c>
+      <c r="K144">
+        <v>3</v>
+      </c>
+      <c r="L144">
+        <v>2</v>
+      </c>
+      <c r="M144">
+        <v>5</v>
+      </c>
+      <c r="N144">
+        <v>2</v>
+      </c>
+      <c r="O144">
+        <v>1</v>
       </c>
       <c r="P144" t="s">
-        <v>88</v>
+        <v>75</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145">
+        <v>735</v>
+      </c>
+      <c r="B145">
+        <v>11</v>
+      </c>
+      <c r="C145" t="s">
+        <v>268</v>
+      </c>
+      <c r="D145" t="s">
+        <v>55</v>
+      </c>
+      <c r="E145">
+        <v>16</v>
+      </c>
+      <c r="F145">
+        <v>41</v>
+      </c>
+      <c r="G145" t="s">
+        <v>14</v>
+      </c>
+      <c r="H145" t="s">
+        <v>123</v>
+      </c>
+      <c r="I145" t="s">
+        <v>16</v>
+      </c>
+      <c r="J145">
+        <v>1</v>
+      </c>
+      <c r="L145">
+        <v>1</v>
+      </c>
+      <c r="M145">
+        <v>1</v>
+      </c>
+      <c r="P145" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146">
+        <v>736</v>
+      </c>
+      <c r="B146">
+        <v>23</v>
+      </c>
+      <c r="C146" t="s">
+        <v>103</v>
+      </c>
+      <c r="D146" t="s">
+        <v>269</v>
+      </c>
+      <c r="E146">
+        <v>4</v>
+      </c>
+      <c r="F146">
+        <v>40</v>
+      </c>
+      <c r="G146" t="s">
+        <v>14</v>
+      </c>
+      <c r="H146" t="s">
+        <v>123</v>
+      </c>
+      <c r="I146" t="s">
+        <v>16</v>
+      </c>
+      <c r="J146">
+        <v>5</v>
+      </c>
+      <c r="N146">
+        <v>2</v>
+      </c>
+      <c r="O146">
+        <v>1</v>
+      </c>
+      <c r="P146" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147">
+        <v>740</v>
+      </c>
+      <c r="B147">
+        <v>19</v>
+      </c>
+      <c r="C147" t="s">
+        <v>270</v>
+      </c>
+      <c r="D147" t="s">
+        <v>271</v>
+      </c>
+      <c r="E147">
+        <v>5</v>
+      </c>
+      <c r="G147" t="s">
+        <v>14</v>
+      </c>
+      <c r="H147" t="s">
+        <v>123</v>
+      </c>
+      <c r="I147" t="s">
+        <v>16</v>
+      </c>
+      <c r="J147">
+        <v>2</v>
+      </c>
+      <c r="K147">
+        <v>1</v>
+      </c>
+      <c r="L147">
+        <v>1</v>
+      </c>
+      <c r="M147">
+        <v>2</v>
+      </c>
+      <c r="P147" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">