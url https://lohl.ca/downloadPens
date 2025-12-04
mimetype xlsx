--- v1 (2025-11-05)
+++ v2 (2025-12-04)
@@ -12,101 +12,101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Pens" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="272">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="274">
   <si>
     <t>Player Id</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Lastn Name</t>
   </si>
   <si>
     <t>Team Id</t>
   </si>
   <si>
     <t>Games Played</t>
   </si>
   <si>
     <t>Goals</t>
   </si>
   <si>
     <t>Assists</t>
   </si>
   <si>
     <t>Points</t>
   </si>
   <si>
     <t>Pims</t>
   </si>
   <si>
     <t>Pen Instances</t>
   </si>
   <si>
     <t>Team</t>
   </si>
   <si>
     <t>Trevor</t>
   </si>
   <si>
     <t>Travis</t>
   </si>
   <si>
     <t>In Active</t>
   </si>
   <si>
     <t>Winter 2018-19 Playoffs</t>
   </si>
   <si>
-    <t>2025-11-05</t>
+    <t>2025-12-04</t>
   </si>
   <si>
     <t>{"Blue Goose":6}</t>
   </si>
   <si>
     <t>Mike</t>
   </si>
   <si>
     <t>MacMillan</t>
   </si>
   <si>
     <t>Murray</t>
   </si>
   <si>
     <t>Cooke</t>
   </si>
   <si>
     <t>Barry</t>
   </si>
   <si>
     <t>Boettcher</t>
   </si>
   <si>
     <t>Dave</t>
   </si>
@@ -320,101 +320,104 @@
   <si>
     <t>Winter 2023-24 Playoffs</t>
   </si>
   <si>
     <t>Kirby</t>
   </si>
   <si>
     <t>Jamie</t>
   </si>
   <si>
     <t>Allan</t>
   </si>
   <si>
     <t>Joe</t>
   </si>
   <si>
     <t>Dixon</t>
   </si>
   <si>
     <t>Theodore</t>
   </si>
   <si>
     <t>Linseman</t>
   </si>
   <si>
+    <t>Frank</t>
+  </si>
+  <si>
+    <t>Miotto</t>
+  </si>
+  <si>
     <t>Welsh</t>
   </si>
   <si>
     <t>Jon</t>
   </si>
   <si>
     <t>Land</t>
   </si>
   <si>
     <t>Jay</t>
   </si>
   <si>
     <t>Stenhouse</t>
   </si>
   <si>
     <t>Lee</t>
   </si>
   <si>
     <t>Barter</t>
   </si>
   <si>
     <t>McLeod</t>
   </si>
   <si>
     <t>Summer 2019 Regular Season</t>
   </si>
   <si>
     <t>Clarke</t>
   </si>
   <si>
     <t>Summer 2018 Regular Season</t>
   </si>
   <si>
     <t>Pat</t>
   </si>
   <si>
     <t>Celik</t>
   </si>
   <si>
     <t>Derek</t>
   </si>
   <si>
     <t>Sweeney</t>
   </si>
   <si>
     <t>Winter 2019/20 Regular Season</t>
   </si>
   <si>
-    <t>Hemington</t>
-[...1 lines deleted...]
-  <si>
     <t>Dan</t>
   </si>
   <si>
     <t>Meister</t>
   </si>
   <si>
     <t>Radoslav</t>
   </si>
   <si>
     <t>Pencak</t>
   </si>
   <si>
     <t>Winter 2025-26 Regular Season</t>
   </si>
   <si>
     <t>{"Weston":11}</t>
   </si>
   <si>
     <t>Adam</t>
   </si>
   <si>
     <t>Crisp</t>
   </si>
   <si>
     <t>Caranci</t>
@@ -731,53 +734,50 @@
   <si>
     <t>Sinclair</t>
   </si>
   <si>
     <t>Evan</t>
   </si>
   <si>
     <t>Delcogliano</t>
   </si>
   <si>
     <t>Connor</t>
   </si>
   <si>
     <t>Donaldson</t>
   </si>
   <si>
     <t>Caetano</t>
   </si>
   <si>
     <t>Glenn</t>
   </si>
   <si>
     <t>Chapman</t>
   </si>
   <si>
-    <t>Frank</t>
-[...1 lines deleted...]
-  <si>
     <t>Nadon</t>
   </si>
   <si>
     <t>Tom</t>
   </si>
   <si>
     <t>Paterson</t>
   </si>
   <si>
     <t>Dodson</t>
   </si>
   <si>
     <t>Jakubek</t>
   </si>
   <si>
     <t>Clinton</t>
   </si>
   <si>
     <t>Nowack</t>
   </si>
   <si>
     <t>Summer 2025</t>
   </si>
   <si>
     <t>Hindle</t>
@@ -828,50 +828,56 @@
     <t>Maciel</t>
   </si>
   <si>
     <t>Faria</t>
   </si>
   <si>
     <t>Da Silva</t>
   </si>
   <si>
     <t>Jack</t>
   </si>
   <si>
     <t>MacLaren</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
     <t>Martin</t>
   </si>
   <si>
     <t>Carlos</t>
   </si>
   <si>
     <t>Canejo</t>
+  </si>
+  <si>
+    <t>Heyland</t>
+  </si>
+  <si>
+    <t>Luckese</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1174,51 +1180,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P147"/>
+  <dimension ref="A1:P149"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
     <col min="9" max="9" width="10" customWidth="true" style="0"/>
     <col min="10" max="10" width="10" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -1262,151 +1268,157 @@
       <c r="B2">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2">
         <v>6</v>
       </c>
       <c r="F2">
         <v>59</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" t="s">
         <v>16</v>
       </c>
       <c r="J2">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="L2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N2">
         <v>4</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3">
         <v>6</v>
       </c>
       <c r="F3">
         <v>54</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>15</v>
       </c>
       <c r="I3" t="s">
         <v>16</v>
       </c>
       <c r="J3">
-        <v>8</v>
+        <v>12</v>
+      </c>
+      <c r="K3">
+        <v>2</v>
       </c>
       <c r="L3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M3">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>1</v>
       </c>
       <c r="P3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4">
         <v>4</v>
       </c>
       <c r="B4">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>21</v>
       </c>
       <c r="E4">
         <v>6</v>
       </c>
       <c r="F4">
         <v>55</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>15</v>
       </c>
       <c r="I4" t="s">
         <v>16</v>
       </c>
       <c r="J4">
-        <v>8</v>
+        <v>12</v>
+      </c>
+      <c r="K4">
+        <v>3</v>
       </c>
       <c r="L4">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="M4">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="N4">
         <v>4</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5">
         <v>15</v>
       </c>
       <c r="B5">
         <v>55</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5">
@@ -1450,678 +1462,714 @@
       <c r="B6">
         <v>75</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6" t="s">
         <v>25</v>
       </c>
       <c r="E6">
         <v>6</v>
       </c>
       <c r="F6">
         <v>50</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>15</v>
       </c>
       <c r="I6" t="s">
         <v>16</v>
       </c>
       <c r="J6">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="L6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
         <v>1</v>
       </c>
       <c r="P6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7">
         <v>43</v>
       </c>
       <c r="B7">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7">
         <v>5</v>
       </c>
       <c r="F7">
         <v>65</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
       <c r="H7" t="s">
         <v>15</v>
       </c>
       <c r="I7" t="s">
         <v>16</v>
       </c>
       <c r="J7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P7" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8">
         <v>45</v>
       </c>
       <c r="B8">
         <v>7</v>
       </c>
       <c r="C8" t="s">
         <v>28</v>
       </c>
       <c r="D8" t="s">
         <v>29</v>
       </c>
       <c r="E8">
         <v>5</v>
       </c>
       <c r="F8">
         <v>54</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>15</v>
       </c>
       <c r="I8" t="s">
         <v>16</v>
       </c>
       <c r="J8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K8">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L8">
         <v>1</v>
       </c>
       <c r="M8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P8" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9">
         <v>46</v>
       </c>
       <c r="B9">
         <v>5</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9" t="s">
         <v>31</v>
       </c>
       <c r="E9">
         <v>5</v>
       </c>
       <c r="F9">
         <v>59</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
         <v>15</v>
       </c>
       <c r="I9" t="s">
         <v>16</v>
       </c>
       <c r="J9">
+        <v>4</v>
+      </c>
+      <c r="K9">
+        <v>1</v>
+      </c>
+      <c r="M9">
         <v>1</v>
       </c>
       <c r="P9" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10">
         <v>48</v>
       </c>
       <c r="B10">
         <v>10</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10">
         <v>5</v>
       </c>
       <c r="F10">
         <v>62</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>15</v>
       </c>
       <c r="I10" t="s">
         <v>16</v>
       </c>
       <c r="J10">
-        <v>8</v>
+        <v>12</v>
+      </c>
+      <c r="K10">
+        <v>1</v>
       </c>
       <c r="L10">
         <v>5</v>
       </c>
       <c r="M10">
+        <v>6</v>
+      </c>
+      <c r="N10">
+        <v>18</v>
+      </c>
+      <c r="O10">
         <v>5</v>
-      </c>
-[...4 lines deleted...]
-        <v>3</v>
       </c>
       <c r="P10" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11">
         <v>50</v>
       </c>
       <c r="B11">
         <v>12</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11" t="s">
         <v>35</v>
       </c>
       <c r="E11">
         <v>5</v>
       </c>
       <c r="F11">
         <v>53</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>15</v>
       </c>
       <c r="I11" t="s">
         <v>16</v>
       </c>
       <c r="J11">
-        <v>8</v>
+        <v>11</v>
+      </c>
+      <c r="K11">
+        <v>1</v>
+      </c>
+      <c r="L11">
+        <v>3</v>
+      </c>
+      <c r="M11">
+        <v>4</v>
       </c>
       <c r="P11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12">
         <v>53</v>
       </c>
       <c r="B12">
         <v>91</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
       <c r="E12">
         <v>5</v>
       </c>
       <c r="F12">
         <v>57</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>15</v>
       </c>
       <c r="I12" t="s">
         <v>16</v>
       </c>
       <c r="J12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
       <c r="L12">
         <v>1</v>
       </c>
       <c r="M12">
         <v>2</v>
       </c>
       <c r="P12" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13">
         <v>55</v>
       </c>
       <c r="B13">
         <v>22</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
         <v>39</v>
       </c>
       <c r="E13">
         <v>5</v>
       </c>
       <c r="F13">
         <v>55</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13" t="s">
         <v>40</v>
       </c>
       <c r="I13" t="s">
         <v>16</v>
       </c>
       <c r="J13">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="K13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L13">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="M13">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="P13" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14">
         <v>59</v>
       </c>
       <c r="B14">
         <v>52</v>
       </c>
       <c r="C14" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
         <v>42</v>
       </c>
       <c r="E14">
         <v>5</v>
       </c>
       <c r="F14">
         <v>56</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>15</v>
       </c>
       <c r="I14" t="s">
         <v>16</v>
       </c>
       <c r="J14">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="K14">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M14">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N14">
         <v>2</v>
       </c>
       <c r="O14">
         <v>1</v>
       </c>
       <c r="P14" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15">
         <v>61</v>
       </c>
       <c r="B15">
         <v>95</v>
       </c>
       <c r="C15" t="s">
         <v>43</v>
       </c>
       <c r="D15" t="s">
         <v>44</v>
       </c>
       <c r="E15">
         <v>5</v>
       </c>
       <c r="F15">
         <v>61</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>15</v>
       </c>
       <c r="I15" t="s">
         <v>16</v>
       </c>
       <c r="J15">
-        <v>7</v>
+        <v>10</v>
+      </c>
+      <c r="L15">
+        <v>1</v>
+      </c>
+      <c r="M15">
+        <v>1</v>
       </c>
       <c r="P15" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16">
         <v>65</v>
       </c>
       <c r="B16">
         <v>44</v>
       </c>
       <c r="C16" t="s">
         <v>45</v>
       </c>
       <c r="D16" t="s">
         <v>46</v>
       </c>
       <c r="E16">
         <v>8</v>
       </c>
       <c r="F16">
         <v>55</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>15</v>
       </c>
       <c r="I16" t="s">
         <v>16</v>
       </c>
       <c r="J16">
-        <v>3</v>
+        <v>6</v>
+      </c>
+      <c r="K16">
+        <v>1</v>
+      </c>
+      <c r="M16">
+        <v>1</v>
       </c>
       <c r="P16" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17">
         <v>66</v>
       </c>
       <c r="B17">
         <v>20</v>
       </c>
       <c r="C17" t="s">
         <v>48</v>
       </c>
       <c r="D17" t="s">
         <v>49</v>
       </c>
       <c r="E17">
         <v>8</v>
       </c>
       <c r="F17">
         <v>53</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>50</v>
       </c>
       <c r="I17" t="s">
         <v>16</v>
       </c>
       <c r="J17">
-        <v>4</v>
+        <v>7</v>
+      </c>
+      <c r="L17">
+        <v>3</v>
+      </c>
+      <c r="M17">
+        <v>3</v>
       </c>
       <c r="N17">
         <v>2</v>
       </c>
       <c r="O17">
         <v>1</v>
       </c>
       <c r="P17" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18">
         <v>67</v>
       </c>
       <c r="B18">
         <v>7</v>
       </c>
       <c r="C18" t="s">
         <v>32</v>
       </c>
       <c r="D18" t="s">
         <v>51</v>
       </c>
       <c r="E18">
         <v>8</v>
       </c>
       <c r="F18">
         <v>54</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
         <v>50</v>
       </c>
       <c r="I18" t="s">
         <v>16</v>
       </c>
       <c r="J18">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="L18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P18" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19">
         <v>68</v>
       </c>
       <c r="B19">
         <v>8</v>
       </c>
       <c r="C19" t="s">
         <v>52</v>
       </c>
       <c r="D19" t="s">
         <v>53</v>
       </c>
       <c r="E19">
         <v>8</v>
       </c>
       <c r="F19">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19" t="s">
         <v>50</v>
       </c>
       <c r="I19" t="s">
         <v>16</v>
       </c>
       <c r="J19">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="L19">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M19">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P19" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20">
         <v>69</v>
       </c>
       <c r="B20">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>54</v>
       </c>
       <c r="D20" t="s">
         <v>55</v>
       </c>
       <c r="E20">
         <v>8</v>
       </c>
       <c r="F20">
         <v>53</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
         <v>50</v>
       </c>
       <c r="I20" t="s">
         <v>16</v>
       </c>
       <c r="J20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K20">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L20">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M20">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="P20" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21">
         <v>70</v>
       </c>
       <c r="B21">
         <v>14</v>
       </c>
       <c r="C21" t="s">
         <v>56</v>
       </c>
       <c r="D21" t="s">
         <v>57</v>
       </c>
       <c r="E21">
         <v>8</v>
       </c>
       <c r="F21">
         <v>62</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
         <v>15</v>
       </c>
       <c r="I21" t="s">
         <v>16</v>
       </c>
       <c r="J21">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="K21">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L21">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="M21">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="P21" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22">
         <v>72</v>
       </c>
       <c r="B22">
         <v>18</v>
       </c>
       <c r="C22" t="s">
         <v>58</v>
       </c>
       <c r="D22" t="s">
         <v>59</v>
       </c>
       <c r="E22">
         <v>8</v>
       </c>
       <c r="F22">
         <v>59</v>
       </c>
       <c r="G22" t="s">
@@ -2144,5480 +2192,5721 @@
       <c r="B23">
         <v>5</v>
       </c>
       <c r="C23" t="s">
         <v>61</v>
       </c>
       <c r="D23" t="s">
         <v>62</v>
       </c>
       <c r="E23">
         <v>8</v>
       </c>
       <c r="F23">
         <v>52</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>50</v>
       </c>
       <c r="I23" t="s">
         <v>16</v>
       </c>
       <c r="J23">
-        <v>7</v>
+        <v>11</v>
+      </c>
+      <c r="K23">
+        <v>1</v>
+      </c>
+      <c r="M23">
+        <v>1</v>
       </c>
       <c r="N23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P23" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24">
         <v>75</v>
       </c>
       <c r="B24">
         <v>11</v>
       </c>
       <c r="C24" t="s">
         <v>63</v>
       </c>
       <c r="D24" t="s">
         <v>64</v>
       </c>
       <c r="E24">
         <v>8</v>
       </c>
       <c r="F24">
         <v>53</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
       <c r="H24" t="s">
         <v>50</v>
       </c>
       <c r="I24" t="s">
         <v>16</v>
       </c>
       <c r="J24">
-        <v>4</v>
+        <v>6</v>
+      </c>
+      <c r="K24">
+        <v>1</v>
+      </c>
+      <c r="L24">
+        <v>2</v>
+      </c>
+      <c r="M24">
+        <v>3</v>
       </c>
       <c r="P24" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25">
         <v>76</v>
       </c>
       <c r="B25">
         <v>17</v>
       </c>
       <c r="C25" t="s">
         <v>65</v>
       </c>
       <c r="D25" t="s">
         <v>66</v>
       </c>
       <c r="E25">
         <v>8</v>
       </c>
       <c r="F25">
         <v>55</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
         <v>50</v>
       </c>
       <c r="I25" t="s">
         <v>16</v>
       </c>
       <c r="J25">
-        <v>7</v>
+        <v>10</v>
+      </c>
+      <c r="K25">
+        <v>1</v>
       </c>
       <c r="L25">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M25">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="N25">
         <v>4</v>
       </c>
       <c r="O25">
         <v>2</v>
       </c>
       <c r="P25" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26">
         <v>79</v>
       </c>
       <c r="B26">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>67</v>
       </c>
       <c r="D26" t="s">
         <v>68</v>
       </c>
       <c r="E26">
         <v>8</v>
       </c>
       <c r="F26">
         <v>53</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
         <v>50</v>
       </c>
       <c r="I26" t="s">
         <v>16</v>
       </c>
       <c r="J26">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="K26">
-        <v>4</v>
+        <v>9</v>
+      </c>
+      <c r="L26">
+        <v>8</v>
       </c>
       <c r="M26">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="P26" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27">
         <v>82</v>
       </c>
       <c r="B27">
         <v>54</v>
       </c>
       <c r="C27" t="s">
         <v>32</v>
       </c>
       <c r="D27" t="s">
         <v>69</v>
       </c>
       <c r="E27">
         <v>8</v>
       </c>
       <c r="F27">
         <v>56</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27" t="s">
         <v>50</v>
       </c>
       <c r="I27" t="s">
         <v>16</v>
       </c>
       <c r="J27">
-        <v>3</v>
+        <v>6</v>
+      </c>
+      <c r="K27">
+        <v>2</v>
       </c>
       <c r="L27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M27">
-        <v>3</v>
+        <v>6</v>
+      </c>
+      <c r="N27">
+        <v>2</v>
+      </c>
+      <c r="O27">
+        <v>1</v>
       </c>
       <c r="P27" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28">
         <v>83</v>
       </c>
       <c r="B28">
         <v>10</v>
       </c>
       <c r="C28" t="s">
         <v>70</v>
       </c>
       <c r="D28" t="s">
         <v>71</v>
       </c>
       <c r="E28">
         <v>8</v>
       </c>
       <c r="F28">
         <v>51</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28" t="s">
         <v>50</v>
       </c>
       <c r="I28" t="s">
         <v>16</v>
       </c>
       <c r="J28">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="L28">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="M28">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="P28" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29">
         <v>130</v>
       </c>
       <c r="B29">
         <v>11</v>
       </c>
       <c r="C29" t="s">
         <v>72</v>
       </c>
       <c r="D29" t="s">
         <v>73</v>
       </c>
       <c r="E29">
         <v>7</v>
       </c>
       <c r="F29">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
         <v>74</v>
       </c>
       <c r="I29" t="s">
         <v>16</v>
       </c>
       <c r="J29">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="K29">
         <v>3</v>
       </c>
       <c r="L29">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M29">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="N29">
         <v>6</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30">
         <v>134</v>
       </c>
       <c r="B30">
         <v>18</v>
       </c>
       <c r="C30" t="s">
         <v>32</v>
       </c>
       <c r="D30" t="s">
         <v>76</v>
       </c>
       <c r="E30">
         <v>7</v>
       </c>
       <c r="F30">
         <v>55</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
         <v>74</v>
       </c>
       <c r="I30" t="s">
         <v>16</v>
       </c>
       <c r="J30">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="K30">
         <v>1</v>
       </c>
       <c r="L30">
         <v>1</v>
       </c>
       <c r="M30">
         <v>2</v>
+      </c>
+      <c r="N30">
+        <v>2</v>
+      </c>
+      <c r="O30">
+        <v>1</v>
       </c>
       <c r="P30" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31">
         <v>135</v>
       </c>
       <c r="B31">
         <v>5</v>
       </c>
       <c r="C31" t="s">
         <v>77</v>
       </c>
       <c r="D31" t="s">
         <v>78</v>
       </c>
       <c r="E31">
         <v>7</v>
       </c>
       <c r="F31">
         <v>55</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
         <v>74</v>
       </c>
       <c r="I31" t="s">
         <v>16</v>
       </c>
       <c r="J31">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="L31">
         <v>5</v>
       </c>
       <c r="M31">
         <v>5</v>
       </c>
       <c r="P31" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32">
         <v>136</v>
       </c>
       <c r="B32">
         <v>20</v>
       </c>
       <c r="C32" t="s">
         <v>79</v>
       </c>
       <c r="D32" t="s">
         <v>80</v>
       </c>
       <c r="E32">
         <v>7</v>
       </c>
       <c r="F32">
         <v>56</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
         <v>60</v>
       </c>
       <c r="I32" t="s">
         <v>16</v>
       </c>
       <c r="J32">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="L32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P32" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33">
         <v>137</v>
       </c>
       <c r="B33">
         <v>21</v>
       </c>
       <c r="C33" t="s">
         <v>81</v>
       </c>
       <c r="D33" t="s">
         <v>82</v>
       </c>
       <c r="E33">
         <v>7</v>
       </c>
       <c r="F33">
         <v>66</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
         <v>74</v>
       </c>
       <c r="I33" t="s">
         <v>16</v>
       </c>
       <c r="J33">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L33">
         <v>1</v>
       </c>
       <c r="M33">
+        <v>1</v>
+      </c>
+      <c r="N33">
+        <v>2</v>
+      </c>
+      <c r="O33">
         <v>1</v>
       </c>
       <c r="P33" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34">
         <v>138</v>
       </c>
       <c r="B34">
         <v>22</v>
       </c>
       <c r="C34" t="s">
         <v>83</v>
       </c>
       <c r="D34" t="s">
         <v>84</v>
       </c>
       <c r="E34">
         <v>7</v>
       </c>
       <c r="F34">
         <v>64</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
         <v>74</v>
       </c>
       <c r="I34" t="s">
         <v>16</v>
       </c>
       <c r="J34">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="K34">
         <v>2</v>
       </c>
       <c r="M34">
         <v>2</v>
       </c>
       <c r="N34">
         <v>2</v>
       </c>
       <c r="O34">
         <v>1</v>
       </c>
       <c r="P34" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35">
         <v>139</v>
       </c>
       <c r="B35">
         <v>77</v>
       </c>
       <c r="C35" t="s">
         <v>85</v>
       </c>
       <c r="D35" t="s">
         <v>86</v>
       </c>
       <c r="E35">
         <v>7</v>
       </c>
       <c r="F35">
         <v>54</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35" t="s">
         <v>74</v>
       </c>
       <c r="I35" t="s">
         <v>16</v>
       </c>
       <c r="J35">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K35">
+        <v>3</v>
+      </c>
+      <c r="L35">
         <v>1</v>
       </c>
       <c r="M35">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="P35" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36">
         <v>149</v>
       </c>
       <c r="B36">
         <v>6</v>
       </c>
       <c r="C36" t="s">
         <v>87</v>
       </c>
       <c r="D36" t="s">
         <v>88</v>
       </c>
       <c r="E36">
         <v>4</v>
       </c>
       <c r="F36">
         <v>54</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="H36" t="s">
         <v>74</v>
       </c>
       <c r="I36" t="s">
         <v>16</v>
       </c>
       <c r="J36">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="L36">
         <v>2</v>
       </c>
       <c r="M36">
         <v>2</v>
       </c>
       <c r="N36">
         <v>2</v>
       </c>
       <c r="O36">
         <v>1</v>
       </c>
       <c r="P36" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37">
         <v>155</v>
       </c>
       <c r="B37">
         <v>26</v>
       </c>
       <c r="C37" t="s">
         <v>90</v>
       </c>
       <c r="D37" t="s">
         <v>91</v>
       </c>
       <c r="E37">
         <v>4</v>
       </c>
       <c r="F37">
         <v>54</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37" t="s">
         <v>15</v>
       </c>
       <c r="I37" t="s">
         <v>16</v>
       </c>
       <c r="J37">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K37">
         <v>1</v>
       </c>
       <c r="L37">
         <v>1</v>
       </c>
       <c r="M37">
         <v>2</v>
       </c>
       <c r="N37">
         <v>2</v>
       </c>
       <c r="O37">
         <v>1</v>
       </c>
       <c r="P37" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38">
         <v>156</v>
       </c>
       <c r="B38">
         <v>8</v>
       </c>
       <c r="C38" t="s">
         <v>92</v>
       </c>
       <c r="D38" t="s">
         <v>93</v>
       </c>
       <c r="E38">
         <v>4</v>
       </c>
       <c r="F38">
         <v>56</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38" t="s">
         <v>94</v>
       </c>
       <c r="I38" t="s">
         <v>16</v>
       </c>
       <c r="J38">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="P38" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39">
         <v>158</v>
       </c>
       <c r="B39">
         <v>30</v>
       </c>
       <c r="C39" t="s">
         <v>24</v>
       </c>
       <c r="D39" t="s">
         <v>95</v>
       </c>
       <c r="E39">
         <v>4</v>
       </c>
       <c r="F39">
         <v>56</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39" t="s">
         <v>94</v>
       </c>
       <c r="I39" t="s">
         <v>16</v>
       </c>
       <c r="J39">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="K39">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L39">
         <v>5</v>
       </c>
       <c r="M39">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="N39">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O39">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P39" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40">
         <v>184</v>
       </c>
       <c r="B40">
         <v>25</v>
       </c>
       <c r="C40" t="s">
         <v>96</v>
       </c>
       <c r="D40" t="s">
         <v>97</v>
       </c>
       <c r="E40">
         <v>4</v>
       </c>
       <c r="F40">
         <v>48</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
         <v>94</v>
       </c>
       <c r="I40" t="s">
         <v>16</v>
       </c>
       <c r="J40">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="K40">
         <v>1</v>
       </c>
       <c r="L40">
         <v>2</v>
       </c>
       <c r="M40">
         <v>3</v>
       </c>
       <c r="P40" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41">
         <v>189</v>
       </c>
       <c r="B41">
         <v>16</v>
       </c>
       <c r="C41" t="s">
         <v>98</v>
       </c>
       <c r="D41" t="s">
         <v>99</v>
       </c>
       <c r="E41">
         <v>8</v>
       </c>
       <c r="F41">
         <v>55</v>
       </c>
       <c r="G41" t="s">
         <v>14</v>
       </c>
       <c r="H41" t="s">
         <v>50</v>
       </c>
       <c r="I41" t="s">
         <v>16</v>
       </c>
       <c r="J41">
+        <v>8</v>
+      </c>
+      <c r="K41">
+        <v>2</v>
+      </c>
+      <c r="L41">
         <v>6</v>
       </c>
-      <c r="K41">
-[...4 lines deleted...]
-      </c>
       <c r="M41">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="N41">
         <v>4</v>
       </c>
       <c r="O41">
         <v>2</v>
       </c>
       <c r="P41" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42">
         <v>192</v>
       </c>
       <c r="B42">
         <v>12</v>
       </c>
       <c r="C42" t="s">
         <v>100</v>
       </c>
       <c r="D42" t="s">
         <v>101</v>
       </c>
       <c r="E42">
         <v>8</v>
       </c>
       <c r="F42">
         <v>51</v>
       </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
       <c r="H42" t="s">
         <v>50</v>
       </c>
       <c r="I42" t="s">
         <v>16</v>
       </c>
       <c r="J42">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="K42">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L42">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="M42">
+        <v>12</v>
+      </c>
+      <c r="N42">
+        <v>6</v>
+      </c>
+      <c r="O42">
         <v>3</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
       <c r="P42" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="B43">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C43" t="s">
-        <v>30</v>
+        <v>102</v>
       </c>
       <c r="D43" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E43">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F43">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
       <c r="H43" t="s">
         <v>60</v>
       </c>
       <c r="I43" t="s">
         <v>16</v>
       </c>
       <c r="J43">
-        <v>8</v>
-[...14 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P43" t="s">
-        <v>47</v>
+        <v>75</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44">
-        <v>237</v>
+        <v>216</v>
       </c>
       <c r="B44">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="C44" t="s">
-        <v>103</v>
+        <v>30</v>
       </c>
       <c r="D44" t="s">
         <v>104</v>
       </c>
       <c r="E44">
         <v>8</v>
       </c>
       <c r="F44">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I44" t="s">
         <v>16</v>
       </c>
       <c r="J44">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="K44">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="L44">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="M44">
-        <v>4</v>
+        <v>22</v>
+      </c>
+      <c r="N44">
+        <v>2</v>
+      </c>
+      <c r="O44">
+        <v>1</v>
       </c>
       <c r="P44" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="B45">
-        <v>4</v>
+        <v>27</v>
       </c>
       <c r="C45" t="s">
         <v>105</v>
       </c>
       <c r="D45" t="s">
         <v>106</v>
       </c>
       <c r="E45">
+        <v>8</v>
+      </c>
+      <c r="F45">
+        <v>46</v>
+      </c>
+      <c r="G45" t="s">
+        <v>14</v>
+      </c>
+      <c r="H45" t="s">
+        <v>50</v>
+      </c>
+      <c r="I45" t="s">
+        <v>16</v>
+      </c>
+      <c r="J45">
+        <v>4</v>
+      </c>
+      <c r="K45">
+        <v>4</v>
+      </c>
+      <c r="L45">
+        <v>1</v>
+      </c>
+      <c r="M45">
         <v>5</v>
       </c>
-      <c r="F45">
-[...19 lines deleted...]
-      </c>
       <c r="P45" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46">
-        <v>275</v>
+        <v>243</v>
       </c>
       <c r="B46">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="C46" t="s">
         <v>107</v>
       </c>
       <c r="D46" t="s">
         <v>108</v>
       </c>
       <c r="E46">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="F46">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="H46" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="I46" t="s">
         <v>16</v>
       </c>
       <c r="J46">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K46">
         <v>1</v>
       </c>
+      <c r="L46">
+        <v>3</v>
+      </c>
       <c r="M46">
+        <v>4</v>
+      </c>
+      <c r="N46">
+        <v>2</v>
+      </c>
+      <c r="O46">
         <v>1</v>
       </c>
       <c r="P46" t="s">
-        <v>47</v>
+        <v>27</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47">
-        <v>342</v>
+        <v>275</v>
       </c>
       <c r="B47">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C47" t="s">
-        <v>45</v>
+        <v>109</v>
       </c>
       <c r="D47" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E47">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F47">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47" t="s">
-        <v>110</v>
+        <v>50</v>
       </c>
       <c r="I47" t="s">
         <v>16</v>
       </c>
       <c r="J47">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="K47">
+        <v>1</v>
       </c>
       <c r="M47">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P47" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48">
-        <v>350</v>
+        <v>342</v>
       </c>
       <c r="B48">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="C48" t="s">
-        <v>67</v>
+        <v>45</v>
       </c>
       <c r="D48" t="s">
         <v>111</v>
       </c>
       <c r="E48">
         <v>5</v>
       </c>
       <c r="F48">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="H48" t="s">
         <v>112</v>
       </c>
       <c r="I48" t="s">
         <v>16</v>
       </c>
       <c r="J48">
-        <v>1</v>
+        <v>10</v>
+      </c>
+      <c r="K48">
+        <v>1</v>
+      </c>
+      <c r="L48">
+        <v>2</v>
+      </c>
+      <c r="M48">
+        <v>3</v>
       </c>
       <c r="P48" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49">
-        <v>366</v>
+        <v>350</v>
       </c>
       <c r="B49">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="C49" t="s">
+        <v>67</v>
+      </c>
+      <c r="D49" t="s">
         <v>113</v>
       </c>
-      <c r="D49" t="s">
+      <c r="E49">
+        <v>5</v>
+      </c>
+      <c r="F49">
+        <v>55</v>
+      </c>
+      <c r="G49" t="s">
+        <v>14</v>
+      </c>
+      <c r="H49" t="s">
         <v>114</v>
       </c>
-      <c r="E49">
-[...10 lines deleted...]
-      </c>
       <c r="I49" t="s">
         <v>16</v>
       </c>
       <c r="J49">
-        <v>8</v>
-[...8 lines deleted...]
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P49" t="s">
-        <v>89</v>
+        <v>27</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50">
-        <v>380</v>
+        <v>366</v>
       </c>
       <c r="B50">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="C50" t="s">
         <v>115</v>
       </c>
       <c r="D50" t="s">
         <v>116</v>
       </c>
       <c r="E50">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F50">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
-        <v>117</v>
+        <v>94</v>
       </c>
       <c r="I50" t="s">
         <v>16</v>
       </c>
       <c r="J50">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="K50">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M50">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P50" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="B51">
-        <v>4</v>
+        <v>44</v>
       </c>
       <c r="C51" t="s">
-        <v>36</v>
+        <v>117</v>
       </c>
       <c r="D51" t="s">
         <v>118</v>
       </c>
       <c r="E51">
+        <v>6</v>
+      </c>
+      <c r="F51">
+        <v>53</v>
+      </c>
+      <c r="G51" t="s">
+        <v>14</v>
+      </c>
+      <c r="H51" t="s">
+        <v>119</v>
+      </c>
+      <c r="I51" t="s">
+        <v>16</v>
+      </c>
+      <c r="J51">
         <v>7</v>
       </c>
-      <c r="F51">
-[...9 lines deleted...]
-        <v>16</v>
+      <c r="K51">
+        <v>1</v>
+      </c>
+      <c r="L51">
+        <v>2</v>
+      </c>
+      <c r="M51">
+        <v>3</v>
       </c>
       <c r="P51" t="s">
-        <v>75</v>
+        <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52">
         <v>389</v>
       </c>
       <c r="B52">
         <v>14</v>
       </c>
       <c r="C52" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D52" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E52">
         <v>7</v>
       </c>
       <c r="F52">
         <v>49</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
         <v>74</v>
       </c>
       <c r="I52" t="s">
         <v>16</v>
       </c>
       <c r="J52">
-        <v>4</v>
+        <v>7</v>
+      </c>
+      <c r="K52">
+        <v>1</v>
       </c>
       <c r="L52">
         <v>2</v>
       </c>
       <c r="M52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N52">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O52">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P52" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53">
         <v>390</v>
       </c>
       <c r="B53">
         <v>33</v>
       </c>
       <c r="C53" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D53" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E53">
         <v>11</v>
       </c>
       <c r="F53">
         <v>51</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I53" t="s">
         <v>16</v>
       </c>
       <c r="J53">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="K53">
+        <v>4</v>
+      </c>
+      <c r="L53">
+        <v>6</v>
+      </c>
+      <c r="M53">
+        <v>10</v>
+      </c>
+      <c r="N53">
+        <v>6</v>
+      </c>
+      <c r="O53">
         <v>3</v>
       </c>
-      <c r="L53">
-[...10 lines deleted...]
-      </c>
       <c r="P53" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54">
         <v>391</v>
       </c>
       <c r="B54">
         <v>7</v>
       </c>
       <c r="C54" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D54" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E54">
         <v>11</v>
       </c>
       <c r="F54">
         <v>55</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I54" t="s">
         <v>16</v>
       </c>
       <c r="J54">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="L54">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="M54">
-        <v>6</v>
+        <v>11</v>
+      </c>
+      <c r="N54">
+        <v>4</v>
+      </c>
+      <c r="O54">
+        <v>2</v>
       </c>
       <c r="P54" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55">
         <v>393</v>
       </c>
       <c r="B55">
         <v>96</v>
       </c>
       <c r="C55" t="s">
         <v>18</v>
       </c>
       <c r="D55" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E55">
         <v>11</v>
       </c>
       <c r="F55">
         <v>59</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I55" t="s">
         <v>16</v>
       </c>
       <c r="J55">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="K55">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L55">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="M55">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="N55">
         <v>2</v>
       </c>
       <c r="O55">
         <v>1</v>
       </c>
       <c r="P55" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56">
         <v>395</v>
       </c>
       <c r="B56">
         <v>20</v>
       </c>
       <c r="C56" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D56" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E56">
         <v>11</v>
       </c>
       <c r="F56">
         <v>55</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I56" t="s">
         <v>16</v>
       </c>
       <c r="J56">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="K56">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L56">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="M56">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="N56">
         <v>2</v>
       </c>
       <c r="O56">
         <v>1</v>
       </c>
       <c r="P56" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57">
         <v>396</v>
       </c>
       <c r="B57">
         <v>45</v>
       </c>
       <c r="C57" t="s">
         <v>65</v>
       </c>
       <c r="D57" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E57">
         <v>11</v>
       </c>
       <c r="F57">
         <v>51</v>
       </c>
       <c r="G57" t="s">
         <v>14</v>
       </c>
       <c r="H57" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I57" t="s">
         <v>16</v>
       </c>
       <c r="J57">
+        <v>9</v>
+      </c>
+      <c r="L57">
         <v>5</v>
       </c>
-      <c r="L57">
-[...1 lines deleted...]
-      </c>
       <c r="M57">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="P57" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58">
         <v>397</v>
       </c>
       <c r="B58">
         <v>13</v>
       </c>
       <c r="C58" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D58" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E58">
         <v>11</v>
       </c>
       <c r="F58">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G58" t="s">
         <v>14</v>
       </c>
       <c r="H58" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I58" t="s">
         <v>16</v>
       </c>
       <c r="P58" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59">
         <v>398</v>
       </c>
       <c r="B59">
         <v>88</v>
       </c>
       <c r="C59" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D59" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E59">
         <v>11</v>
       </c>
       <c r="F59">
         <v>56</v>
       </c>
       <c r="G59" t="s">
         <v>14</v>
       </c>
       <c r="H59" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I59" t="s">
         <v>16</v>
       </c>
       <c r="J59">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="K59">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L59">
         <v>4</v>
       </c>
       <c r="M59">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="N59">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O59">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P59" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60">
         <v>399</v>
       </c>
       <c r="B60">
         <v>19</v>
       </c>
       <c r="C60" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D60" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E60">
         <v>11</v>
       </c>
       <c r="F60">
         <v>52</v>
       </c>
       <c r="G60" t="s">
         <v>14</v>
       </c>
       <c r="H60" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I60" t="s">
         <v>16</v>
       </c>
       <c r="J60">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="K60">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="L60">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="M60">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="P60" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61">
         <v>414</v>
       </c>
       <c r="B61">
         <v>7</v>
       </c>
       <c r="C61" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D61" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E61">
         <v>12</v>
       </c>
       <c r="F61">
         <v>43</v>
       </c>
       <c r="G61" t="s">
         <v>14</v>
       </c>
       <c r="H61" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="I61" t="s">
         <v>16</v>
       </c>
       <c r="J61">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="K61">
         <v>4</v>
       </c>
       <c r="M61">
         <v>4</v>
       </c>
+      <c r="N61">
+        <v>2</v>
+      </c>
+      <c r="O61">
+        <v>1</v>
+      </c>
       <c r="P61" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62">
         <v>416</v>
       </c>
       <c r="B62">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D62" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E62">
         <v>12</v>
       </c>
       <c r="F62">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G62" t="s">
         <v>14</v>
       </c>
       <c r="H62" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="I62" t="s">
         <v>16</v>
       </c>
       <c r="J62">
+        <v>9</v>
+      </c>
+      <c r="K62">
         <v>6</v>
       </c>
-      <c r="K62">
-[...1 lines deleted...]
-      </c>
       <c r="L62">
         <v>2</v>
       </c>
       <c r="M62">
-        <v>6</v>
+        <v>8</v>
+      </c>
+      <c r="O62">
+        <v>1</v>
       </c>
       <c r="P62" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63">
         <v>417</v>
       </c>
       <c r="B63">
         <v>10</v>
       </c>
       <c r="C63" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D63" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E63">
         <v>12</v>
       </c>
       <c r="F63">
         <v>52</v>
       </c>
       <c r="G63" t="s">
         <v>14</v>
       </c>
       <c r="H63" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="I63" t="s">
         <v>16</v>
       </c>
       <c r="J63">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="K63">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L63">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="M63">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="N63">
         <v>2</v>
       </c>
       <c r="O63">
         <v>1</v>
       </c>
       <c r="P63" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64">
         <v>419</v>
       </c>
       <c r="B64">
         <v>12</v>
       </c>
       <c r="C64" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D64" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E64">
         <v>12</v>
       </c>
       <c r="F64">
         <v>48</v>
       </c>
       <c r="G64" t="s">
         <v>14</v>
       </c>
       <c r="H64" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="I64" t="s">
         <v>16</v>
       </c>
       <c r="J64">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L64">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M64">
+        <v>2</v>
+      </c>
+      <c r="N64">
+        <v>2</v>
+      </c>
+      <c r="O64">
         <v>1</v>
       </c>
       <c r="P64" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65">
         <v>420</v>
       </c>
       <c r="B65">
         <v>25</v>
       </c>
       <c r="C65" t="s">
         <v>38</v>
       </c>
       <c r="D65" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E65">
         <v>12</v>
       </c>
       <c r="F65">
         <v>44</v>
       </c>
       <c r="G65" t="s">
         <v>14</v>
       </c>
       <c r="H65" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="I65" t="s">
         <v>16</v>
       </c>
       <c r="J65">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="K65">
         <v>4</v>
       </c>
       <c r="L65">
         <v>4</v>
       </c>
       <c r="M65">
         <v>8</v>
       </c>
       <c r="N65">
         <v>2</v>
       </c>
       <c r="O65">
         <v>1</v>
       </c>
       <c r="P65" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66">
         <v>421</v>
       </c>
       <c r="B66">
         <v>14</v>
       </c>
       <c r="C66" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D66" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E66">
         <v>12</v>
       </c>
       <c r="F66">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G66" t="s">
         <v>14</v>
       </c>
       <c r="H66" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="I66" t="s">
         <v>16</v>
       </c>
       <c r="J66">
+        <v>5</v>
+      </c>
+      <c r="L66">
+        <v>2</v>
+      </c>
+      <c r="M66">
         <v>2</v>
       </c>
       <c r="N66">
         <v>2</v>
       </c>
       <c r="O66">
         <v>1</v>
       </c>
       <c r="P66" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67">
         <v>422</v>
       </c>
       <c r="B67">
         <v>15</v>
       </c>
       <c r="C67" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D67" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E67">
         <v>12</v>
       </c>
       <c r="F67">
         <v>44</v>
       </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="H67" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="I67" t="s">
         <v>16</v>
       </c>
       <c r="J67">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="N67">
         <v>2</v>
       </c>
       <c r="O67">
         <v>1</v>
       </c>
       <c r="P67" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68">
         <v>423</v>
       </c>
       <c r="B68">
         <v>91</v>
       </c>
       <c r="C68" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D68" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E68">
         <v>12</v>
       </c>
       <c r="F68">
         <v>43</v>
       </c>
       <c r="G68" t="s">
         <v>14</v>
       </c>
       <c r="H68" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="I68" t="s">
         <v>16</v>
       </c>
       <c r="J68">
+        <v>6</v>
+      </c>
+      <c r="L68">
         <v>3</v>
       </c>
-      <c r="L68">
-[...1 lines deleted...]
-      </c>
       <c r="M68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P68" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69">
         <v>426</v>
       </c>
       <c r="B69">
         <v>91</v>
       </c>
       <c r="C69" t="s">
         <v>18</v>
       </c>
       <c r="D69" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E69">
         <v>6</v>
       </c>
       <c r="F69">
         <v>45</v>
       </c>
       <c r="G69" t="s">
         <v>14</v>
       </c>
       <c r="H69" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="I69" t="s">
         <v>16</v>
       </c>
       <c r="J69">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="K69">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L69">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M69">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="P69" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70">
         <v>428</v>
       </c>
       <c r="B70">
         <v>14</v>
       </c>
       <c r="C70" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D70" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E70">
         <v>11</v>
       </c>
       <c r="F70">
         <v>54</v>
       </c>
       <c r="G70" t="s">
         <v>14</v>
       </c>
       <c r="H70" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I70" t="s">
         <v>16</v>
       </c>
       <c r="J70">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="K70">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="L70">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="M70">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="N70">
         <v>2</v>
       </c>
       <c r="O70">
         <v>1</v>
       </c>
       <c r="P70" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71">
         <v>431</v>
       </c>
       <c r="B71">
         <v>16</v>
       </c>
       <c r="C71" t="s">
         <v>18</v>
       </c>
       <c r="D71" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E71">
         <v>12</v>
       </c>
       <c r="F71">
         <v>43</v>
       </c>
       <c r="G71" t="s">
         <v>14</v>
       </c>
       <c r="H71" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="I71" t="s">
         <v>16</v>
       </c>
       <c r="J71">
+        <v>9</v>
+      </c>
+      <c r="K71">
+        <v>3</v>
+      </c>
+      <c r="L71">
         <v>5</v>
       </c>
-      <c r="K71">
-[...4 lines deleted...]
-      </c>
       <c r="M71">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="P71" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72">
         <v>435</v>
       </c>
       <c r="B72">
         <v>10</v>
       </c>
       <c r="C72" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D72" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E72">
         <v>11</v>
       </c>
       <c r="F72">
         <v>55</v>
       </c>
       <c r="G72" t="s">
         <v>14</v>
       </c>
       <c r="H72" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I72" t="s">
         <v>16</v>
       </c>
       <c r="J72">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="K72">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L72">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="M72">
-        <v>7</v>
+        <v>15</v>
+      </c>
+      <c r="N72">
+        <v>2</v>
+      </c>
+      <c r="O72">
+        <v>1</v>
       </c>
       <c r="P72" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73">
         <v>454</v>
       </c>
       <c r="B73">
         <v>6</v>
       </c>
       <c r="C73" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D73" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E73">
         <v>12</v>
       </c>
       <c r="F73">
         <v>44</v>
       </c>
       <c r="G73" t="s">
         <v>14</v>
       </c>
       <c r="H73" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="I73" t="s">
         <v>16</v>
       </c>
       <c r="J73">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K73">
         <v>3</v>
       </c>
       <c r="L73">
         <v>1</v>
       </c>
       <c r="M73">
         <v>4</v>
       </c>
       <c r="P73" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74">
         <v>457</v>
       </c>
       <c r="B74">
         <v>15</v>
       </c>
       <c r="C74" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D74" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E74">
         <v>5</v>
       </c>
       <c r="F74">
         <v>53</v>
       </c>
       <c r="G74" t="s">
         <v>14</v>
       </c>
       <c r="H74" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="I74" t="s">
         <v>16</v>
       </c>
       <c r="J74">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="K74">
         <v>1</v>
       </c>
       <c r="L74">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M74">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N74">
         <v>2</v>
       </c>
       <c r="O74">
         <v>1</v>
       </c>
       <c r="P74" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75">
         <v>460</v>
       </c>
       <c r="B75">
         <v>2</v>
       </c>
       <c r="C75" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D75" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E75">
         <v>4</v>
       </c>
       <c r="F75">
         <v>43</v>
       </c>
       <c r="G75" t="s">
         <v>14</v>
       </c>
       <c r="H75" t="s">
         <v>94</v>
       </c>
       <c r="I75" t="s">
         <v>16</v>
       </c>
       <c r="J75">
-        <v>7</v>
+        <v>9</v>
+      </c>
+      <c r="K75">
+        <v>1</v>
       </c>
       <c r="L75">
         <v>4</v>
       </c>
       <c r="M75">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N75">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="O75">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P75" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76">
         <v>462</v>
       </c>
       <c r="B76">
         <v>4</v>
       </c>
       <c r="C76" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D76" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E76">
         <v>4</v>
       </c>
       <c r="F76">
         <v>54</v>
       </c>
       <c r="G76" t="s">
         <v>14</v>
       </c>
       <c r="H76" t="s">
         <v>94</v>
       </c>
       <c r="I76" t="s">
         <v>16</v>
       </c>
       <c r="J76">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="K76">
         <v>1</v>
       </c>
       <c r="L76">
         <v>2</v>
       </c>
       <c r="M76">
         <v>3</v>
       </c>
       <c r="P76" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77">
         <v>463</v>
       </c>
       <c r="B77">
         <v>15</v>
       </c>
       <c r="C77" t="s">
         <v>90</v>
       </c>
       <c r="D77" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E77">
         <v>4</v>
       </c>
       <c r="F77">
         <v>57</v>
       </c>
       <c r="G77" t="s">
         <v>14</v>
       </c>
       <c r="H77" t="s">
         <v>94</v>
       </c>
       <c r="I77" t="s">
         <v>16</v>
       </c>
       <c r="J77">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="K77">
         <v>7</v>
       </c>
       <c r="L77">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="M77">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="P77" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78">
         <v>509</v>
       </c>
       <c r="B78">
         <v>20</v>
       </c>
       <c r="C78" t="s">
         <v>24</v>
       </c>
       <c r="D78" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E78">
         <v>4</v>
       </c>
       <c r="F78">
         <v>43</v>
       </c>
       <c r="G78" t="s">
         <v>14</v>
       </c>
       <c r="H78" t="s">
         <v>94</v>
       </c>
       <c r="I78" t="s">
         <v>16</v>
       </c>
       <c r="J78">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="K78">
         <v>3</v>
       </c>
       <c r="L78">
         <v>2</v>
       </c>
       <c r="M78">
         <v>5</v>
       </c>
       <c r="P78" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79">
         <v>511</v>
       </c>
       <c r="B79">
         <v>3</v>
       </c>
       <c r="C79" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D79" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E79">
         <v>7</v>
       </c>
       <c r="F79">
         <v>57</v>
       </c>
       <c r="G79" t="s">
         <v>14</v>
       </c>
       <c r="H79" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="I79" t="s">
         <v>16</v>
       </c>
       <c r="J79">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="N79">
         <v>2</v>
       </c>
       <c r="O79">
         <v>1</v>
       </c>
       <c r="P79" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80">
         <v>513</v>
       </c>
       <c r="B80">
         <v>28</v>
       </c>
       <c r="C80" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D80" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E80">
         <v>11</v>
       </c>
       <c r="F80">
         <v>54</v>
       </c>
       <c r="G80" t="s">
         <v>14</v>
       </c>
       <c r="H80" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I80" t="s">
         <v>16</v>
       </c>
       <c r="J80">
+        <v>9</v>
+      </c>
+      <c r="K80">
+        <v>2</v>
+      </c>
+      <c r="L80">
+        <v>5</v>
+      </c>
+      <c r="M80">
         <v>7</v>
       </c>
-      <c r="K80">
-[...5 lines deleted...]
-      <c r="M80">
+      <c r="N80">
         <v>6</v>
       </c>
-      <c r="N80">
-[...1 lines deleted...]
-      </c>
       <c r="O80">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P80" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81">
         <v>517</v>
       </c>
       <c r="B81">
         <v>20</v>
       </c>
       <c r="C81" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D81" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E81">
         <v>6</v>
       </c>
       <c r="F81">
         <v>44</v>
       </c>
       <c r="G81" t="s">
         <v>14</v>
       </c>
       <c r="H81" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="I81" t="s">
         <v>16</v>
       </c>
       <c r="J81">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="K81">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L81">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M81">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="N81">
         <v>2</v>
       </c>
       <c r="O81">
         <v>1</v>
       </c>
       <c r="P81" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82">
         <v>536</v>
       </c>
       <c r="B82">
         <v>8</v>
       </c>
       <c r="C82" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D82" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E82">
         <v>12</v>
       </c>
       <c r="F82">
         <v>44</v>
       </c>
       <c r="G82" t="s">
         <v>14</v>
       </c>
       <c r="H82" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="I82" t="s">
         <v>16</v>
       </c>
       <c r="J82">
+        <v>4</v>
+      </c>
+      <c r="K82">
         <v>2</v>
       </c>
       <c r="L82">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M82">
+        <v>5</v>
+      </c>
+      <c r="N82">
+        <v>2</v>
+      </c>
+      <c r="O82">
         <v>1</v>
       </c>
       <c r="P82" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83">
         <v>539</v>
       </c>
       <c r="B83">
         <v>40</v>
       </c>
       <c r="C83" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D83" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E83">
         <v>4</v>
       </c>
       <c r="F83">
         <v>39</v>
       </c>
       <c r="G83" t="s">
         <v>14</v>
       </c>
       <c r="H83" t="s">
         <v>94</v>
       </c>
       <c r="I83" t="s">
         <v>16</v>
       </c>
       <c r="J83">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="K83">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="L83">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M83">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="N83">
         <v>2</v>
       </c>
       <c r="O83">
         <v>1</v>
       </c>
       <c r="P83" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84">
         <v>544</v>
       </c>
       <c r="B84">
         <v>11</v>
       </c>
       <c r="C84" t="s">
         <v>18</v>
       </c>
       <c r="D84" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E84">
         <v>5</v>
       </c>
       <c r="F84">
         <v>42</v>
       </c>
       <c r="G84" t="s">
         <v>14</v>
       </c>
       <c r="H84" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="I84" t="s">
         <v>16</v>
       </c>
       <c r="J84">
+        <v>10</v>
+      </c>
+      <c r="K84">
+        <v>3</v>
+      </c>
+      <c r="L84">
+        <v>4</v>
+      </c>
+      <c r="M84">
+        <v>7</v>
+      </c>
+      <c r="N84">
         <v>6</v>
       </c>
-      <c r="K84">
-[...5 lines deleted...]
-      <c r="M84">
+      <c r="O84">
         <v>3</v>
-      </c>
-[...4 lines deleted...]
-        <v>2</v>
       </c>
       <c r="P84" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85">
         <v>546</v>
       </c>
       <c r="B85">
         <v>8</v>
       </c>
       <c r="C85" t="s">
         <v>81</v>
       </c>
       <c r="D85" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E85">
         <v>12</v>
       </c>
       <c r="F85">
         <v>44</v>
       </c>
       <c r="G85" t="s">
         <v>14</v>
       </c>
       <c r="H85" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="I85" t="s">
         <v>16</v>
       </c>
       <c r="J85">
+        <v>6</v>
+      </c>
+      <c r="K85">
+        <v>1</v>
+      </c>
+      <c r="L85">
+        <v>4</v>
+      </c>
+      <c r="M85">
         <v>5</v>
-      </c>
-[...7 lines deleted...]
-        <v>4</v>
       </c>
       <c r="N85">
         <v>10</v>
       </c>
       <c r="O85">
         <v>5</v>
       </c>
       <c r="P85" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86">
         <v>559</v>
       </c>
       <c r="B86">
         <v>27</v>
       </c>
       <c r="C86" t="s">
         <v>45</v>
       </c>
       <c r="D86" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E86">
         <v>4</v>
       </c>
       <c r="F86">
         <v>50</v>
       </c>
       <c r="G86" t="s">
         <v>14</v>
       </c>
       <c r="H86" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="I86" t="s">
         <v>16</v>
       </c>
       <c r="J86">
-        <v>3</v>
+        <v>7</v>
+      </c>
+      <c r="L86">
+        <v>1</v>
+      </c>
+      <c r="M86">
+        <v>1</v>
       </c>
       <c r="N86">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="O86">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P86" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87">
         <v>568</v>
       </c>
       <c r="B87">
         <v>21</v>
       </c>
       <c r="C87" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D87" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E87">
         <v>5</v>
       </c>
       <c r="F87">
         <v>41</v>
       </c>
       <c r="G87" t="s">
         <v>14</v>
       </c>
       <c r="H87" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="I87" t="s">
         <v>16</v>
       </c>
       <c r="J87">
+        <v>7</v>
+      </c>
+      <c r="K87">
+        <v>1</v>
+      </c>
+      <c r="L87">
+        <v>5</v>
+      </c>
+      <c r="M87">
         <v>6</v>
-      </c>
-[...4 lines deleted...]
-        <v>3</v>
       </c>
       <c r="P87" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88">
         <v>584</v>
       </c>
       <c r="B88">
         <v>5</v>
       </c>
       <c r="C88" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D88" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E88">
         <v>5</v>
       </c>
       <c r="F88">
         <v>46</v>
       </c>
       <c r="G88" t="s">
         <v>14</v>
       </c>
       <c r="H88" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="I88" t="s">
         <v>16</v>
       </c>
       <c r="J88">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="N88">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O88">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P88" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89">
         <v>593</v>
       </c>
       <c r="B89">
         <v>4</v>
       </c>
       <c r="C89" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D89" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E89">
         <v>16</v>
       </c>
       <c r="F89">
         <v>48</v>
       </c>
       <c r="G89" t="s">
         <v>14</v>
       </c>
       <c r="H89" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I89" t="s">
         <v>16</v>
       </c>
       <c r="J89">
-        <v>3</v>
+        <v>7</v>
+      </c>
+      <c r="K89">
+        <v>1</v>
       </c>
       <c r="L89">
         <v>1</v>
       </c>
       <c r="M89">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N89">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="O89">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="P89" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90">
         <v>594</v>
       </c>
       <c r="B90">
         <v>6</v>
       </c>
       <c r="C90" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D90" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E90">
         <v>16</v>
       </c>
       <c r="F90">
         <v>41</v>
       </c>
       <c r="G90" t="s">
         <v>14</v>
       </c>
       <c r="H90" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I90" t="s">
         <v>16</v>
       </c>
       <c r="J90">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="K90">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L90">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="M90">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="N90">
         <v>4</v>
       </c>
       <c r="O90">
         <v>2</v>
       </c>
       <c r="P90" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91">
         <v>595</v>
       </c>
       <c r="B91">
         <v>7</v>
       </c>
       <c r="C91" t="s">
         <v>54</v>
       </c>
       <c r="D91" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E91">
         <v>16</v>
       </c>
       <c r="F91">
         <v>57</v>
       </c>
       <c r="G91" t="s">
         <v>14</v>
       </c>
       <c r="H91" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I91" t="s">
         <v>16</v>
       </c>
       <c r="J91">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="K91">
         <v>1</v>
       </c>
+      <c r="L91">
+        <v>4</v>
+      </c>
       <c r="M91">
+        <v>5</v>
+      </c>
+      <c r="N91">
+        <v>2</v>
+      </c>
+      <c r="O91">
         <v>1</v>
       </c>
       <c r="P91" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92">
         <v>596</v>
       </c>
       <c r="B92">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D92" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E92">
         <v>16</v>
       </c>
       <c r="F92">
         <v>66</v>
       </c>
       <c r="G92" t="s">
         <v>14</v>
       </c>
       <c r="H92" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I92" t="s">
         <v>16</v>
       </c>
       <c r="J92">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="L92">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="M92">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="P92" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93">
         <v>598</v>
       </c>
       <c r="B93">
         <v>12</v>
       </c>
       <c r="C93" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D93" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E93">
         <v>16</v>
       </c>
       <c r="F93">
         <v>55</v>
       </c>
       <c r="G93" t="s">
         <v>14</v>
       </c>
       <c r="H93" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I93" t="s">
         <v>16</v>
       </c>
       <c r="J93">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="K93">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="L93">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="M93">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="P93" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94">
         <v>600</v>
       </c>
       <c r="B94">
         <v>20</v>
       </c>
       <c r="C94" t="s">
         <v>18</v>
       </c>
       <c r="D94" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E94">
         <v>16</v>
       </c>
       <c r="F94">
         <v>61</v>
       </c>
       <c r="G94" t="s">
         <v>14</v>
       </c>
       <c r="H94" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I94" t="s">
         <v>16</v>
       </c>
       <c r="J94">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="K94">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L94">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="M94">
-        <v>3</v>
+        <v>8</v>
+      </c>
+      <c r="N94">
+        <v>2</v>
+      </c>
+      <c r="O94">
+        <v>1</v>
       </c>
       <c r="P94" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95">
         <v>602</v>
       </c>
       <c r="B95">
         <v>24</v>
       </c>
       <c r="C95" t="s">
         <v>81</v>
       </c>
       <c r="D95" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E95">
         <v>16</v>
       </c>
       <c r="F95">
         <v>48</v>
       </c>
       <c r="G95" t="s">
         <v>14</v>
       </c>
       <c r="H95" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I95" t="s">
         <v>16</v>
       </c>
       <c r="J95">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K95">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L95">
         <v>1</v>
       </c>
       <c r="M95">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P95" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96">
         <v>604</v>
       </c>
       <c r="B96">
         <v>66</v>
       </c>
       <c r="C96" t="s">
         <v>30</v>
       </c>
       <c r="D96" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E96">
         <v>16</v>
       </c>
       <c r="F96">
         <v>40</v>
       </c>
       <c r="G96" t="s">
         <v>14</v>
       </c>
       <c r="H96" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I96" t="s">
         <v>16</v>
       </c>
       <c r="J96">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="K96">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="L96">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M96">
-        <v>6</v>
+        <v>11</v>
+      </c>
+      <c r="N96">
+        <v>2</v>
+      </c>
+      <c r="O96">
+        <v>1</v>
       </c>
       <c r="P96" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97">
         <v>605</v>
       </c>
       <c r="B97">
         <v>13</v>
       </c>
       <c r="C97" t="s">
         <v>36</v>
       </c>
       <c r="D97" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E97">
         <v>16</v>
       </c>
       <c r="F97">
         <v>64</v>
       </c>
       <c r="G97" t="s">
         <v>14</v>
       </c>
       <c r="H97" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I97" t="s">
         <v>16</v>
       </c>
       <c r="P97" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98">
         <v>606</v>
       </c>
       <c r="B98">
         <v>15</v>
       </c>
       <c r="C98" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D98" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E98">
         <v>16</v>
       </c>
       <c r="F98">
         <v>48</v>
       </c>
       <c r="G98" t="s">
         <v>14</v>
       </c>
       <c r="H98" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I98" t="s">
         <v>16</v>
       </c>
       <c r="J98">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="L98">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M98">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N98">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="O98">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P98" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99">
         <v>608</v>
       </c>
       <c r="B99">
         <v>8</v>
       </c>
       <c r="C99" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D99" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E99">
         <v>16</v>
       </c>
       <c r="F99">
         <v>55</v>
       </c>
       <c r="G99" t="s">
         <v>14</v>
       </c>
       <c r="H99" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I99" t="s">
         <v>16</v>
       </c>
       <c r="J99">
+        <v>10</v>
+      </c>
+      <c r="K99">
+        <v>3</v>
+      </c>
+      <c r="L99">
+        <v>7</v>
+      </c>
+      <c r="M99">
+        <v>10</v>
+      </c>
+      <c r="N99">
         <v>6</v>
       </c>
-      <c r="K99">
-[...10 lines deleted...]
-      </c>
       <c r="O99">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="P99" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100">
         <v>613</v>
       </c>
       <c r="B100">
         <v>62</v>
       </c>
       <c r="C100" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D100" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E100">
         <v>6</v>
       </c>
       <c r="F100">
         <v>58</v>
       </c>
       <c r="G100" t="s">
         <v>14</v>
       </c>
       <c r="H100" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I100" t="s">
         <v>16</v>
       </c>
       <c r="J100">
         <v>4</v>
       </c>
       <c r="L100">
         <v>4</v>
       </c>
       <c r="M100">
         <v>4</v>
       </c>
       <c r="N100">
         <v>2</v>
       </c>
       <c r="O100">
         <v>1</v>
       </c>
       <c r="P100" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101">
         <v>614</v>
       </c>
       <c r="B101">
         <v>4</v>
       </c>
       <c r="C101" t="s">
         <v>45</v>
       </c>
       <c r="D101" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E101">
         <v>12</v>
       </c>
       <c r="F101">
         <v>44</v>
       </c>
       <c r="G101" t="s">
         <v>14</v>
       </c>
       <c r="H101" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I101" t="s">
         <v>16</v>
       </c>
       <c r="J101">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="K101">
         <v>2</v>
       </c>
       <c r="L101">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="M101">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="N101">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="O101">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="P101" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102">
         <v>615</v>
       </c>
       <c r="B102">
         <v>99</v>
       </c>
       <c r="C102" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D102" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E102">
         <v>12</v>
       </c>
       <c r="F102">
         <v>41</v>
       </c>
       <c r="G102" t="s">
         <v>14</v>
       </c>
       <c r="H102" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I102" t="s">
         <v>16</v>
       </c>
       <c r="J102">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="K102">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="L102">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="M102">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="N102">
         <v>2</v>
       </c>
       <c r="O102">
         <v>1</v>
       </c>
       <c r="P102" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103">
         <v>618</v>
       </c>
       <c r="B103">
         <v>24</v>
       </c>
       <c r="C103" t="s">
         <v>54</v>
       </c>
       <c r="D103" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E103">
         <v>11</v>
       </c>
       <c r="F103">
         <v>57</v>
       </c>
       <c r="G103" t="s">
         <v>14</v>
       </c>
       <c r="H103" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I103" t="s">
         <v>16</v>
       </c>
       <c r="J103">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="K103">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L103">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="M103">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="N103">
         <v>2</v>
       </c>
       <c r="O103">
         <v>1</v>
       </c>
       <c r="P103" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104">
         <v>622</v>
       </c>
       <c r="B104">
         <v>11</v>
       </c>
       <c r="C104" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D104" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="E104">
         <v>12</v>
       </c>
       <c r="F104">
         <v>47</v>
       </c>
       <c r="G104" t="s">
         <v>14</v>
       </c>
       <c r="H104" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I104" t="s">
         <v>16</v>
       </c>
       <c r="J104">
         <v>7</v>
       </c>
       <c r="K104">
         <v>2</v>
       </c>
       <c r="L104">
         <v>6</v>
       </c>
       <c r="M104">
         <v>8</v>
       </c>
       <c r="N104">
         <v>2</v>
       </c>
       <c r="O104">
         <v>1</v>
       </c>
       <c r="P104" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105">
         <v>628</v>
       </c>
       <c r="B105">
         <v>8</v>
       </c>
       <c r="C105" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D105" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E105">
         <v>7</v>
       </c>
       <c r="F105">
         <v>44</v>
       </c>
       <c r="G105" t="s">
         <v>14</v>
       </c>
       <c r="H105" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I105" t="s">
         <v>16</v>
       </c>
       <c r="J105">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="L105">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M105">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P105" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106">
         <v>631</v>
       </c>
       <c r="B106">
         <v>11</v>
       </c>
       <c r="C106" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D106" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E106">
         <v>11</v>
       </c>
       <c r="F106">
         <v>52</v>
       </c>
       <c r="G106" t="s">
         <v>14</v>
       </c>
       <c r="H106" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I106" t="s">
         <v>16</v>
       </c>
       <c r="J106">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="K106">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="L106">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="M106">
-        <v>19</v>
+        <v>31</v>
+      </c>
+      <c r="N106">
+        <v>4</v>
+      </c>
+      <c r="O106">
+        <v>2</v>
       </c>
       <c r="P106" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107">
         <v>633</v>
       </c>
       <c r="B107">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D107" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E107">
         <v>11</v>
       </c>
       <c r="F107">
         <v>59</v>
       </c>
       <c r="G107" t="s">
         <v>14</v>
       </c>
       <c r="H107" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I107" t="s">
         <v>16</v>
       </c>
       <c r="J107">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="K107">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="L107">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="M107">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="N107">
         <v>4</v>
       </c>
       <c r="O107">
         <v>2</v>
       </c>
       <c r="P107" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108">
         <v>635</v>
       </c>
       <c r="C108" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D108" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E108">
         <v>12</v>
       </c>
       <c r="F108">
         <v>45</v>
       </c>
       <c r="G108" t="s">
         <v>14</v>
       </c>
       <c r="H108" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I108" t="s">
         <v>16</v>
       </c>
       <c r="P108" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109">
         <v>639</v>
       </c>
       <c r="B109">
         <v>3</v>
       </c>
       <c r="C109" t="s">
         <v>12</v>
       </c>
       <c r="D109" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E109">
         <v>5</v>
       </c>
       <c r="F109">
         <v>40</v>
       </c>
       <c r="G109" t="s">
         <v>14</v>
       </c>
       <c r="H109" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I109" t="s">
         <v>16</v>
       </c>
       <c r="J109">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="K109">
         <v>1</v>
       </c>
       <c r="L109">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M109">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P109" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110">
         <v>655</v>
       </c>
       <c r="B110">
         <v>13</v>
       </c>
       <c r="C110" t="s">
         <v>58</v>
       </c>
       <c r="D110" t="s">
         <v>38</v>
       </c>
       <c r="E110">
         <v>12</v>
       </c>
       <c r="F110">
         <v>43</v>
       </c>
       <c r="G110" t="s">
         <v>14</v>
       </c>
       <c r="H110" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="I110" t="s">
         <v>16</v>
       </c>
       <c r="J110">
         <v>1</v>
       </c>
       <c r="L110">
         <v>2</v>
       </c>
       <c r="M110">
         <v>2</v>
       </c>
       <c r="P110" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111">
         <v>658</v>
       </c>
       <c r="B111">
         <v>35</v>
       </c>
       <c r="C111" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D111" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E111">
         <v>8</v>
       </c>
       <c r="F111">
         <v>40</v>
       </c>
       <c r="G111" t="s">
         <v>14</v>
       </c>
       <c r="H111" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="I111" t="s">
         <v>16</v>
+      </c>
+      <c r="J111">
+        <v>1</v>
+      </c>
+      <c r="K111">
+        <v>1</v>
+      </c>
+      <c r="M111">
+        <v>1</v>
       </c>
       <c r="P111" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112">
         <v>660</v>
       </c>
       <c r="B112">
         <v>6</v>
       </c>
       <c r="C112" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D112" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E112">
         <v>12</v>
       </c>
       <c r="F112">
         <v>44</v>
       </c>
       <c r="G112" t="s">
         <v>14</v>
       </c>
       <c r="H112" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I112" t="s">
         <v>16</v>
       </c>
       <c r="J112">
         <v>1</v>
       </c>
       <c r="K112">
         <v>2</v>
       </c>
       <c r="L112">
         <v>1</v>
       </c>
       <c r="M112">
         <v>3</v>
       </c>
       <c r="P112" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113">
         <v>672</v>
       </c>
       <c r="B113">
         <v>12</v>
       </c>
       <c r="C113" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D113" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E113">
         <v>4</v>
       </c>
       <c r="F113">
         <v>49</v>
       </c>
       <c r="G113" t="s">
         <v>14</v>
       </c>
       <c r="H113" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="I113" t="s">
         <v>16</v>
       </c>
       <c r="J113">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="K113">
         <v>1</v>
       </c>
       <c r="L113">
         <v>3</v>
       </c>
       <c r="M113">
         <v>4</v>
+      </c>
+      <c r="N113">
+        <v>2</v>
+      </c>
+      <c r="O113">
+        <v>1</v>
       </c>
       <c r="P113" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114">
         <v>675</v>
       </c>
       <c r="B114">
         <v>21</v>
       </c>
       <c r="C114" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D114" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E114">
         <v>16</v>
       </c>
       <c r="F114">
         <v>41</v>
       </c>
       <c r="G114" t="s">
         <v>14</v>
       </c>
       <c r="H114" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="I114" t="s">
         <v>16</v>
       </c>
       <c r="J114">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="K114">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L114">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M114">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="N114">
         <v>2</v>
       </c>
       <c r="O114">
         <v>1</v>
       </c>
       <c r="P114" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115">
         <v>676</v>
       </c>
       <c r="B115">
         <v>27</v>
       </c>
       <c r="C115" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D115" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E115">
         <v>16</v>
       </c>
       <c r="F115">
         <v>42</v>
       </c>
       <c r="G115" t="s">
         <v>14</v>
       </c>
       <c r="H115" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="I115" t="s">
         <v>16</v>
       </c>
       <c r="J115">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="K115">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="L115">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="M115">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="N115">
         <v>2</v>
       </c>
       <c r="O115">
         <v>1</v>
       </c>
       <c r="P115" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116">
         <v>677</v>
       </c>
       <c r="B116">
         <v>17</v>
       </c>
       <c r="C116" t="s">
         <v>72</v>
       </c>
       <c r="D116" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E116">
         <v>16</v>
       </c>
       <c r="F116">
         <v>44</v>
       </c>
       <c r="G116" t="s">
         <v>14</v>
       </c>
       <c r="H116" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="I116" t="s">
         <v>16</v>
       </c>
       <c r="J116">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="L116">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M116">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P116" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117">
         <v>678</v>
       </c>
       <c r="B117">
         <v>88</v>
       </c>
       <c r="C117" t="s">
         <v>87</v>
       </c>
       <c r="D117" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E117">
         <v>16</v>
       </c>
       <c r="F117">
         <v>43</v>
       </c>
       <c r="G117" t="s">
         <v>14</v>
       </c>
       <c r="H117" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="I117" t="s">
         <v>16</v>
       </c>
       <c r="P117" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118">
         <v>679</v>
       </c>
       <c r="B118">
         <v>11</v>
       </c>
       <c r="C118" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D118" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E118">
         <v>16</v>
       </c>
       <c r="F118">
         <v>48</v>
       </c>
       <c r="G118" t="s">
         <v>14</v>
       </c>
       <c r="H118" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="I118" t="s">
         <v>16</v>
       </c>
       <c r="J118">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="K118">
+        <v>4</v>
+      </c>
+      <c r="L118">
+        <v>2</v>
+      </c>
+      <c r="M118">
+        <v>6</v>
+      </c>
+      <c r="N118">
+        <v>8</v>
+      </c>
+      <c r="O118">
         <v>3</v>
       </c>
-      <c r="L118">
-[...10 lines deleted...]
-      </c>
       <c r="P118" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119">
         <v>680</v>
       </c>
       <c r="B119">
         <v>12</v>
       </c>
       <c r="C119" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D119" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E119">
         <v>6</v>
       </c>
       <c r="F119">
         <v>53</v>
       </c>
       <c r="G119" t="s">
         <v>14</v>
       </c>
       <c r="H119" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="I119" t="s">
         <v>16</v>
       </c>
       <c r="J119">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K119">
         <v>3</v>
       </c>
       <c r="L119">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M119">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N119">
         <v>6</v>
       </c>
       <c r="O119">
         <v>3</v>
       </c>
       <c r="P119" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120">
         <v>681</v>
       </c>
       <c r="B120">
         <v>77</v>
       </c>
       <c r="C120" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D120" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E120">
         <v>6</v>
       </c>
       <c r="F120">
         <v>39</v>
       </c>
       <c r="G120" t="s">
         <v>14</v>
       </c>
       <c r="H120" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="I120" t="s">
         <v>16</v>
       </c>
       <c r="J120">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K120">
-        <v>4</v>
+        <v>5</v>
+      </c>
+      <c r="L120">
+        <v>2</v>
       </c>
       <c r="M120">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="P120" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121">
         <v>682</v>
       </c>
       <c r="B121">
         <v>15</v>
       </c>
       <c r="C121" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D121" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E121">
         <v>6</v>
       </c>
       <c r="F121">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G121" t="s">
         <v>14</v>
       </c>
       <c r="H121" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="I121" t="s">
         <v>16</v>
       </c>
       <c r="J121">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="K121">
         <v>1</v>
       </c>
       <c r="L121">
         <v>1</v>
       </c>
       <c r="M121">
         <v>2</v>
       </c>
       <c r="N121">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="O121">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="P121" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122">
         <v>683</v>
       </c>
       <c r="B122">
         <v>16</v>
       </c>
       <c r="C122" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D122" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E122">
         <v>11</v>
       </c>
       <c r="F122">
         <v>59</v>
       </c>
       <c r="G122" t="s">
         <v>14</v>
       </c>
       <c r="H122" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I122" t="s">
         <v>16</v>
       </c>
       <c r="J122">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="K122">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L122">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="M122">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="P122" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123">
         <v>685</v>
       </c>
       <c r="B123">
         <v>12</v>
       </c>
       <c r="C123" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D123" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E123">
         <v>11</v>
       </c>
       <c r="F123">
         <v>51</v>
       </c>
       <c r="G123" t="s">
         <v>14</v>
       </c>
       <c r="H123" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I123" t="s">
         <v>16</v>
       </c>
       <c r="P123" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124">
         <v>686</v>
       </c>
       <c r="B124">
         <v>4</v>
       </c>
       <c r="C124" t="s">
-        <v>239</v>
+        <v>102</v>
       </c>
       <c r="D124" t="s">
         <v>240</v>
       </c>
       <c r="E124">
         <v>8</v>
       </c>
       <c r="F124">
         <v>52</v>
       </c>
       <c r="G124" t="s">
         <v>14</v>
       </c>
       <c r="H124" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="I124" t="s">
         <v>16</v>
+      </c>
+      <c r="J124">
+        <v>1</v>
       </c>
       <c r="P124" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125">
         <v>687</v>
       </c>
       <c r="B125">
         <v>8</v>
       </c>
       <c r="C125" t="s">
         <v>43</v>
       </c>
       <c r="D125" t="s">
         <v>35</v>
       </c>
       <c r="E125">
         <v>5</v>
       </c>
       <c r="F125">
         <v>40</v>
       </c>
       <c r="G125" t="s">
         <v>14</v>
       </c>
       <c r="H125" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="I125" t="s">
         <v>16</v>
       </c>
       <c r="J125">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="K125">
         <v>5</v>
       </c>
       <c r="L125">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M125">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="N125">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="O125">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P125" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126">
         <v>689</v>
       </c>
       <c r="B126">
         <v>67</v>
       </c>
       <c r="C126" t="s">
         <v>241</v>
       </c>
       <c r="D126" t="s">
         <v>242</v>
       </c>
       <c r="E126">
         <v>6</v>
       </c>
       <c r="F126">
         <v>65</v>
       </c>
       <c r="G126" t="s">
         <v>14</v>
       </c>
       <c r="H126" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="I126" t="s">
         <v>16</v>
       </c>
       <c r="J126">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="K126">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="M126">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="N126">
         <v>6</v>
       </c>
       <c r="O126">
         <v>3</v>
       </c>
       <c r="P126" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127">
         <v>695</v>
       </c>
       <c r="B127">
         <v>26</v>
       </c>
       <c r="C127" t="s">
         <v>18</v>
       </c>
       <c r="D127" t="s">
         <v>243</v>
       </c>
       <c r="E127">
         <v>7</v>
       </c>
       <c r="F127">
         <v>56</v>
       </c>
       <c r="G127" t="s">
         <v>14</v>
       </c>
       <c r="H127" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="I127" t="s">
         <v>16</v>
       </c>
       <c r="J127">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="N127">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O127">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P127" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128">
         <v>697</v>
       </c>
       <c r="B128">
         <v>19</v>
       </c>
       <c r="C128" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D128" t="s">
         <v>244</v>
       </c>
       <c r="E128">
         <v>5</v>
       </c>
       <c r="F128">
         <v>49</v>
       </c>
       <c r="G128" t="s">
         <v>14</v>
       </c>
       <c r="H128" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="I128" t="s">
         <v>16</v>
+      </c>
+      <c r="J128">
+        <v>1</v>
       </c>
       <c r="P128" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129">
         <v>707</v>
       </c>
       <c r="B129">
         <v>25</v>
       </c>
       <c r="C129" t="s">
         <v>245</v>
       </c>
       <c r="D129" t="s">
         <v>246</v>
       </c>
       <c r="E129">
         <v>5</v>
       </c>
       <c r="F129">
         <v>51</v>
       </c>
       <c r="G129" t="s">
         <v>14</v>
       </c>
       <c r="H129" t="s">
         <v>247</v>
       </c>
       <c r="I129" t="s">
         <v>16</v>
       </c>
       <c r="J129">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="K129">
         <v>5</v>
       </c>
       <c r="L129">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M129">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="P129" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130">
         <v>708</v>
       </c>
       <c r="B130">
         <v>19</v>
       </c>
       <c r="C130" t="s">
         <v>64</v>
       </c>
       <c r="D130" t="s">
         <v>248</v>
       </c>
       <c r="E130">
         <v>5</v>
       </c>
       <c r="F130">
         <v>45</v>
       </c>
       <c r="G130" t="s">
         <v>14</v>
       </c>
       <c r="H130" t="s">
         <v>247</v>
       </c>
       <c r="I130" t="s">
         <v>16</v>
       </c>
       <c r="J130">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K130">
         <v>1</v>
       </c>
       <c r="L130">
         <v>1</v>
       </c>
       <c r="M130">
         <v>2</v>
       </c>
       <c r="P130" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131">
         <v>720</v>
       </c>
       <c r="B131">
         <v>21</v>
       </c>
       <c r="C131" t="s">
         <v>249</v>
       </c>
       <c r="D131" t="s">
         <v>250</v>
       </c>
       <c r="E131">
         <v>4</v>
       </c>
       <c r="F131">
         <v>60</v>
       </c>
       <c r="G131" t="s">
         <v>14</v>
       </c>
       <c r="H131" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I131" t="s">
         <v>16</v>
       </c>
       <c r="J131">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="K131">
         <v>2</v>
       </c>
       <c r="M131">
         <v>2</v>
+      </c>
+      <c r="N131">
+        <v>2</v>
+      </c>
+      <c r="O131">
+        <v>1</v>
       </c>
       <c r="P131" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132">
         <v>721</v>
       </c>
       <c r="B132">
         <v>13</v>
       </c>
       <c r="C132" t="s">
         <v>251</v>
       </c>
       <c r="D132" t="s">
         <v>252</v>
       </c>
       <c r="E132">
         <v>12</v>
       </c>
       <c r="F132">
         <v>44</v>
       </c>
       <c r="G132" t="s">
         <v>14</v>
       </c>
       <c r="H132" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I132" t="s">
         <v>16</v>
       </c>
       <c r="J132">
+        <v>10</v>
+      </c>
+      <c r="K132">
+        <v>9</v>
+      </c>
+      <c r="L132">
+        <v>7</v>
+      </c>
+      <c r="M132">
+        <v>16</v>
+      </c>
+      <c r="N132">
         <v>6</v>
       </c>
-      <c r="K132">
-[...10 lines deleted...]
-      </c>
       <c r="O132">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="P132" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133">
         <v>722</v>
       </c>
       <c r="C133" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D133" t="s">
         <v>253</v>
       </c>
       <c r="E133">
         <v>16</v>
       </c>
       <c r="F133">
         <v>40</v>
       </c>
       <c r="G133" t="s">
         <v>14</v>
       </c>
       <c r="H133" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I133" t="s">
         <v>16</v>
       </c>
       <c r="P133" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134">
         <v>723</v>
       </c>
       <c r="B134">
         <v>16</v>
       </c>
       <c r="C134" t="s">
         <v>18</v>
       </c>
       <c r="D134" t="s">
         <v>254</v>
       </c>
       <c r="E134">
         <v>16</v>
       </c>
       <c r="F134">
         <v>38</v>
       </c>
       <c r="G134" t="s">
         <v>14</v>
       </c>
       <c r="H134" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I134" t="s">
         <v>16</v>
       </c>
       <c r="J134">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="K134">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="L134">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="M134">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="P134" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135">
         <v>724</v>
       </c>
       <c r="B135">
         <v>3</v>
       </c>
       <c r="C135" t="s">
         <v>255</v>
       </c>
       <c r="D135" t="s">
         <v>256</v>
       </c>
       <c r="E135">
         <v>4</v>
       </c>
       <c r="F135">
         <v>63</v>
       </c>
       <c r="G135" t="s">
         <v>14</v>
       </c>
       <c r="H135" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I135" t="s">
         <v>16</v>
       </c>
       <c r="J135">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="L135">
         <v>2</v>
       </c>
       <c r="M135">
         <v>2</v>
       </c>
       <c r="P135" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136">
         <v>725</v>
       </c>
       <c r="B136">
         <v>1</v>
       </c>
       <c r="C136" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D136" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E136">
         <v>16</v>
       </c>
       <c r="F136">
         <v>50</v>
       </c>
       <c r="G136" t="s">
         <v>14</v>
       </c>
       <c r="H136" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I136" t="s">
         <v>16</v>
       </c>
       <c r="J136">
+        <v>4</v>
+      </c>
+      <c r="K136">
+        <v>1</v>
+      </c>
+      <c r="L136">
+        <v>2</v>
+      </c>
+      <c r="M136">
         <v>3</v>
       </c>
-      <c r="L136">
-[...4 lines deleted...]
-      </c>
       <c r="O136">
         <v>1</v>
       </c>
       <c r="P136" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137">
         <v>726</v>
       </c>
       <c r="C137" t="s">
         <v>257</v>
       </c>
       <c r="D137" t="s">
         <v>258</v>
       </c>
       <c r="E137">
         <v>16</v>
       </c>
       <c r="F137">
         <v>45</v>
       </c>
       <c r="G137" t="s">
         <v>14</v>
       </c>
       <c r="H137" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I137" t="s">
         <v>16</v>
       </c>
       <c r="P137" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138">
         <v>727</v>
       </c>
       <c r="B138">
         <v>17</v>
       </c>
       <c r="C138" t="s">
         <v>32</v>
       </c>
       <c r="D138" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E138">
         <v>6</v>
       </c>
       <c r="F138">
         <v>49</v>
       </c>
       <c r="G138" t="s">
         <v>14</v>
       </c>
       <c r="H138" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I138" t="s">
         <v>16</v>
       </c>
       <c r="J138">
         <v>4</v>
       </c>
       <c r="K138">
         <v>1</v>
       </c>
       <c r="L138">
         <v>3</v>
       </c>
       <c r="M138">
         <v>4</v>
       </c>
       <c r="P138" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139">
         <v>728</v>
       </c>
       <c r="B139">
         <v>18</v>
       </c>
       <c r="C139" t="s">
         <v>259</v>
       </c>
       <c r="D139" t="s">
         <v>260</v>
       </c>
       <c r="E139">
         <v>6</v>
       </c>
       <c r="F139">
         <v>55</v>
       </c>
       <c r="G139" t="s">
         <v>14</v>
       </c>
       <c r="H139" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I139" t="s">
         <v>16</v>
       </c>
       <c r="J139">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="K139">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L139">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M139">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="N139">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O139">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P139" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140">
         <v>729</v>
       </c>
       <c r="B140">
         <v>12</v>
       </c>
       <c r="C140" t="s">
         <v>261</v>
       </c>
       <c r="D140" t="s">
         <v>262</v>
       </c>
       <c r="E140">
         <v>7</v>
       </c>
       <c r="F140">
         <v>44</v>
       </c>
       <c r="G140" t="s">
         <v>14</v>
       </c>
       <c r="H140" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I140" t="s">
         <v>16</v>
       </c>
       <c r="J140">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="K140">
         <v>3</v>
       </c>
       <c r="L140">
         <v>3</v>
       </c>
       <c r="M140">
         <v>6</v>
       </c>
       <c r="P140" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141">
         <v>730</v>
       </c>
       <c r="B141">
         <v>13</v>
       </c>
       <c r="C141" t="s">
         <v>58</v>
       </c>
       <c r="D141" t="s">
         <v>263</v>
       </c>
       <c r="E141">
         <v>7</v>
       </c>
       <c r="F141">
         <v>47</v>
       </c>
       <c r="G141" t="s">
         <v>14</v>
       </c>
       <c r="H141" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I141" t="s">
         <v>16</v>
       </c>
       <c r="J141">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L141">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M141">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="P141" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142">
         <v>731</v>
       </c>
       <c r="B142">
         <v>16</v>
       </c>
       <c r="C142" t="s">
         <v>36</v>
       </c>
       <c r="D142" t="s">
         <v>264</v>
       </c>
       <c r="E142">
         <v>7</v>
       </c>
       <c r="F142">
         <v>48</v>
       </c>
       <c r="G142" t="s">
         <v>14</v>
       </c>
       <c r="H142" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I142" t="s">
         <v>16</v>
       </c>
       <c r="J142">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K142">
         <v>2</v>
       </c>
       <c r="L142">
         <v>1</v>
       </c>
       <c r="M142">
         <v>3</v>
       </c>
       <c r="P142" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143">
         <v>733</v>
       </c>
       <c r="B143">
         <v>24</v>
       </c>
       <c r="C143" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D143" t="s">
         <v>265</v>
       </c>
       <c r="E143">
         <v>7</v>
       </c>
       <c r="F143">
         <v>47</v>
       </c>
       <c r="G143" t="s">
         <v>14</v>
       </c>
       <c r="H143" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I143" t="s">
         <v>16</v>
       </c>
       <c r="J143">
+        <v>11</v>
+      </c>
+      <c r="K143">
+        <v>3</v>
+      </c>
+      <c r="L143">
+        <v>4</v>
+      </c>
+      <c r="M143">
         <v>7</v>
-      </c>
-[...7 lines deleted...]
-        <v>3</v>
       </c>
       <c r="P143" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144">
         <v>734</v>
       </c>
       <c r="B144">
         <v>17</v>
       </c>
       <c r="C144" t="s">
         <v>266</v>
       </c>
       <c r="D144" t="s">
         <v>267</v>
       </c>
       <c r="E144">
         <v>7</v>
       </c>
       <c r="F144">
         <v>40</v>
       </c>
       <c r="G144" t="s">
         <v>14</v>
       </c>
       <c r="H144" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I144" t="s">
         <v>16</v>
       </c>
       <c r="J144">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="K144">
+        <v>5</v>
+      </c>
+      <c r="L144">
         <v>3</v>
       </c>
-      <c r="L144">
-[...1 lines deleted...]
-      </c>
       <c r="M144">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="N144">
         <v>2</v>
       </c>
       <c r="O144">
         <v>1</v>
       </c>
       <c r="P144" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145">
         <v>735</v>
       </c>
       <c r="B145">
         <v>11</v>
       </c>
       <c r="C145" t="s">
         <v>268</v>
       </c>
       <c r="D145" t="s">
         <v>55</v>
       </c>
       <c r="E145">
         <v>16</v>
       </c>
       <c r="F145">
         <v>41</v>
       </c>
       <c r="G145" t="s">
         <v>14</v>
       </c>
       <c r="H145" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I145" t="s">
         <v>16</v>
       </c>
       <c r="J145">
         <v>1</v>
       </c>
       <c r="L145">
         <v>1</v>
       </c>
       <c r="M145">
         <v>1</v>
       </c>
       <c r="P145" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146">
         <v>736</v>
       </c>
       <c r="B146">
         <v>23</v>
       </c>
       <c r="C146" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D146" t="s">
         <v>269</v>
       </c>
       <c r="E146">
         <v>4</v>
       </c>
       <c r="F146">
         <v>40</v>
       </c>
       <c r="G146" t="s">
         <v>14</v>
       </c>
       <c r="H146" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I146" t="s">
         <v>16</v>
       </c>
       <c r="J146">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="N146">
         <v>2</v>
       </c>
       <c r="O146">
         <v>1</v>
       </c>
       <c r="P146" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147">
         <v>740</v>
       </c>
       <c r="B147">
         <v>19</v>
       </c>
       <c r="C147" t="s">
         <v>270</v>
       </c>
       <c r="D147" t="s">
         <v>271</v>
       </c>
       <c r="E147">
         <v>5</v>
       </c>
       <c r="G147" t="s">
         <v>14</v>
       </c>
       <c r="H147" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I147" t="s">
         <v>16</v>
       </c>
       <c r="J147">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K147">
         <v>1</v>
       </c>
       <c r="L147">
         <v>1</v>
       </c>
       <c r="M147">
         <v>2</v>
       </c>
       <c r="P147" t="s">
         <v>27</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148">
+        <v>741</v>
+      </c>
+      <c r="B148">
+        <v>13</v>
+      </c>
+      <c r="C148" t="s">
+        <v>34</v>
+      </c>
+      <c r="D148" t="s">
+        <v>272</v>
+      </c>
+      <c r="E148">
+        <v>4</v>
+      </c>
+      <c r="F148">
+        <v>67</v>
+      </c>
+      <c r="G148" t="s">
+        <v>14</v>
+      </c>
+      <c r="H148" t="s">
+        <v>124</v>
+      </c>
+      <c r="I148" t="s">
+        <v>16</v>
+      </c>
+      <c r="P148" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149">
+        <v>742</v>
+      </c>
+      <c r="C149" t="s">
+        <v>58</v>
+      </c>
+      <c r="D149" t="s">
+        <v>273</v>
+      </c>
+      <c r="E149">
+        <v>6</v>
+      </c>
+      <c r="F149">
+        <v>37</v>
+      </c>
+      <c r="G149" t="s">
+        <v>14</v>
+      </c>
+      <c r="H149" t="s">
+        <v>124</v>
+      </c>
+      <c r="I149" t="s">
+        <v>16</v>
+      </c>
+      <c r="P149" t="s">
+        <v>17</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">