--- v2 (2025-12-04)
+++ v3 (2026-01-07)
@@ -12,101 +12,101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Pens" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="274">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="271">
   <si>
     <t>Player Id</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Lastn Name</t>
   </si>
   <si>
     <t>Team Id</t>
   </si>
   <si>
     <t>Games Played</t>
   </si>
   <si>
     <t>Goals</t>
   </si>
   <si>
     <t>Assists</t>
   </si>
   <si>
     <t>Points</t>
   </si>
   <si>
     <t>Pims</t>
   </si>
   <si>
     <t>Pen Instances</t>
   </si>
   <si>
     <t>Team</t>
   </si>
   <si>
     <t>Trevor</t>
   </si>
   <si>
     <t>Travis</t>
   </si>
   <si>
     <t>In Active</t>
   </si>
   <si>
     <t>Winter 2018-19 Playoffs</t>
   </si>
   <si>
-    <t>2025-12-04</t>
+    <t>2026-01-07</t>
   </si>
   <si>
     <t>{"Blue Goose":6}</t>
   </si>
   <si>
     <t>Mike</t>
   </si>
   <si>
     <t>MacMillan</t>
   </si>
   <si>
     <t>Murray</t>
   </si>
   <si>
     <t>Cooke</t>
   </si>
   <si>
     <t>Barry</t>
   </si>
   <si>
     <t>Boettcher</t>
   </si>
   <si>
     <t>Dave</t>
   </si>
@@ -386,398 +386,389 @@
   <si>
     <t>Celik</t>
   </si>
   <si>
     <t>Derek</t>
   </si>
   <si>
     <t>Sweeney</t>
   </si>
   <si>
     <t>Winter 2019/20 Regular Season</t>
   </si>
   <si>
     <t>Dan</t>
   </si>
   <si>
     <t>Meister</t>
   </si>
   <si>
     <t>Radoslav</t>
   </si>
   <si>
     <t>Pencak</t>
   </si>
   <si>
+    <t>Winter 2021/22 Regular Season</t>
+  </si>
+  <si>
+    <t>{"Weston":11}</t>
+  </si>
+  <si>
+    <t>Adam</t>
+  </si>
+  <si>
+    <t>Crisp</t>
+  </si>
+  <si>
+    <t>Caranci</t>
+  </si>
+  <si>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>Koehler</t>
+  </si>
+  <si>
+    <t>Noble</t>
+  </si>
+  <si>
+    <t>Walter</t>
+  </si>
+  <si>
+    <t>Fantin</t>
+  </si>
+  <si>
+    <t>Al</t>
+  </si>
+  <si>
+    <t>Cooper</t>
+  </si>
+  <si>
+    <t>Jeffery</t>
+  </si>
+  <si>
+    <t>Lulham</t>
+  </si>
+  <si>
+    <t>{"Blades":12}</t>
+  </si>
+  <si>
+    <t>Tedesco</t>
+  </si>
+  <si>
+    <t>Keith</t>
+  </si>
+  <si>
+    <t>Rogers</t>
+  </si>
+  <si>
+    <t>Daniel</t>
+  </si>
+  <si>
+    <t>Harrington</t>
+  </si>
+  <si>
+    <t>Tedford</t>
+  </si>
+  <si>
+    <t>Nick</t>
+  </si>
+  <si>
+    <t>Gray</t>
+  </si>
+  <si>
+    <t>Patrick</t>
+  </si>
+  <si>
+    <t>Magee</t>
+  </si>
+  <si>
+    <t>Jake</t>
+  </si>
+  <si>
+    <t>Irwin</t>
+  </si>
+  <si>
+    <t>Russell</t>
+  </si>
+  <si>
+    <t>Sam</t>
+  </si>
+  <si>
+    <t>Mouratidis</t>
+  </si>
+  <si>
+    <t>Austen</t>
+  </si>
+  <si>
+    <t>MacDonald</t>
+  </si>
+  <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>Pomakov</t>
+  </si>
+  <si>
+    <t>Warran</t>
+  </si>
+  <si>
+    <t>Kyle</t>
+  </si>
+  <si>
+    <t>Battiston</t>
+  </si>
+  <si>
+    <t>Ryan</t>
+  </si>
+  <si>
+    <t>Soderberg</t>
+  </si>
+  <si>
+    <t>Desimone</t>
+  </si>
+  <si>
+    <t>Brown</t>
+  </si>
+  <si>
+    <t>Gord</t>
+  </si>
+  <si>
+    <t>Jessop</t>
+  </si>
+  <si>
+    <t>Winter 2022-23 Regular Season</t>
+  </si>
+  <si>
+    <t>Bert</t>
+  </si>
+  <si>
+    <t>Belvedere</t>
+  </si>
+  <si>
+    <t>Josh</t>
+  </si>
+  <si>
+    <t>Visser</t>
+  </si>
+  <si>
+    <t>Dale</t>
+  </si>
+  <si>
+    <t>Beesley</t>
+  </si>
+  <si>
+    <t>Harvey</t>
+  </si>
+  <si>
+    <t>Olsen</t>
+  </si>
+  <si>
+    <t>Greenshields</t>
+  </si>
+  <si>
+    <t>Sherrard</t>
+  </si>
+  <si>
+    <t>Summer 2023</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Kapshey</t>
+  </si>
+  <si>
+    <t>Bob</t>
+  </si>
+  <si>
+    <t>Greig</t>
+  </si>
+  <si>
+    <t>Love</t>
+  </si>
+  <si>
+    <t>Winter 2023-24 Regular Season</t>
+  </si>
+  <si>
+    <t>{"Fireball Dragons":16}</t>
+  </si>
+  <si>
+    <t>Matt</t>
+  </si>
+  <si>
+    <t>Dunlop</t>
+  </si>
+  <si>
+    <t>Delano</t>
+  </si>
+  <si>
+    <t>Lorenzo</t>
+  </si>
+  <si>
+    <t>Perozzo</t>
+  </si>
+  <si>
+    <t>Darren</t>
+  </si>
+  <si>
+    <t>Gornall</t>
+  </si>
+  <si>
+    <t>Brady</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>Britten</t>
+  </si>
+  <si>
+    <t>Cordovado</t>
+  </si>
+  <si>
+    <t>Hanlon</t>
+  </si>
+  <si>
+    <t>Spoja</t>
+  </si>
+  <si>
+    <t>Scott</t>
+  </si>
+  <si>
+    <t>Walling</t>
+  </si>
+  <si>
+    <t>Thompson</t>
+  </si>
+  <si>
+    <t>Conor</t>
+  </si>
+  <si>
+    <t>Wilson</t>
+  </si>
+  <si>
+    <t>Bonello</t>
+  </si>
+  <si>
+    <t>Brandon</t>
+  </si>
+  <si>
+    <t>Cahill</t>
+  </si>
+  <si>
+    <t>Dubbin</t>
+  </si>
+  <si>
+    <t>Steve</t>
+  </si>
+  <si>
+    <t>Bojcun</t>
+  </si>
+  <si>
+    <t>Josef</t>
+  </si>
+  <si>
+    <t>Maly</t>
+  </si>
+  <si>
+    <t>Tyrel</t>
+  </si>
+  <si>
+    <t>Lamb</t>
+  </si>
+  <si>
+    <t>Dupree</t>
+  </si>
+  <si>
+    <t>Summer 2024</t>
+  </si>
+  <si>
+    <t>Graeme</t>
+  </si>
+  <si>
+    <t>Beck</t>
+  </si>
+  <si>
+    <t>Jason</t>
+  </si>
+  <si>
+    <t>Gallant</t>
+  </si>
+  <si>
     <t>Winter 2025-26 Regular Season</t>
   </si>
   <si>
-    <t>{"Weston":11}</t>
-[...289 lines deleted...]
-  <si>
     <t>Toli</t>
   </si>
   <si>
     <t>Anastassiou</t>
   </si>
   <si>
     <t>Winter 2024-25 Regular Season</t>
   </si>
   <si>
     <t>Walton</t>
   </si>
   <si>
     <t>Seckington</t>
   </si>
   <si>
     <t>Noon</t>
   </si>
   <si>
     <t>Cerra</t>
   </si>
   <si>
     <t>Mark</t>
   </si>
   <si>
     <t>Dineley</t>
   </si>
   <si>
     <t>Shane</t>
   </si>
   <si>
     <t>Sinclair</t>
   </si>
   <si>
     <t>Evan</t>
   </si>
   <si>
     <t>Delcogliano</t>
   </si>
   <si>
     <t>Connor</t>
   </si>
   <si>
     <t>Donaldson</t>
   </si>
   <si>
     <t>Caetano</t>
   </si>
   <si>
-    <t>Glenn</t>
-[...4 lines deleted...]
-  <si>
     <t>Nadon</t>
   </si>
   <si>
     <t>Tom</t>
   </si>
   <si>
     <t>Paterson</t>
   </si>
   <si>
     <t>Dodson</t>
   </si>
   <si>
     <t>Jakubek</t>
   </si>
   <si>
     <t>Clinton</t>
   </si>
   <si>
     <t>Nowack</t>
   </si>
   <si>
     <t>Summer 2025</t>
   </si>
   <si>
     <t>Hindle</t>
@@ -806,78 +797,78 @@
   <si>
     <t>Chantaz</t>
   </si>
   <si>
     <t>Tony</t>
   </si>
   <si>
     <t>Diab</t>
   </si>
   <si>
     <t>Geoff</t>
   </si>
   <si>
     <t>Wells</t>
   </si>
   <si>
     <t>Joanathan</t>
   </si>
   <si>
     <t>Kay</t>
   </si>
   <si>
     <t>Maciel</t>
   </si>
   <si>
-    <t>Faria</t>
-[...1 lines deleted...]
-  <si>
     <t>Da Silva</t>
   </si>
   <si>
     <t>Jack</t>
   </si>
   <si>
     <t>MacLaren</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
     <t>Martin</t>
   </si>
   <si>
     <t>Carlos</t>
   </si>
   <si>
     <t>Canejo</t>
   </si>
   <si>
     <t>Heyland</t>
   </si>
   <si>
     <t>Luckese</t>
+  </si>
+  <si>
+    <t>Willis</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1180,51 +1171,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P149"/>
+  <dimension ref="A1:P147"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
     <col min="9" max="9" width="10" customWidth="true" style="0"/>
     <col min="10" max="10" width="10" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -1268,245 +1259,245 @@
       <c r="B2">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2">
         <v>6</v>
       </c>
       <c r="F2">
         <v>59</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" t="s">
         <v>16</v>
       </c>
       <c r="J2">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="L2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N2">
         <v>4</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3">
         <v>6</v>
       </c>
       <c r="F3">
         <v>54</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>15</v>
       </c>
       <c r="I3" t="s">
         <v>16</v>
       </c>
       <c r="J3">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="K3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L3">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="M3">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="N3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4">
         <v>4</v>
       </c>
       <c r="B4">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>21</v>
       </c>
       <c r="E4">
         <v>6</v>
       </c>
       <c r="F4">
         <v>55</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>15</v>
       </c>
       <c r="I4" t="s">
         <v>16</v>
       </c>
       <c r="J4">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="K4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L4">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="M4">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="N4">
         <v>4</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5">
         <v>15</v>
       </c>
       <c r="B5">
         <v>55</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5">
         <v>6</v>
       </c>
       <c r="F5">
         <v>70</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
         <v>15</v>
       </c>
       <c r="I5" t="s">
         <v>16</v>
       </c>
       <c r="J5">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="L5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>1</v>
       </c>
       <c r="P5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6">
         <v>18</v>
       </c>
       <c r="B6">
         <v>75</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6" t="s">
         <v>25</v>
       </c>
       <c r="E6">
         <v>6</v>
       </c>
       <c r="F6">
         <v>50</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>15</v>
       </c>
       <c r="I6" t="s">
         <v>16</v>
       </c>
       <c r="J6">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="L6">
         <v>5</v>
       </c>
       <c r="M6">
         <v>5</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
         <v>1</v>
       </c>
       <c r="P6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7">
         <v>43</v>
       </c>
       <c r="B7">
         <v>19</v>
       </c>
       <c r="C7" t="s">
@@ -1544,60 +1535,60 @@
       <c r="B8">
         <v>7</v>
       </c>
       <c r="C8" t="s">
         <v>28</v>
       </c>
       <c r="D8" t="s">
         <v>29</v>
       </c>
       <c r="E8">
         <v>5</v>
       </c>
       <c r="F8">
         <v>54</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>15</v>
       </c>
       <c r="I8" t="s">
         <v>16</v>
       </c>
       <c r="J8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P8" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9">
         <v>46</v>
       </c>
       <c r="B9">
         <v>5</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9" t="s">
         <v>31</v>
       </c>
       <c r="E9">
         <v>5</v>
       </c>
       <c r="F9">
         <v>59</v>
       </c>
       <c r="G9" t="s">
@@ -1629,459 +1620,459 @@
       <c r="B10">
         <v>10</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10">
         <v>5</v>
       </c>
       <c r="F10">
         <v>62</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>15</v>
       </c>
       <c r="I10" t="s">
         <v>16</v>
       </c>
       <c r="J10">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="K10">
         <v>1</v>
       </c>
       <c r="L10">
         <v>5</v>
       </c>
       <c r="M10">
         <v>6</v>
       </c>
       <c r="N10">
         <v>18</v>
       </c>
       <c r="O10">
         <v>5</v>
       </c>
       <c r="P10" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11">
         <v>50</v>
       </c>
       <c r="B11">
         <v>12</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11" t="s">
         <v>35</v>
       </c>
       <c r="E11">
         <v>5</v>
       </c>
       <c r="F11">
         <v>53</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>15</v>
       </c>
       <c r="I11" t="s">
         <v>16</v>
       </c>
       <c r="J11">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="K11">
         <v>1</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>4</v>
       </c>
       <c r="P11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12">
         <v>53</v>
       </c>
       <c r="B12">
         <v>91</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
       <c r="E12">
         <v>5</v>
       </c>
       <c r="F12">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>15</v>
       </c>
       <c r="I12" t="s">
         <v>16</v>
       </c>
       <c r="J12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
       <c r="L12">
         <v>1</v>
       </c>
       <c r="M12">
         <v>2</v>
       </c>
       <c r="P12" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13">
         <v>55</v>
       </c>
       <c r="B13">
         <v>22</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
         <v>39</v>
       </c>
       <c r="E13">
         <v>5</v>
       </c>
       <c r="F13">
         <v>55</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13" t="s">
         <v>40</v>
       </c>
       <c r="I13" t="s">
         <v>16</v>
       </c>
       <c r="J13">
+        <v>13</v>
+      </c>
+      <c r="K13">
+        <v>4</v>
+      </c>
+      <c r="L13">
         <v>10</v>
       </c>
-      <c r="K13">
-[...4 lines deleted...]
-      </c>
       <c r="M13">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="P13" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14">
         <v>59</v>
       </c>
       <c r="B14">
         <v>52</v>
       </c>
       <c r="C14" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
         <v>42</v>
       </c>
       <c r="E14">
         <v>5</v>
       </c>
       <c r="F14">
         <v>56</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>15</v>
       </c>
       <c r="I14" t="s">
         <v>16</v>
       </c>
       <c r="J14">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="K14">
         <v>2</v>
       </c>
       <c r="L14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M14">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="N14">
         <v>2</v>
       </c>
       <c r="O14">
         <v>1</v>
       </c>
       <c r="P14" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15">
         <v>61</v>
       </c>
       <c r="B15">
         <v>95</v>
       </c>
       <c r="C15" t="s">
         <v>43</v>
       </c>
       <c r="D15" t="s">
         <v>44</v>
       </c>
       <c r="E15">
         <v>5</v>
       </c>
       <c r="F15">
         <v>61</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>15</v>
       </c>
       <c r="I15" t="s">
         <v>16</v>
       </c>
       <c r="J15">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="L15">
         <v>1</v>
       </c>
       <c r="M15">
         <v>1</v>
       </c>
       <c r="P15" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16">
         <v>65</v>
       </c>
       <c r="B16">
         <v>44</v>
       </c>
       <c r="C16" t="s">
         <v>45</v>
       </c>
       <c r="D16" t="s">
         <v>46</v>
       </c>
       <c r="E16">
         <v>8</v>
       </c>
       <c r="F16">
         <v>55</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>15</v>
       </c>
       <c r="I16" t="s">
         <v>16</v>
       </c>
       <c r="J16">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K16">
         <v>1</v>
       </c>
       <c r="M16">
         <v>1</v>
       </c>
       <c r="P16" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17">
         <v>66</v>
       </c>
       <c r="B17">
         <v>20</v>
       </c>
       <c r="C17" t="s">
         <v>48</v>
       </c>
       <c r="D17" t="s">
         <v>49</v>
       </c>
       <c r="E17">
         <v>8</v>
       </c>
       <c r="F17">
         <v>53</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>50</v>
       </c>
       <c r="I17" t="s">
         <v>16</v>
       </c>
       <c r="J17">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="L17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N17">
         <v>2</v>
       </c>
       <c r="O17">
         <v>1</v>
       </c>
       <c r="P17" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18">
         <v>67</v>
       </c>
       <c r="B18">
         <v>7</v>
       </c>
       <c r="C18" t="s">
         <v>32</v>
       </c>
       <c r="D18" t="s">
         <v>51</v>
       </c>
       <c r="E18">
         <v>8</v>
       </c>
       <c r="F18">
         <v>54</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
         <v>50</v>
       </c>
       <c r="I18" t="s">
         <v>16</v>
       </c>
       <c r="J18">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="L18">
         <v>4</v>
       </c>
       <c r="M18">
         <v>4</v>
       </c>
       <c r="P18" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19">
         <v>68</v>
       </c>
       <c r="B19">
         <v>8</v>
       </c>
       <c r="C19" t="s">
         <v>52</v>
       </c>
       <c r="D19" t="s">
         <v>53</v>
       </c>
       <c r="E19">
         <v>8</v>
       </c>
       <c r="F19">
         <v>62</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19" t="s">
         <v>50</v>
       </c>
       <c r="I19" t="s">
         <v>16</v>
       </c>
       <c r="J19">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="L19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P19" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20">
         <v>69</v>
       </c>
       <c r="B20">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>54</v>
       </c>
       <c r="D20" t="s">
         <v>55</v>
       </c>
       <c r="E20">
         <v>8</v>
       </c>
       <c r="F20">
         <v>53</v>
       </c>
       <c r="G20" t="s">
@@ -2116,139 +2107,151 @@
       <c r="B21">
         <v>14</v>
       </c>
       <c r="C21" t="s">
         <v>56</v>
       </c>
       <c r="D21" t="s">
         <v>57</v>
       </c>
       <c r="E21">
         <v>8</v>
       </c>
       <c r="F21">
         <v>62</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
         <v>15</v>
       </c>
       <c r="I21" t="s">
         <v>16</v>
       </c>
       <c r="J21">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
         <v>6</v>
       </c>
       <c r="M21">
         <v>9</v>
       </c>
       <c r="P21" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22">
         <v>72</v>
       </c>
       <c r="B22">
         <v>18</v>
       </c>
       <c r="C22" t="s">
         <v>58</v>
       </c>
       <c r="D22" t="s">
         <v>59</v>
       </c>
       <c r="E22">
         <v>8</v>
       </c>
       <c r="F22">
         <v>59</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
         <v>60</v>
       </c>
       <c r="I22" t="s">
         <v>16</v>
       </c>
+      <c r="J22">
+        <v>1</v>
+      </c>
+      <c r="L22">
+        <v>2</v>
+      </c>
+      <c r="M22">
+        <v>2</v>
+      </c>
       <c r="P22" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23">
         <v>74</v>
       </c>
       <c r="B23">
         <v>5</v>
       </c>
       <c r="C23" t="s">
         <v>61</v>
       </c>
       <c r="D23" t="s">
         <v>62</v>
       </c>
       <c r="E23">
         <v>8</v>
       </c>
       <c r="F23">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>50</v>
       </c>
       <c r="I23" t="s">
         <v>16</v>
       </c>
       <c r="J23">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="K23">
         <v>1</v>
       </c>
+      <c r="L23">
+        <v>1</v>
+      </c>
       <c r="M23">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N23">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="O23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P23" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24">
         <v>75</v>
       </c>
       <c r="B24">
         <v>11</v>
       </c>
       <c r="C24" t="s">
         <v>63</v>
       </c>
       <c r="D24" t="s">
         <v>64</v>
       </c>
       <c r="E24">
         <v>8</v>
       </c>
       <c r="F24">
         <v>53</v>
       </c>
       <c r="G24" t="s">
@@ -2283,500 +2286,509 @@
       <c r="B25">
         <v>17</v>
       </c>
       <c r="C25" t="s">
         <v>65</v>
       </c>
       <c r="D25" t="s">
         <v>66</v>
       </c>
       <c r="E25">
         <v>8</v>
       </c>
       <c r="F25">
         <v>55</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
         <v>50</v>
       </c>
       <c r="I25" t="s">
         <v>16</v>
       </c>
       <c r="J25">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="K25">
         <v>1</v>
       </c>
       <c r="L25">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="M25">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="N25">
         <v>4</v>
       </c>
       <c r="O25">
         <v>2</v>
       </c>
       <c r="P25" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26">
         <v>79</v>
       </c>
       <c r="B26">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>67</v>
       </c>
       <c r="D26" t="s">
         <v>68</v>
       </c>
       <c r="E26">
         <v>8</v>
       </c>
       <c r="F26">
         <v>53</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
         <v>50</v>
       </c>
       <c r="I26" t="s">
         <v>16</v>
       </c>
       <c r="J26">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="K26">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="L26">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="M26">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="P26" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27">
         <v>82</v>
       </c>
       <c r="B27">
         <v>54</v>
       </c>
       <c r="C27" t="s">
         <v>32</v>
       </c>
       <c r="D27" t="s">
         <v>69</v>
       </c>
       <c r="E27">
         <v>8</v>
       </c>
       <c r="F27">
         <v>56</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27" t="s">
         <v>50</v>
       </c>
       <c r="I27" t="s">
         <v>16</v>
       </c>
       <c r="J27">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="K27">
         <v>2</v>
       </c>
       <c r="L27">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M27">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="N27">
         <v>2</v>
       </c>
       <c r="O27">
         <v>1</v>
       </c>
       <c r="P27" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28">
         <v>83</v>
       </c>
       <c r="B28">
         <v>10</v>
       </c>
       <c r="C28" t="s">
         <v>70</v>
       </c>
       <c r="D28" t="s">
         <v>71</v>
       </c>
       <c r="E28">
         <v>8</v>
       </c>
       <c r="F28">
         <v>51</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28" t="s">
         <v>50</v>
       </c>
       <c r="I28" t="s">
         <v>16</v>
       </c>
       <c r="J28">
-        <v>8</v>
+        <v>10</v>
+      </c>
+      <c r="K28">
+        <v>1</v>
       </c>
       <c r="L28">
         <v>4</v>
       </c>
       <c r="M28">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P28" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29">
         <v>130</v>
       </c>
       <c r="B29">
         <v>11</v>
       </c>
       <c r="C29" t="s">
         <v>72</v>
       </c>
       <c r="D29" t="s">
         <v>73</v>
       </c>
       <c r="E29">
         <v>7</v>
       </c>
       <c r="F29">
         <v>53</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
         <v>74</v>
       </c>
       <c r="I29" t="s">
         <v>16</v>
       </c>
       <c r="J29">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M29">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="N29">
         <v>6</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30">
         <v>134</v>
       </c>
       <c r="B30">
         <v>18</v>
       </c>
       <c r="C30" t="s">
         <v>32</v>
       </c>
       <c r="D30" t="s">
         <v>76</v>
       </c>
       <c r="E30">
         <v>7</v>
       </c>
       <c r="F30">
         <v>55</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
         <v>74</v>
       </c>
       <c r="I30" t="s">
         <v>16</v>
       </c>
       <c r="J30">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="K30">
         <v>1</v>
       </c>
       <c r="L30">
         <v>1</v>
       </c>
       <c r="M30">
         <v>2</v>
       </c>
       <c r="N30">
         <v>2</v>
       </c>
       <c r="O30">
         <v>1</v>
       </c>
       <c r="P30" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31">
         <v>135</v>
       </c>
       <c r="B31">
         <v>5</v>
       </c>
       <c r="C31" t="s">
         <v>77</v>
       </c>
       <c r="D31" t="s">
         <v>78</v>
       </c>
       <c r="E31">
         <v>7</v>
       </c>
       <c r="F31">
         <v>55</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
         <v>74</v>
       </c>
       <c r="I31" t="s">
         <v>16</v>
       </c>
       <c r="J31">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="L31">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="M31">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="P31" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32">
         <v>136</v>
       </c>
       <c r="B32">
         <v>20</v>
       </c>
       <c r="C32" t="s">
         <v>79</v>
       </c>
       <c r="D32" t="s">
         <v>80</v>
       </c>
       <c r="E32">
         <v>7</v>
       </c>
       <c r="F32">
         <v>56</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
         <v>60</v>
       </c>
       <c r="I32" t="s">
         <v>16</v>
       </c>
       <c r="J32">
-        <v>10</v>
+        <v>13</v>
+      </c>
+      <c r="K32">
+        <v>1</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P32" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33">
         <v>137</v>
       </c>
       <c r="B33">
         <v>21</v>
       </c>
       <c r="C33" t="s">
         <v>81</v>
       </c>
       <c r="D33" t="s">
         <v>82</v>
       </c>
       <c r="E33">
         <v>7</v>
       </c>
       <c r="F33">
         <v>66</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
         <v>74</v>
       </c>
       <c r="I33" t="s">
         <v>16</v>
       </c>
       <c r="J33">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="L33">
         <v>1</v>
       </c>
       <c r="M33">
         <v>1</v>
       </c>
       <c r="N33">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O33">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P33" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34">
         <v>138</v>
       </c>
       <c r="B34">
         <v>22</v>
       </c>
       <c r="C34" t="s">
         <v>83</v>
       </c>
       <c r="D34" t="s">
         <v>84</v>
       </c>
       <c r="E34">
         <v>7</v>
       </c>
       <c r="F34">
         <v>64</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
         <v>74</v>
       </c>
       <c r="I34" t="s">
         <v>16</v>
       </c>
       <c r="J34">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="K34">
         <v>2</v>
       </c>
+      <c r="L34">
+        <v>1</v>
+      </c>
       <c r="M34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N34">
         <v>2</v>
       </c>
       <c r="O34">
         <v>1</v>
       </c>
       <c r="P34" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35">
         <v>139</v>
       </c>
       <c r="B35">
         <v>77</v>
       </c>
       <c r="C35" t="s">
         <v>85</v>
       </c>
       <c r="D35" t="s">
         <v>86</v>
       </c>
       <c r="E35">
         <v>7</v>
       </c>
       <c r="F35">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35" t="s">
         <v>74</v>
       </c>
       <c r="I35" t="s">
         <v>16</v>
       </c>
       <c r="J35">
         <v>4</v>
       </c>
       <c r="K35">
         <v>3</v>
       </c>
       <c r="L35">
         <v>1</v>
       </c>
       <c r="M35">
         <v>4</v>
       </c>
       <c r="P35" t="s">
         <v>75</v>
       </c>
@@ -2788,606 +2800,609 @@
       <c r="B36">
         <v>6</v>
       </c>
       <c r="C36" t="s">
         <v>87</v>
       </c>
       <c r="D36" t="s">
         <v>88</v>
       </c>
       <c r="E36">
         <v>4</v>
       </c>
       <c r="F36">
         <v>54</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="H36" t="s">
         <v>74</v>
       </c>
       <c r="I36" t="s">
         <v>16</v>
       </c>
       <c r="J36">
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="K36">
+        <v>1</v>
       </c>
       <c r="L36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M36">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N36">
         <v>2</v>
       </c>
       <c r="O36">
         <v>1</v>
       </c>
       <c r="P36" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37">
         <v>155</v>
       </c>
       <c r="B37">
         <v>26</v>
       </c>
       <c r="C37" t="s">
         <v>90</v>
       </c>
       <c r="D37" t="s">
         <v>91</v>
       </c>
       <c r="E37">
         <v>4</v>
       </c>
       <c r="F37">
         <v>54</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37" t="s">
         <v>15</v>
       </c>
       <c r="I37" t="s">
         <v>16</v>
       </c>
       <c r="J37">
+        <v>8</v>
+      </c>
+      <c r="K37">
+        <v>2</v>
+      </c>
+      <c r="L37">
+        <v>3</v>
+      </c>
+      <c r="M37">
         <v>5</v>
-      </c>
-[...7 lines deleted...]
-        <v>2</v>
       </c>
       <c r="N37">
         <v>2</v>
       </c>
       <c r="O37">
         <v>1</v>
       </c>
       <c r="P37" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38">
         <v>156</v>
       </c>
       <c r="B38">
         <v>8</v>
       </c>
       <c r="C38" t="s">
         <v>92</v>
       </c>
       <c r="D38" t="s">
         <v>93</v>
       </c>
       <c r="E38">
         <v>4</v>
       </c>
       <c r="F38">
         <v>56</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38" t="s">
         <v>94</v>
       </c>
       <c r="I38" t="s">
         <v>16</v>
       </c>
       <c r="J38">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="P38" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39">
         <v>158</v>
       </c>
       <c r="B39">
         <v>30</v>
       </c>
       <c r="C39" t="s">
         <v>24</v>
       </c>
       <c r="D39" t="s">
         <v>95</v>
       </c>
       <c r="E39">
         <v>4</v>
       </c>
       <c r="F39">
         <v>56</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39" t="s">
         <v>94</v>
       </c>
       <c r="I39" t="s">
         <v>16</v>
       </c>
       <c r="J39">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K39">
         <v>2</v>
       </c>
       <c r="L39">
         <v>5</v>
       </c>
       <c r="M39">
         <v>7</v>
       </c>
       <c r="N39">
         <v>4</v>
       </c>
       <c r="O39">
         <v>2</v>
       </c>
       <c r="P39" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40">
         <v>184</v>
       </c>
       <c r="B40">
         <v>25</v>
       </c>
       <c r="C40" t="s">
         <v>96</v>
       </c>
       <c r="D40" t="s">
         <v>97</v>
       </c>
       <c r="E40">
         <v>4</v>
       </c>
       <c r="F40">
         <v>48</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
         <v>94</v>
       </c>
       <c r="I40" t="s">
         <v>16</v>
       </c>
       <c r="J40">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="K40">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="L40">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M40">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="P40" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41">
         <v>189</v>
       </c>
       <c r="B41">
         <v>16</v>
       </c>
       <c r="C41" t="s">
         <v>98</v>
       </c>
       <c r="D41" t="s">
         <v>99</v>
       </c>
       <c r="E41">
         <v>8</v>
       </c>
       <c r="F41">
         <v>55</v>
       </c>
       <c r="G41" t="s">
         <v>14</v>
       </c>
       <c r="H41" t="s">
         <v>50</v>
       </c>
       <c r="I41" t="s">
         <v>16</v>
       </c>
       <c r="J41">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="K41">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L41">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="M41">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="N41">
         <v>4</v>
       </c>
       <c r="O41">
         <v>2</v>
       </c>
       <c r="P41" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42">
         <v>192</v>
       </c>
       <c r="B42">
         <v>12</v>
       </c>
       <c r="C42" t="s">
         <v>100</v>
       </c>
       <c r="D42" t="s">
         <v>101</v>
       </c>
       <c r="E42">
         <v>8</v>
       </c>
       <c r="F42">
         <v>51</v>
       </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
       <c r="H42" t="s">
         <v>50</v>
       </c>
       <c r="I42" t="s">
         <v>16</v>
       </c>
       <c r="J42">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="K42">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L42">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="M42">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="N42">
         <v>6</v>
       </c>
       <c r="O42">
         <v>3</v>
       </c>
       <c r="P42" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43">
         <v>204</v>
       </c>
       <c r="B43">
         <v>10</v>
       </c>
       <c r="C43" t="s">
         <v>102</v>
       </c>
       <c r="D43" t="s">
         <v>103</v>
       </c>
       <c r="E43">
         <v>7</v>
       </c>
       <c r="F43">
         <v>64</v>
       </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
       <c r="H43" t="s">
         <v>60</v>
       </c>
       <c r="I43" t="s">
         <v>16</v>
       </c>
       <c r="J43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P43" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44">
         <v>216</v>
       </c>
       <c r="B44">
         <v>13</v>
       </c>
       <c r="C44" t="s">
         <v>30</v>
       </c>
       <c r="D44" t="s">
         <v>104</v>
       </c>
       <c r="E44">
         <v>8</v>
       </c>
       <c r="F44">
         <v>51</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
         <v>60</v>
       </c>
       <c r="I44" t="s">
         <v>16</v>
       </c>
       <c r="J44">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="K44">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="L44">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="M44">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="N44">
         <v>2</v>
       </c>
       <c r="O44">
         <v>1</v>
       </c>
       <c r="P44" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45">
         <v>237</v>
       </c>
       <c r="B45">
         <v>27</v>
       </c>
       <c r="C45" t="s">
         <v>105</v>
       </c>
       <c r="D45" t="s">
         <v>106</v>
       </c>
       <c r="E45">
         <v>8</v>
       </c>
       <c r="F45">
         <v>46</v>
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45" t="s">
         <v>50</v>
       </c>
       <c r="I45" t="s">
         <v>16</v>
       </c>
       <c r="J45">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K45">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L45">
         <v>1</v>
       </c>
       <c r="M45">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="P45" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46">
         <v>243</v>
       </c>
       <c r="B46">
         <v>4</v>
       </c>
       <c r="C46" t="s">
         <v>107</v>
       </c>
       <c r="D46" t="s">
         <v>108</v>
       </c>
       <c r="E46">
         <v>5</v>
       </c>
       <c r="F46">
         <v>57</v>
       </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="H46" t="s">
         <v>15</v>
       </c>
       <c r="I46" t="s">
         <v>16</v>
       </c>
       <c r="J46">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K46">
         <v>1</v>
       </c>
       <c r="L46">
         <v>3</v>
       </c>
       <c r="M46">
         <v>4</v>
       </c>
       <c r="N46">
         <v>2</v>
       </c>
       <c r="O46">
         <v>1</v>
       </c>
       <c r="P46" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47">
         <v>275</v>
       </c>
       <c r="B47">
         <v>23</v>
       </c>
       <c r="C47" t="s">
         <v>109</v>
       </c>
       <c r="D47" t="s">
         <v>110</v>
       </c>
       <c r="E47">
         <v>8</v>
       </c>
       <c r="F47">
         <v>48</v>
       </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47" t="s">
         <v>50</v>
       </c>
       <c r="I47" t="s">
         <v>16</v>
       </c>
       <c r="J47">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K47">
         <v>1</v>
       </c>
       <c r="M47">
         <v>1</v>
       </c>
       <c r="P47" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48">
         <v>342</v>
       </c>
       <c r="B48">
         <v>17</v>
       </c>
       <c r="C48" t="s">
         <v>45</v>
       </c>
       <c r="D48" t="s">
         <v>111</v>
       </c>
       <c r="E48">
         <v>5</v>
       </c>
       <c r="F48">
         <v>51</v>
       </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="H48" t="s">
         <v>112</v>
       </c>
       <c r="I48" t="s">
         <v>16</v>
       </c>
       <c r="J48">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="K48">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L48">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M48">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P48" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49">
         <v>350</v>
       </c>
       <c r="B49">
         <v>5</v>
       </c>
       <c r="C49" t="s">
         <v>67</v>
       </c>
       <c r="D49" t="s">
         <v>113</v>
       </c>
       <c r="E49">
         <v>5</v>
       </c>
       <c r="F49">
         <v>55</v>
       </c>
       <c r="G49" t="s">
@@ -3413,4500 +3428,4496 @@
       <c r="B50">
         <v>16</v>
       </c>
       <c r="C50" t="s">
         <v>115</v>
       </c>
       <c r="D50" t="s">
         <v>116</v>
       </c>
       <c r="E50">
         <v>4</v>
       </c>
       <c r="F50">
         <v>59</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
         <v>94</v>
       </c>
       <c r="I50" t="s">
         <v>16</v>
       </c>
       <c r="J50">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="K50">
         <v>2</v>
       </c>
       <c r="L50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M50">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="P50" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51">
         <v>380</v>
       </c>
       <c r="B51">
         <v>44</v>
       </c>
       <c r="C51" t="s">
         <v>117</v>
       </c>
       <c r="D51" t="s">
         <v>118</v>
       </c>
       <c r="E51">
         <v>6</v>
       </c>
       <c r="F51">
         <v>53</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
         <v>119</v>
       </c>
       <c r="I51" t="s">
         <v>16</v>
       </c>
       <c r="J51">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="K51">
         <v>1</v>
       </c>
       <c r="L51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P51" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52">
         <v>389</v>
       </c>
       <c r="B52">
         <v>14</v>
       </c>
       <c r="C52" t="s">
         <v>120</v>
       </c>
       <c r="D52" t="s">
         <v>121</v>
       </c>
       <c r="E52">
         <v>7</v>
       </c>
       <c r="F52">
         <v>49</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
         <v>74</v>
       </c>
       <c r="I52" t="s">
         <v>16</v>
       </c>
       <c r="J52">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="K52">
         <v>1</v>
       </c>
       <c r="L52">
         <v>2</v>
       </c>
       <c r="M52">
         <v>3</v>
       </c>
       <c r="N52">
         <v>4</v>
       </c>
       <c r="O52">
         <v>2</v>
       </c>
       <c r="P52" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53">
         <v>390</v>
       </c>
       <c r="B53">
         <v>33</v>
       </c>
       <c r="C53" t="s">
         <v>122</v>
       </c>
       <c r="D53" t="s">
         <v>123</v>
       </c>
       <c r="E53">
         <v>11</v>
       </c>
       <c r="F53">
         <v>51</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
         <v>124</v>
       </c>
       <c r="I53" t="s">
         <v>16</v>
       </c>
       <c r="J53">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="K53">
         <v>4</v>
       </c>
       <c r="L53">
         <v>6</v>
       </c>
       <c r="M53">
         <v>10</v>
       </c>
       <c r="N53">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="O53">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P53" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54">
         <v>391</v>
       </c>
       <c r="B54">
         <v>7</v>
       </c>
       <c r="C54" t="s">
         <v>126</v>
       </c>
       <c r="D54" t="s">
         <v>127</v>
       </c>
       <c r="E54">
         <v>11</v>
       </c>
       <c r="F54">
         <v>55</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
         <v>124</v>
       </c>
       <c r="I54" t="s">
         <v>16</v>
       </c>
       <c r="J54">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="L54">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="M54">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="N54">
         <v>4</v>
       </c>
       <c r="O54">
         <v>2</v>
       </c>
       <c r="P54" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55">
         <v>393</v>
       </c>
       <c r="B55">
         <v>96</v>
       </c>
       <c r="C55" t="s">
         <v>18</v>
       </c>
       <c r="D55" t="s">
         <v>128</v>
       </c>
       <c r="E55">
         <v>11</v>
       </c>
       <c r="F55">
         <v>59</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55" t="s">
         <v>124</v>
       </c>
       <c r="I55" t="s">
         <v>16</v>
       </c>
       <c r="J55">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="K55">
         <v>5</v>
       </c>
       <c r="L55">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="M55">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="N55">
         <v>2</v>
       </c>
       <c r="O55">
         <v>1</v>
       </c>
       <c r="P55" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56">
         <v>395</v>
       </c>
       <c r="B56">
         <v>20</v>
       </c>
       <c r="C56" t="s">
         <v>129</v>
       </c>
       <c r="D56" t="s">
         <v>130</v>
       </c>
       <c r="E56">
         <v>11</v>
       </c>
       <c r="F56">
         <v>55</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
         <v>124</v>
       </c>
       <c r="I56" t="s">
         <v>16</v>
       </c>
       <c r="J56">
+        <v>13</v>
+      </c>
+      <c r="K56">
+        <v>4</v>
+      </c>
+      <c r="L56">
         <v>10</v>
       </c>
-      <c r="K56">
-[...4 lines deleted...]
-      </c>
       <c r="M56">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="N56">
         <v>2</v>
       </c>
       <c r="O56">
         <v>1</v>
       </c>
       <c r="P56" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57">
         <v>396</v>
       </c>
       <c r="B57">
         <v>45</v>
       </c>
       <c r="C57" t="s">
         <v>65</v>
       </c>
       <c r="D57" t="s">
         <v>131</v>
       </c>
       <c r="E57">
         <v>11</v>
       </c>
       <c r="F57">
         <v>51</v>
       </c>
       <c r="G57" t="s">
         <v>14</v>
       </c>
       <c r="H57" t="s">
         <v>124</v>
       </c>
       <c r="I57" t="s">
         <v>16</v>
       </c>
       <c r="J57">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="L57">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="M57">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="P57" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B58">
-        <v>13</v>
+        <v>88</v>
       </c>
       <c r="C58" t="s">
         <v>132</v>
       </c>
       <c r="D58" t="s">
         <v>133</v>
       </c>
       <c r="E58">
         <v>11</v>
       </c>
       <c r="F58">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="G58" t="s">
         <v>14</v>
       </c>
       <c r="H58" t="s">
         <v>124</v>
       </c>
       <c r="I58" t="s">
         <v>16</v>
       </c>
+      <c r="J58">
+        <v>13</v>
+      </c>
+      <c r="K58">
+        <v>2</v>
+      </c>
+      <c r="L58">
+        <v>6</v>
+      </c>
+      <c r="M58">
+        <v>8</v>
+      </c>
+      <c r="N58">
+        <v>8</v>
+      </c>
+      <c r="O58">
+        <v>4</v>
+      </c>
       <c r="P58" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B59">
-        <v>88</v>
+        <v>19</v>
       </c>
       <c r="C59" t="s">
         <v>134</v>
       </c>
       <c r="D59" t="s">
         <v>135</v>
       </c>
       <c r="E59">
         <v>11</v>
       </c>
       <c r="F59">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="G59" t="s">
         <v>14</v>
       </c>
       <c r="H59" t="s">
         <v>124</v>
       </c>
       <c r="I59" t="s">
         <v>16</v>
       </c>
       <c r="J59">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="K59">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="L59">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="M59">
-        <v>6</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="P59" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60">
-        <v>399</v>
+        <v>414</v>
       </c>
       <c r="B60">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="C60" t="s">
         <v>136</v>
       </c>
       <c r="D60" t="s">
         <v>137</v>
       </c>
       <c r="E60">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F60">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="G60" t="s">
         <v>14</v>
       </c>
       <c r="H60" t="s">
         <v>124</v>
       </c>
       <c r="I60" t="s">
         <v>16</v>
       </c>
       <c r="J60">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="K60">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="L60">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="M60">
-        <v>20</v>
+        <v>5</v>
+      </c>
+      <c r="N60">
+        <v>2</v>
+      </c>
+      <c r="O60">
+        <v>1</v>
       </c>
       <c r="P60" t="s">
-        <v>125</v>
+        <v>138</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="B61">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>138</v>
+        <v>113</v>
       </c>
       <c r="D61" t="s">
         <v>139</v>
       </c>
       <c r="E61">
         <v>12</v>
       </c>
       <c r="F61">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G61" t="s">
         <v>14</v>
       </c>
       <c r="H61" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
       <c r="I61" t="s">
         <v>16</v>
       </c>
       <c r="J61">
+        <v>12</v>
+      </c>
+      <c r="K61">
+        <v>6</v>
+      </c>
+      <c r="L61">
+        <v>4</v>
+      </c>
+      <c r="M61">
         <v>10</v>
       </c>
-      <c r="K61">
-[...4 lines deleted...]
-      </c>
       <c r="N61">
         <v>2</v>
       </c>
       <c r="O61">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P61" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B62">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C62" t="s">
-        <v>113</v>
+        <v>140</v>
       </c>
       <c r="D62" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="E62">
         <v>12</v>
       </c>
       <c r="F62">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="G62" t="s">
         <v>14</v>
       </c>
       <c r="H62" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
       <c r="I62" t="s">
         <v>16</v>
       </c>
       <c r="J62">
+        <v>12</v>
+      </c>
+      <c r="K62">
+        <v>5</v>
+      </c>
+      <c r="L62">
         <v>9</v>
       </c>
-      <c r="K62">
-[...4 lines deleted...]
-      </c>
       <c r="M62">
-        <v>8</v>
+        <v>14</v>
+      </c>
+      <c r="N62">
+        <v>2</v>
       </c>
       <c r="O62">
         <v>1</v>
       </c>
       <c r="P62" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B63">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C63" t="s">
+        <v>142</v>
+      </c>
+      <c r="D63" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="E63">
         <v>12</v>
       </c>
       <c r="F63">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="G63" t="s">
         <v>14</v>
       </c>
       <c r="H63" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
       <c r="I63" t="s">
         <v>16</v>
       </c>
       <c r="J63">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L63">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="M63">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="N63">
         <v>2</v>
       </c>
       <c r="O63">
         <v>1</v>
       </c>
       <c r="P63" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B64">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="C64" t="s">
-        <v>145</v>
+        <v>38</v>
       </c>
       <c r="D64" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="E64">
         <v>12</v>
       </c>
       <c r="F64">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="G64" t="s">
         <v>14</v>
       </c>
       <c r="H64" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
       <c r="I64" t="s">
         <v>16</v>
       </c>
       <c r="J64">
-        <v>4</v>
+        <v>11</v>
+      </c>
+      <c r="K64">
+        <v>5</v>
       </c>
       <c r="L64">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="M64">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="N64">
         <v>2</v>
       </c>
       <c r="O64">
         <v>1</v>
       </c>
       <c r="P64" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B65">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="C65" t="s">
-        <v>38</v>
+        <v>145</v>
       </c>
       <c r="D65" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="E65">
         <v>12</v>
       </c>
       <c r="F65">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G65" t="s">
         <v>14</v>
       </c>
       <c r="H65" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
       <c r="I65" t="s">
         <v>16</v>
       </c>
       <c r="J65">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L65">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M65">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="N65">
         <v>2</v>
       </c>
       <c r="O65">
         <v>1</v>
       </c>
       <c r="P65" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B66">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C66" t="s">
+        <v>147</v>
+      </c>
+      <c r="D66" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="E66">
         <v>12</v>
       </c>
       <c r="F66">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="G66" t="s">
         <v>14</v>
       </c>
       <c r="H66" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
       <c r="I66" t="s">
         <v>16</v>
       </c>
       <c r="J66">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="N66">
         <v>2</v>
       </c>
       <c r="O66">
         <v>1</v>
       </c>
       <c r="P66" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B67">
-        <v>15</v>
+        <v>91</v>
       </c>
       <c r="C67" t="s">
+        <v>149</v>
+      </c>
+      <c r="D67" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="E67">
         <v>12</v>
       </c>
       <c r="F67">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="H67" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
       <c r="I67" t="s">
         <v>16</v>
       </c>
       <c r="J67">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>8</v>
+      </c>
+      <c r="K67">
+        <v>1</v>
+      </c>
+      <c r="L67">
+        <v>3</v>
+      </c>
+      <c r="M67">
+        <v>4</v>
       </c>
       <c r="P67" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B68">
         <v>91</v>
       </c>
       <c r="C68" t="s">
-        <v>152</v>
+        <v>18</v>
       </c>
       <c r="D68" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="E68">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F68">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="G68" t="s">
         <v>14</v>
       </c>
       <c r="H68" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
       <c r="I68" t="s">
         <v>16</v>
       </c>
       <c r="J68">
         <v>6</v>
       </c>
+      <c r="K68">
+        <v>5</v>
+      </c>
       <c r="L68">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M68">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="P68" t="s">
-        <v>141</v>
+        <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B69">
-        <v>91</v>
+        <v>14</v>
       </c>
       <c r="C69" t="s">
+        <v>152</v>
+      </c>
+      <c r="D69" t="s">
+        <v>153</v>
+      </c>
+      <c r="E69">
+        <v>11</v>
+      </c>
+      <c r="F69">
+        <v>54</v>
+      </c>
+      <c r="G69" t="s">
+        <v>14</v>
+      </c>
+      <c r="H69" t="s">
+        <v>124</v>
+      </c>
+      <c r="I69" t="s">
+        <v>16</v>
+      </c>
+      <c r="J69">
+        <v>15</v>
+      </c>
+      <c r="K69">
+        <v>23</v>
+      </c>
+      <c r="L69">
         <v>18</v>
       </c>
-      <c r="D69" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="M69">
-        <v>7</v>
+        <v>41</v>
+      </c>
+      <c r="N69">
+        <v>2</v>
+      </c>
+      <c r="O69">
+        <v>1</v>
       </c>
       <c r="P69" t="s">
-        <v>17</v>
+        <v>125</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="B70">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C70" t="s">
-        <v>155</v>
+        <v>18</v>
       </c>
       <c r="D70" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="E70">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F70">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="G70" t="s">
         <v>14</v>
       </c>
       <c r="H70" t="s">
         <v>124</v>
       </c>
       <c r="I70" t="s">
         <v>16</v>
       </c>
       <c r="J70">
         <v>12</v>
       </c>
       <c r="K70">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="L70">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="M70">
-        <v>36</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="P70" t="s">
-        <v>125</v>
+        <v>138</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="B71">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="C71" t="s">
-        <v>18</v>
+        <v>117</v>
       </c>
       <c r="D71" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="E71">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F71">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="G71" t="s">
         <v>14</v>
       </c>
       <c r="H71" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
       <c r="I71" t="s">
         <v>16</v>
       </c>
       <c r="J71">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="K71">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="L71">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="M71">
-        <v>8</v>
+        <v>17</v>
+      </c>
+      <c r="N71">
+        <v>2</v>
+      </c>
+      <c r="O71">
+        <v>1</v>
       </c>
       <c r="P71" t="s">
-        <v>141</v>
+        <v>125</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72">
-        <v>435</v>
+        <v>454</v>
       </c>
       <c r="B72">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C72" t="s">
-        <v>117</v>
+        <v>156</v>
       </c>
       <c r="D72" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="E72">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F72">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="G72" t="s">
         <v>14</v>
       </c>
       <c r="H72" t="s">
         <v>124</v>
       </c>
       <c r="I72" t="s">
         <v>16</v>
       </c>
       <c r="J72">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="K72">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L72">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="M72">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="P72" t="s">
-        <v>125</v>
+        <v>138</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="B73">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="C73" t="s">
-        <v>159</v>
+        <v>126</v>
       </c>
       <c r="D73" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="E73">
+        <v>5</v>
+      </c>
+      <c r="F73">
+        <v>54</v>
+      </c>
+      <c r="G73" t="s">
+        <v>14</v>
+      </c>
+      <c r="H73" t="s">
+        <v>124</v>
+      </c>
+      <c r="I73" t="s">
+        <v>16</v>
+      </c>
+      <c r="J73">
         <v>12</v>
       </c>
-      <c r="F73">
-[...13 lines deleted...]
-      </c>
       <c r="K73">
+        <v>1</v>
+      </c>
+      <c r="L73">
         <v>3</v>
       </c>
-      <c r="L73">
-[...1 lines deleted...]
-      </c>
       <c r="M73">
         <v>4</v>
       </c>
+      <c r="N73">
+        <v>19</v>
+      </c>
+      <c r="O73">
+        <v>4</v>
+      </c>
       <c r="P73" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="B74">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="C74" t="s">
-        <v>126</v>
+        <v>159</v>
       </c>
       <c r="D74" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="E74">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F74">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="G74" t="s">
         <v>14</v>
       </c>
       <c r="H74" t="s">
-        <v>140</v>
+        <v>94</v>
       </c>
       <c r="I74" t="s">
         <v>16</v>
       </c>
       <c r="J74">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="K74">
         <v>1</v>
       </c>
       <c r="L74">
+        <v>6</v>
+      </c>
+      <c r="M74">
+        <v>7</v>
+      </c>
+      <c r="N74">
+        <v>8</v>
+      </c>
+      <c r="O74">
         <v>3</v>
       </c>
-      <c r="M74">
-[...7 lines deleted...]
-      </c>
       <c r="P74" t="s">
-        <v>27</v>
+        <v>89</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="B75">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="C75" t="s">
-        <v>132</v>
+        <v>161</v>
       </c>
       <c r="D75" t="s">
         <v>162</v>
       </c>
       <c r="E75">
         <v>4</v>
       </c>
       <c r="F75">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="G75" t="s">
         <v>14</v>
       </c>
       <c r="H75" t="s">
         <v>94</v>
       </c>
       <c r="I75" t="s">
         <v>16</v>
       </c>
       <c r="J75">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="K75">
         <v>1</v>
       </c>
       <c r="L75">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M75">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P75" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B76">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="C76" t="s">
+        <v>90</v>
+      </c>
+      <c r="D76" t="s">
         <v>163</v>
       </c>
-      <c r="D76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E76">
         <v>4</v>
       </c>
       <c r="F76">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="G76" t="s">
         <v>14</v>
       </c>
       <c r="H76" t="s">
         <v>94</v>
       </c>
       <c r="I76" t="s">
         <v>16</v>
       </c>
       <c r="J76">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="K76">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="L76">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="M76">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="P76" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77">
-        <v>463</v>
+        <v>509</v>
       </c>
       <c r="B77">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C77" t="s">
-        <v>90</v>
+        <v>24</v>
       </c>
       <c r="D77" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="E77">
         <v>4</v>
       </c>
       <c r="F77">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="G77" t="s">
         <v>14</v>
       </c>
       <c r="H77" t="s">
         <v>94</v>
       </c>
       <c r="I77" t="s">
         <v>16</v>
       </c>
       <c r="J77">
         <v>12</v>
       </c>
       <c r="K77">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="L77">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="M77">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="P77" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B78">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="C78" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="D78" t="s">
         <v>166</v>
       </c>
       <c r="E78">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F78">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="G78" t="s">
         <v>14</v>
       </c>
       <c r="H78" t="s">
-        <v>94</v>
+        <v>167</v>
       </c>
       <c r="I78" t="s">
         <v>16</v>
       </c>
       <c r="J78">
         <v>10</v>
       </c>
-      <c r="K78">
-[...1 lines deleted...]
-      </c>
       <c r="L78">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M78">
-        <v>5</v>
+        <v>1</v>
+      </c>
+      <c r="N78">
+        <v>2</v>
+      </c>
+      <c r="O78">
+        <v>1</v>
       </c>
       <c r="P78" t="s">
-        <v>89</v>
+        <v>75</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="B79">
+        <v>28</v>
+      </c>
+      <c r="C79" t="s">
+        <v>168</v>
+      </c>
+      <c r="D79" t="s">
+        <v>169</v>
+      </c>
+      <c r="E79">
+        <v>11</v>
+      </c>
+      <c r="F79">
+        <v>55</v>
+      </c>
+      <c r="G79" t="s">
+        <v>14</v>
+      </c>
+      <c r="H79" t="s">
+        <v>167</v>
+      </c>
+      <c r="I79" t="s">
+        <v>16</v>
+      </c>
+      <c r="J79">
+        <v>11</v>
+      </c>
+      <c r="K79">
         <v>3</v>
       </c>
-      <c r="C79" t="s">
-[...20 lines deleted...]
-      <c r="J79">
+      <c r="L79">
+        <v>5</v>
+      </c>
+      <c r="M79">
         <v>8</v>
       </c>
       <c r="N79">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="O79">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P79" t="s">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="B80">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="C80" t="s">
         <v>170</v>
       </c>
       <c r="D80" t="s">
         <v>171</v>
       </c>
       <c r="E80">
+        <v>6</v>
+      </c>
+      <c r="F80">
+        <v>44</v>
+      </c>
+      <c r="G80" t="s">
+        <v>14</v>
+      </c>
+      <c r="H80" t="s">
+        <v>167</v>
+      </c>
+      <c r="I80" t="s">
+        <v>16</v>
+      </c>
+      <c r="J80">
         <v>11</v>
       </c>
-      <c r="F80">
-[...11 lines deleted...]
-      <c r="J80">
+      <c r="K80">
+        <v>7</v>
+      </c>
+      <c r="L80">
+        <v>2</v>
+      </c>
+      <c r="M80">
         <v>9</v>
       </c>
-      <c r="K80">
-[...7 lines deleted...]
-      </c>
       <c r="N80">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="O80">
         <v>2</v>
       </c>
       <c r="P80" t="s">
-        <v>125</v>
+        <v>17</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81">
-        <v>517</v>
+        <v>536</v>
       </c>
       <c r="B81">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C81" t="s">
         <v>172</v>
       </c>
       <c r="D81" t="s">
         <v>173</v>
       </c>
       <c r="E81">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="F81">
         <v>44</v>
       </c>
       <c r="G81" t="s">
         <v>14</v>
       </c>
       <c r="H81" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="I81" t="s">
         <v>16</v>
       </c>
       <c r="J81">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="K81">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L81">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M81">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="N81">
         <v>2</v>
       </c>
       <c r="O81">
         <v>1</v>
       </c>
       <c r="P81" t="s">
-        <v>17</v>
+        <v>138</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="B82">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="C82" t="s">
+        <v>161</v>
+      </c>
+      <c r="D82" t="s">
         <v>174</v>
       </c>
-      <c r="D82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E82">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="F82">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="G82" t="s">
         <v>14</v>
       </c>
       <c r="H82" t="s">
-        <v>169</v>
+        <v>94</v>
       </c>
       <c r="I82" t="s">
         <v>16</v>
       </c>
       <c r="J82">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="K82">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="L82">
         <v>3</v>
       </c>
       <c r="M82">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="N82">
         <v>2</v>
       </c>
       <c r="O82">
         <v>1</v>
       </c>
       <c r="P82" t="s">
-        <v>141</v>
+        <v>89</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="B83">
-        <v>40</v>
+        <v>11</v>
       </c>
       <c r="C83" t="s">
-        <v>163</v>
+        <v>18</v>
       </c>
       <c r="D83" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="E83">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F83">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G83" t="s">
         <v>14</v>
       </c>
       <c r="H83" t="s">
-        <v>94</v>
+        <v>167</v>
       </c>
       <c r="I83" t="s">
         <v>16</v>
       </c>
       <c r="J83">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="K83">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="L83">
+        <v>5</v>
+      </c>
+      <c r="M83">
+        <v>8</v>
+      </c>
+      <c r="N83">
+        <v>6</v>
+      </c>
+      <c r="O83">
         <v>3</v>
       </c>
-      <c r="M83">
-[...7 lines deleted...]
-      </c>
       <c r="P83" t="s">
-        <v>89</v>
+        <v>27</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="B84">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C84" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="D84" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="E84">
+        <v>12</v>
+      </c>
+      <c r="F84">
+        <v>44</v>
+      </c>
+      <c r="G84" t="s">
+        <v>14</v>
+      </c>
+      <c r="H84" t="s">
+        <v>167</v>
+      </c>
+      <c r="I84" t="s">
+        <v>16</v>
+      </c>
+      <c r="J84">
+        <v>8</v>
+      </c>
+      <c r="K84">
+        <v>1</v>
+      </c>
+      <c r="L84">
+        <v>4</v>
+      </c>
+      <c r="M84">
         <v>5</v>
       </c>
-      <c r="F84">
-[...11 lines deleted...]
-      <c r="J84">
+      <c r="N84">
         <v>10</v>
       </c>
-      <c r="K84">
-[...10 lines deleted...]
-      </c>
       <c r="O84">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P84" t="s">
-        <v>27</v>
+        <v>138</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85">
-        <v>546</v>
+        <v>559</v>
       </c>
       <c r="B85">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="C85" t="s">
-        <v>81</v>
+        <v>45</v>
       </c>
       <c r="D85" t="s">
+        <v>177</v>
+      </c>
+      <c r="E85">
+        <v>4</v>
+      </c>
+      <c r="F85">
+        <v>50</v>
+      </c>
+      <c r="G85" t="s">
+        <v>14</v>
+      </c>
+      <c r="H85" t="s">
         <v>178</v>
       </c>
-      <c r="E85">
-[...10 lines deleted...]
-      </c>
       <c r="I85" t="s">
         <v>16</v>
       </c>
       <c r="J85">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="L85">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M85">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="N85">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="O85">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="P85" t="s">
-        <v>141</v>
+        <v>89</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86">
-        <v>559</v>
+        <v>568</v>
       </c>
       <c r="B86">
+        <v>21</v>
+      </c>
+      <c r="C86" t="s">
+        <v>179</v>
+      </c>
+      <c r="D86" t="s">
+        <v>180</v>
+      </c>
+      <c r="E86">
+        <v>5</v>
+      </c>
+      <c r="F86">
+        <v>41</v>
+      </c>
+      <c r="G86" t="s">
+        <v>14</v>
+      </c>
+      <c r="H86" t="s">
+        <v>178</v>
+      </c>
+      <c r="I86" t="s">
+        <v>16</v>
+      </c>
+      <c r="J86">
+        <v>9</v>
+      </c>
+      <c r="K86">
+        <v>2</v>
+      </c>
+      <c r="L86">
+        <v>6</v>
+      </c>
+      <c r="M86">
+        <v>8</v>
+      </c>
+      <c r="P86" t="s">
         <v>27</v>
-      </c>
-[...37 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87">
-        <v>568</v>
+        <v>584</v>
       </c>
       <c r="B87">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="C87" t="s">
         <v>181</v>
       </c>
       <c r="D87" t="s">
-        <v>182</v>
+        <v>164</v>
       </c>
       <c r="E87">
         <v>5</v>
       </c>
       <c r="F87">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="G87" t="s">
         <v>14</v>
       </c>
       <c r="H87" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="I87" t="s">
         <v>16</v>
       </c>
       <c r="J87">
-        <v>7</v>
-[...8 lines deleted...]
-        <v>6</v>
+        <v>4</v>
+      </c>
+      <c r="N87">
+        <v>4</v>
+      </c>
+      <c r="O87">
+        <v>2</v>
       </c>
       <c r="P87" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88">
-        <v>584</v>
+        <v>593</v>
       </c>
       <c r="B88">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C88" t="s">
+        <v>182</v>
+      </c>
+      <c r="D88" t="s">
         <v>183</v>
       </c>
-      <c r="D88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E88">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="F88">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="G88" t="s">
         <v>14</v>
       </c>
       <c r="H88" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="I88" t="s">
         <v>16</v>
       </c>
       <c r="J88">
-        <v>3</v>
+        <v>10</v>
+      </c>
+      <c r="K88">
+        <v>1</v>
+      </c>
+      <c r="L88">
+        <v>1</v>
+      </c>
+      <c r="M88">
+        <v>2</v>
       </c>
       <c r="N88">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="O88">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="P88" t="s">
-        <v>27</v>
+        <v>185</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="B89">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C89" t="s">
+        <v>186</v>
+      </c>
+      <c r="D89" t="s">
+        <v>187</v>
+      </c>
+      <c r="E89">
+        <v>16</v>
+      </c>
+      <c r="F89">
+        <v>41</v>
+      </c>
+      <c r="G89" t="s">
+        <v>14</v>
+      </c>
+      <c r="H89" t="s">
         <v>184</v>
       </c>
-      <c r="D89" t="s">
+      <c r="I89" t="s">
+        <v>16</v>
+      </c>
+      <c r="J89">
+        <v>13</v>
+      </c>
+      <c r="K89">
+        <v>5</v>
+      </c>
+      <c r="L89">
+        <v>11</v>
+      </c>
+      <c r="M89">
+        <v>16</v>
+      </c>
+      <c r="N89">
+        <v>6</v>
+      </c>
+      <c r="O89">
+        <v>3</v>
+      </c>
+      <c r="P89" t="s">
         <v>185</v>
-      </c>
-[...34 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="B90">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C90" t="s">
+        <v>54</v>
+      </c>
+      <c r="D90" t="s">
         <v>188</v>
       </c>
-      <c r="D90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E90">
         <v>16</v>
       </c>
       <c r="F90">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="G90" t="s">
         <v>14</v>
       </c>
       <c r="H90" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="I90" t="s">
         <v>16</v>
       </c>
       <c r="J90">
         <v>10</v>
       </c>
       <c r="K90">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="L90">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="M90">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="N90">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O90">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P90" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B91">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>54</v>
+        <v>189</v>
       </c>
       <c r="D91" t="s">
         <v>190</v>
       </c>
       <c r="E91">
         <v>16</v>
       </c>
       <c r="F91">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="G91" t="s">
         <v>14</v>
       </c>
       <c r="H91" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="I91" t="s">
         <v>16</v>
       </c>
       <c r="J91">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="L91">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="M91">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="N91">
         <v>2</v>
       </c>
       <c r="O91">
         <v>1</v>
       </c>
       <c r="P91" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="B92">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C92" t="s">
         <v>191</v>
       </c>
       <c r="D92" t="s">
         <v>192</v>
       </c>
       <c r="E92">
         <v>16</v>
       </c>
       <c r="F92">
-        <v>66</v>
+        <v>55</v>
       </c>
       <c r="G92" t="s">
         <v>14</v>
       </c>
       <c r="H92" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="I92" t="s">
         <v>16</v>
       </c>
       <c r="J92">
-        <v>12</v>
+        <v>14</v>
+      </c>
+      <c r="K92">
+        <v>10</v>
       </c>
       <c r="L92">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="M92">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="P92" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="B93">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="C93" t="s">
+        <v>18</v>
+      </c>
+      <c r="D93" t="s">
         <v>193</v>
       </c>
-      <c r="D93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E93">
         <v>16</v>
       </c>
       <c r="F93">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="G93" t="s">
         <v>14</v>
       </c>
       <c r="H93" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="I93" t="s">
         <v>16</v>
       </c>
       <c r="J93">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="K93">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="L93">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="M93">
-        <v>21</v>
+        <v>10</v>
+      </c>
+      <c r="N93">
+        <v>2</v>
+      </c>
+      <c r="O93">
+        <v>1</v>
       </c>
       <c r="P93" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="B94">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="C94" t="s">
-        <v>18</v>
+        <v>81</v>
       </c>
       <c r="D94" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="E94">
         <v>16</v>
       </c>
       <c r="F94">
-        <v>61</v>
+        <v>48</v>
       </c>
       <c r="G94" t="s">
         <v>14</v>
       </c>
       <c r="H94" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="I94" t="s">
         <v>16</v>
       </c>
       <c r="J94">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="K94">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L94">
+        <v>1</v>
+      </c>
+      <c r="M94">
         <v>5</v>
       </c>
-      <c r="M94">
-[...7 lines deleted...]
-      </c>
       <c r="P94" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="B95">
-        <v>24</v>
+        <v>66</v>
       </c>
       <c r="C95" t="s">
-        <v>81</v>
+        <v>30</v>
       </c>
       <c r="D95" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="E95">
         <v>16</v>
       </c>
       <c r="F95">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="G95" t="s">
         <v>14</v>
       </c>
       <c r="H95" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="I95" t="s">
         <v>16</v>
       </c>
       <c r="J95">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="K95">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="L95">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="M95">
-        <v>4</v>
+        <v>21</v>
+      </c>
+      <c r="N95">
+        <v>2</v>
+      </c>
+      <c r="O95">
+        <v>1</v>
       </c>
       <c r="P95" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B96">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="C96" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D96" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="E96">
         <v>16</v>
       </c>
       <c r="F96">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="G96" t="s">
         <v>14</v>
       </c>
       <c r="H96" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="I96" t="s">
         <v>16</v>
       </c>
       <c r="J96">
-        <v>11</v>
-[...13 lines deleted...]
-      <c r="O96">
         <v>1</v>
       </c>
       <c r="P96" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B97">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C97" t="s">
-        <v>36</v>
+        <v>147</v>
       </c>
       <c r="D97" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="E97">
         <v>16</v>
       </c>
       <c r="F97">
-        <v>64</v>
+        <v>48</v>
       </c>
       <c r="G97" t="s">
         <v>14</v>
       </c>
       <c r="H97" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="I97" t="s">
         <v>16</v>
       </c>
+      <c r="J97">
+        <v>11</v>
+      </c>
+      <c r="L97">
+        <v>5</v>
+      </c>
+      <c r="M97">
+        <v>5</v>
+      </c>
+      <c r="N97">
+        <v>10</v>
+      </c>
+      <c r="O97">
+        <v>4</v>
+      </c>
       <c r="P97" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="B98">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C98" t="s">
-        <v>150</v>
+        <v>132</v>
       </c>
       <c r="D98" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="E98">
         <v>16</v>
       </c>
       <c r="F98">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="G98" t="s">
         <v>14</v>
       </c>
       <c r="H98" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="I98" t="s">
         <v>16</v>
       </c>
       <c r="J98">
-        <v>10</v>
+        <v>12</v>
+      </c>
+      <c r="K98">
+        <v>4</v>
       </c>
       <c r="L98">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="M98">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="N98">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="O98">
         <v>4</v>
       </c>
       <c r="P98" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="B99">
-        <v>8</v>
+        <v>62</v>
       </c>
       <c r="C99" t="s">
-        <v>134</v>
+        <v>199</v>
       </c>
       <c r="D99" t="s">
         <v>200</v>
       </c>
       <c r="E99">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="F99">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="G99" t="s">
         <v>14</v>
       </c>
       <c r="H99" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="I99" t="s">
         <v>16</v>
       </c>
       <c r="J99">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L99">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="M99">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="N99">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="O99">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="P99" t="s">
-        <v>187</v>
+        <v>17</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B100">
-        <v>62</v>
+        <v>4</v>
       </c>
       <c r="C100" t="s">
+        <v>45</v>
+      </c>
+      <c r="D100" t="s">
         <v>201</v>
       </c>
-      <c r="D100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E100">
+        <v>12</v>
+      </c>
+      <c r="F100">
+        <v>44</v>
+      </c>
+      <c r="G100" t="s">
+        <v>14</v>
+      </c>
+      <c r="H100" t="s">
+        <v>184</v>
+      </c>
+      <c r="I100" t="s">
+        <v>16</v>
+      </c>
+      <c r="J100">
+        <v>7</v>
+      </c>
+      <c r="K100">
+        <v>2</v>
+      </c>
+      <c r="L100">
         <v>6</v>
       </c>
-      <c r="F100">
-[...16 lines deleted...]
-      </c>
       <c r="M100">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="N100">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="O100">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="P100" t="s">
-        <v>17</v>
+        <v>138</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B101">
-        <v>4</v>
+        <v>99</v>
       </c>
       <c r="C101" t="s">
-        <v>45</v>
+        <v>202</v>
       </c>
       <c r="D101" t="s">
         <v>203</v>
       </c>
       <c r="E101">
         <v>12</v>
       </c>
       <c r="F101">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="G101" t="s">
         <v>14</v>
       </c>
       <c r="H101" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="I101" t="s">
         <v>16</v>
       </c>
       <c r="J101">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="K101">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="L101">
+        <v>14</v>
+      </c>
+      <c r="M101">
+        <v>20</v>
+      </c>
+      <c r="N101">
         <v>6</v>
       </c>
-      <c r="M101">
-[...4 lines deleted...]
-      </c>
       <c r="O101">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="P101" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="B102">
-        <v>99</v>
+        <v>24</v>
       </c>
       <c r="C102" t="s">
+        <v>54</v>
+      </c>
+      <c r="D102" t="s">
         <v>204</v>
       </c>
-      <c r="D102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E102">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F102">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="G102" t="s">
         <v>14</v>
       </c>
       <c r="H102" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="I102" t="s">
         <v>16</v>
       </c>
       <c r="J102">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="K102">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L102">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="M102">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="N102">
         <v>2</v>
       </c>
       <c r="O102">
         <v>1</v>
       </c>
       <c r="P102" t="s">
-        <v>141</v>
+        <v>125</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="B103">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="C103" t="s">
-        <v>54</v>
+        <v>205</v>
       </c>
       <c r="D103" t="s">
         <v>206</v>
       </c>
       <c r="E103">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F103">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="G103" t="s">
         <v>14</v>
       </c>
       <c r="H103" t="s">
-        <v>124</v>
+        <v>184</v>
       </c>
       <c r="I103" t="s">
         <v>16</v>
       </c>
       <c r="J103">
         <v>8</v>
       </c>
       <c r="K103">
         <v>2</v>
       </c>
       <c r="L103">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="M103">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="N103">
         <v>2</v>
       </c>
       <c r="O103">
         <v>1</v>
       </c>
       <c r="P103" t="s">
-        <v>125</v>
+        <v>138</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="B104">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C104" t="s">
+        <v>179</v>
+      </c>
+      <c r="D104" t="s">
         <v>207</v>
       </c>
-      <c r="D104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E104">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="F104">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="G104" t="s">
         <v>14</v>
       </c>
       <c r="H104" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="I104" t="s">
         <v>16</v>
       </c>
       <c r="J104">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="L104">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="M104">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="P104" t="s">
-        <v>141</v>
+        <v>75</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="B105">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C105" t="s">
-        <v>181</v>
+        <v>208</v>
       </c>
       <c r="D105" t="s">
         <v>209</v>
       </c>
       <c r="E105">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="F105">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="G105" t="s">
         <v>14</v>
       </c>
       <c r="H105" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="I105" t="s">
         <v>16</v>
       </c>
       <c r="J105">
-        <v>12</v>
+        <v>14</v>
+      </c>
+      <c r="K105">
+        <v>15</v>
       </c>
       <c r="L105">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="M105">
+        <v>35</v>
+      </c>
+      <c r="N105">
+        <v>4</v>
+      </c>
+      <c r="O105">
         <v>2</v>
       </c>
       <c r="P105" t="s">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="B106">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>210</v>
       </c>
       <c r="D106" t="s">
         <v>211</v>
       </c>
       <c r="E106">
         <v>11</v>
       </c>
       <c r="F106">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="G106" t="s">
         <v>14</v>
       </c>
       <c r="H106" t="s">
-        <v>124</v>
+        <v>184</v>
       </c>
       <c r="I106" t="s">
         <v>16</v>
       </c>
       <c r="J106">
         <v>11</v>
       </c>
       <c r="K106">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="L106">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="M106">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="N106">
         <v>4</v>
       </c>
       <c r="O106">
         <v>2</v>
       </c>
       <c r="P106" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107">
-        <v>633</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>635</v>
       </c>
       <c r="C107" t="s">
         <v>212</v>
       </c>
       <c r="D107" t="s">
         <v>213</v>
       </c>
       <c r="E107">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F107">
-        <v>59</v>
+        <v>45</v>
       </c>
       <c r="G107" t="s">
         <v>14</v>
       </c>
       <c r="H107" t="s">
-        <v>124</v>
+        <v>184</v>
       </c>
       <c r="I107" t="s">
         <v>16</v>
       </c>
-      <c r="J107">
-[...16 lines deleted...]
-      </c>
       <c r="P107" t="s">
-        <v>125</v>
+        <v>138</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108">
-        <v>635</v>
+        <v>639</v>
+      </c>
+      <c r="B108">
+        <v>3</v>
       </c>
       <c r="C108" t="s">
+        <v>12</v>
+      </c>
+      <c r="D108" t="s">
         <v>214</v>
       </c>
-      <c r="D108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E108">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="F108">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="G108" t="s">
         <v>14</v>
       </c>
       <c r="H108" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="I108" t="s">
         <v>16</v>
       </c>
+      <c r="J108">
+        <v>11</v>
+      </c>
+      <c r="K108">
+        <v>1</v>
+      </c>
+      <c r="L108">
+        <v>3</v>
+      </c>
+      <c r="M108">
+        <v>4</v>
+      </c>
       <c r="P108" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109">
-        <v>639</v>
+        <v>655</v>
       </c>
       <c r="B109">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="C109" t="s">
+        <v>58</v>
+      </c>
+      <c r="D109" t="s">
+        <v>38</v>
+      </c>
+      <c r="E109">
         <v>12</v>
       </c>
-      <c r="D109" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F109">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="G109" t="s">
         <v>14</v>
       </c>
       <c r="H109" t="s">
-        <v>186</v>
+        <v>215</v>
       </c>
       <c r="I109" t="s">
         <v>16</v>
       </c>
       <c r="J109">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="K109">
         <v>1</v>
       </c>
       <c r="L109">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M109">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P109" t="s">
-        <v>27</v>
+        <v>138</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="B110">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C110" t="s">
-        <v>58</v>
+        <v>216</v>
       </c>
       <c r="D110" t="s">
-        <v>38</v>
+        <v>217</v>
       </c>
       <c r="E110">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="F110">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="G110" t="s">
         <v>14</v>
       </c>
       <c r="H110" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="I110" t="s">
         <v>16</v>
       </c>
       <c r="J110">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>2</v>
+      </c>
+      <c r="K110">
+        <v>1</v>
       </c>
       <c r="M110">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P110" t="s">
-        <v>141</v>
+        <v>47</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="B111">
-        <v>35</v>
+        <v>6</v>
       </c>
       <c r="C111" t="s">
         <v>218</v>
       </c>
       <c r="D111" t="s">
         <v>219</v>
       </c>
       <c r="E111">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="F111">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="G111" t="s">
         <v>14</v>
       </c>
       <c r="H111" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="I111" t="s">
         <v>16</v>
       </c>
       <c r="J111">
         <v>1</v>
       </c>
       <c r="K111">
+        <v>2</v>
+      </c>
+      <c r="L111">
         <v>1</v>
       </c>
       <c r="M111">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="P111" t="s">
-        <v>47</v>
+        <v>138</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112">
-        <v>660</v>
+        <v>672</v>
       </c>
       <c r="B112">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="C112" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D112" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E112">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="F112">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G112" t="s">
         <v>14</v>
       </c>
       <c r="H112" t="s">
-        <v>124</v>
+        <v>223</v>
       </c>
       <c r="I112" t="s">
         <v>16</v>
       </c>
       <c r="J112">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="K112">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L112">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M112">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="N112">
+        <v>4</v>
+      </c>
+      <c r="O112">
+        <v>2</v>
       </c>
       <c r="P112" t="s">
-        <v>141</v>
+        <v>89</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="B113">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="C113" t="s">
-        <v>222</v>
+        <v>161</v>
       </c>
       <c r="D113" t="s">
+        <v>224</v>
+      </c>
+      <c r="E113">
+        <v>16</v>
+      </c>
+      <c r="F113">
+        <v>41</v>
+      </c>
+      <c r="G113" t="s">
+        <v>14</v>
+      </c>
+      <c r="H113" t="s">
         <v>223</v>
       </c>
-      <c r="E113">
-[...10 lines deleted...]
-      </c>
       <c r="I113" t="s">
         <v>16</v>
       </c>
       <c r="J113">
+        <v>14</v>
+      </c>
+      <c r="K113">
+        <v>4</v>
+      </c>
+      <c r="L113">
+        <v>7</v>
+      </c>
+      <c r="M113">
         <v>11</v>
       </c>
-      <c r="K113">
-[...7 lines deleted...]
-      </c>
       <c r="N113">
         <v>2</v>
       </c>
       <c r="O113">
         <v>1</v>
       </c>
       <c r="P113" t="s">
-        <v>89</v>
+        <v>185</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="B114">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="C114" t="s">
-        <v>163</v>
+        <v>140</v>
       </c>
       <c r="D114" t="s">
         <v>225</v>
       </c>
       <c r="E114">
         <v>16</v>
       </c>
       <c r="F114">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G114" t="s">
         <v>14</v>
       </c>
       <c r="H114" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="I114" t="s">
         <v>16</v>
       </c>
       <c r="J114">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="K114">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="L114">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="M114">
-        <v>6</v>
+        <v>35</v>
       </c>
       <c r="N114">
         <v>2</v>
       </c>
       <c r="O114">
         <v>1</v>
       </c>
       <c r="P114" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B115">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="C115" t="s">
-        <v>143</v>
+        <v>72</v>
       </c>
       <c r="D115" t="s">
         <v>226</v>
       </c>
       <c r="E115">
         <v>16</v>
       </c>
       <c r="F115">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="G115" t="s">
         <v>14</v>
       </c>
       <c r="H115" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="I115" t="s">
         <v>16</v>
       </c>
       <c r="J115">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="L115">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="M115">
-        <v>29</v>
+        <v>2</v>
       </c>
       <c r="N115">
         <v>2</v>
       </c>
       <c r="O115">
         <v>1</v>
       </c>
       <c r="P115" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="B116">
-        <v>17</v>
+        <v>88</v>
       </c>
       <c r="C116" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
       <c r="D116" t="s">
         <v>227</v>
       </c>
       <c r="E116">
         <v>16</v>
       </c>
       <c r="F116">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="G116" t="s">
         <v>14</v>
       </c>
       <c r="H116" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="I116" t="s">
         <v>16</v>
       </c>
       <c r="J116">
-        <v>7</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P116" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="B117">
-        <v>88</v>
+        <v>11</v>
       </c>
       <c r="C117" t="s">
-        <v>87</v>
+        <v>228</v>
       </c>
       <c r="D117" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E117">
         <v>16</v>
       </c>
       <c r="F117">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="G117" t="s">
         <v>14</v>
       </c>
       <c r="H117" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="I117" t="s">
         <v>16</v>
       </c>
+      <c r="J117">
+        <v>12</v>
+      </c>
+      <c r="K117">
+        <v>8</v>
+      </c>
+      <c r="L117">
+        <v>4</v>
+      </c>
+      <c r="M117">
+        <v>12</v>
+      </c>
+      <c r="N117">
+        <v>10</v>
+      </c>
+      <c r="O117">
+        <v>4</v>
+      </c>
       <c r="P117" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="B118">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C118" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D118" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E118">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="F118">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G118" t="s">
         <v>14</v>
       </c>
       <c r="H118" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="I118" t="s">
         <v>16</v>
       </c>
       <c r="J118">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K118">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L118">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="M118">
+        <v>10</v>
+      </c>
+      <c r="N118">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="O118">
         <v>3</v>
       </c>
       <c r="P118" t="s">
-        <v>187</v>
+        <v>17</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="B119">
-        <v>12</v>
+        <v>77</v>
       </c>
       <c r="C119" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D119" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E119">
         <v>6</v>
       </c>
       <c r="F119">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="G119" t="s">
         <v>14</v>
       </c>
       <c r="H119" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="I119" t="s">
         <v>16</v>
       </c>
       <c r="J119">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="K119">
+        <v>6</v>
+      </c>
+      <c r="L119">
         <v>3</v>
       </c>
-      <c r="L119">
-[...1 lines deleted...]
-      </c>
       <c r="M119">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="P119" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="B120">
-        <v>77</v>
+        <v>15</v>
       </c>
       <c r="C120" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D120" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E120">
         <v>6</v>
       </c>
       <c r="F120">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="G120" t="s">
         <v>14</v>
       </c>
       <c r="H120" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="I120" t="s">
         <v>16</v>
       </c>
       <c r="J120">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="K120">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="L120">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M120">
+        <v>2</v>
+      </c>
+      <c r="N120">
+        <v>14</v>
+      </c>
+      <c r="O120">
         <v>7</v>
       </c>
       <c r="P120" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B121">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C121" t="s">
-        <v>235</v>
+        <v>152</v>
       </c>
       <c r="D121" t="s">
         <v>236</v>
       </c>
       <c r="E121">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="F121">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="G121" t="s">
         <v>14</v>
       </c>
       <c r="H121" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="I121" t="s">
         <v>16</v>
       </c>
       <c r="J121">
+        <v>15</v>
+      </c>
+      <c r="K121">
         <v>9</v>
       </c>
-      <c r="K121">
-[...1 lines deleted...]
-      </c>
       <c r="L121">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="M121">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>29</v>
       </c>
       <c r="P121" t="s">
-        <v>17</v>
+        <v>125</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="B122">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="C122" t="s">
-        <v>155</v>
+        <v>102</v>
       </c>
       <c r="D122" t="s">
         <v>237</v>
       </c>
       <c r="E122">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="F122">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="G122" t="s">
         <v>14</v>
       </c>
       <c r="H122" t="s">
-        <v>124</v>
+        <v>215</v>
       </c>
       <c r="I122" t="s">
         <v>16</v>
       </c>
       <c r="J122">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="L122">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="M122">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="P122" t="s">
-        <v>125</v>
+        <v>47</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="B123">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C123" t="s">
-        <v>238</v>
+        <v>43</v>
       </c>
       <c r="D123" t="s">
-        <v>239</v>
+        <v>35</v>
       </c>
       <c r="E123">
+        <v>5</v>
+      </c>
+      <c r="F123">
+        <v>40</v>
+      </c>
+      <c r="G123" t="s">
+        <v>14</v>
+      </c>
+      <c r="H123" t="s">
+        <v>223</v>
+      </c>
+      <c r="I123" t="s">
+        <v>16</v>
+      </c>
+      <c r="J123">
+        <v>10</v>
+      </c>
+      <c r="K123">
+        <v>8</v>
+      </c>
+      <c r="L123">
+        <v>3</v>
+      </c>
+      <c r="M123">
         <v>11</v>
       </c>
-      <c r="F123">
-[...9 lines deleted...]
-        <v>16</v>
+      <c r="N123">
+        <v>8</v>
+      </c>
+      <c r="O123">
+        <v>4</v>
       </c>
       <c r="P123" t="s">
-        <v>125</v>
+        <v>27</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="B124">
-        <v>4</v>
+        <v>67</v>
       </c>
       <c r="C124" t="s">
-        <v>102</v>
+        <v>238</v>
       </c>
       <c r="D124" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="E124">
+        <v>6</v>
+      </c>
+      <c r="F124">
+        <v>65</v>
+      </c>
+      <c r="G124" t="s">
+        <v>14</v>
+      </c>
+      <c r="H124" t="s">
+        <v>223</v>
+      </c>
+      <c r="I124" t="s">
+        <v>16</v>
+      </c>
+      <c r="J124">
+        <v>14</v>
+      </c>
+      <c r="K124">
+        <v>6</v>
+      </c>
+      <c r="L124">
+        <v>3</v>
+      </c>
+      <c r="M124">
+        <v>9</v>
+      </c>
+      <c r="N124">
         <v>8</v>
       </c>
-      <c r="F124">
-[...12 lines deleted...]
-        <v>1</v>
+      <c r="O124">
+        <v>4</v>
       </c>
       <c r="P124" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125">
-        <v>687</v>
+        <v>695</v>
       </c>
       <c r="B125">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C125" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="D125" t="s">
-        <v>35</v>
+        <v>240</v>
       </c>
       <c r="E125">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F125">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="G125" t="s">
         <v>14</v>
       </c>
       <c r="H125" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="I125" t="s">
         <v>16</v>
       </c>
       <c r="J125">
-        <v>8</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="N125">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="O125">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P125" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126">
-        <v>689</v>
+        <v>697</v>
       </c>
       <c r="B126">
-        <v>67</v>
+        <v>19</v>
       </c>
       <c r="C126" t="s">
+        <v>126</v>
+      </c>
+      <c r="D126" t="s">
         <v>241</v>
       </c>
-      <c r="D126" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E126">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F126">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="G126" t="s">
         <v>14</v>
       </c>
       <c r="H126" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="I126" t="s">
         <v>16</v>
       </c>
       <c r="J126">
-        <v>11</v>
-[...11 lines deleted...]
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="P126" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127">
-        <v>695</v>
+        <v>707</v>
       </c>
       <c r="B127">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C127" t="s">
-        <v>18</v>
+        <v>242</v>
       </c>
       <c r="D127" t="s">
         <v>243</v>
       </c>
       <c r="E127">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F127">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="G127" t="s">
         <v>14</v>
       </c>
       <c r="H127" t="s">
-        <v>224</v>
+        <v>244</v>
       </c>
       <c r="I127" t="s">
         <v>16</v>
       </c>
       <c r="J127">
-        <v>10</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>11</v>
+      </c>
+      <c r="K127">
+        <v>5</v>
+      </c>
+      <c r="L127">
+        <v>3</v>
+      </c>
+      <c r="M127">
+        <v>8</v>
       </c>
       <c r="P127" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128">
-        <v>697</v>
+        <v>708</v>
       </c>
       <c r="B128">
         <v>19</v>
       </c>
       <c r="C128" t="s">
-        <v>126</v>
+        <v>64</v>
       </c>
       <c r="D128" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E128">
         <v>5</v>
       </c>
       <c r="F128">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="G128" t="s">
         <v>14</v>
       </c>
       <c r="H128" t="s">
-        <v>224</v>
+        <v>244</v>
       </c>
       <c r="I128" t="s">
         <v>16</v>
       </c>
       <c r="J128">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="K128">
+        <v>1</v>
+      </c>
+      <c r="L128">
+        <v>1</v>
+      </c>
+      <c r="M128">
+        <v>2</v>
       </c>
       <c r="P128" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129">
-        <v>707</v>
+        <v>720</v>
       </c>
       <c r="B129">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="C129" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D129" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E129">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F129">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="G129" t="s">
         <v>14</v>
       </c>
       <c r="H129" t="s">
-        <v>247</v>
+        <v>220</v>
       </c>
       <c r="I129" t="s">
         <v>16</v>
       </c>
       <c r="J129">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="K129">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="L129">
         <v>3</v>
       </c>
       <c r="M129">
-        <v>8</v>
+        <v>3</v>
+      </c>
+      <c r="N129">
+        <v>2</v>
+      </c>
+      <c r="O129">
+        <v>1</v>
       </c>
       <c r="P129" t="s">
-        <v>27</v>
+        <v>89</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130">
-        <v>708</v>
+        <v>721</v>
       </c>
       <c r="B130">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C130" t="s">
-        <v>64</v>
+        <v>248</v>
       </c>
       <c r="D130" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E130">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="F130">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G130" t="s">
         <v>14</v>
       </c>
       <c r="H130" t="s">
-        <v>247</v>
+        <v>220</v>
       </c>
       <c r="I130" t="s">
         <v>16</v>
       </c>
       <c r="J130">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="K130">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="L130">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="M130">
-        <v>2</v>
+        <v>18</v>
+      </c>
+      <c r="N130">
+        <v>8</v>
+      </c>
+      <c r="O130">
+        <v>4</v>
       </c>
       <c r="P130" t="s">
-        <v>27</v>
+        <v>138</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131">
-        <v>720</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>722</v>
       </c>
       <c r="C131" t="s">
-        <v>249</v>
+        <v>161</v>
       </c>
       <c r="D131" t="s">
         <v>250</v>
       </c>
       <c r="E131">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="F131">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="G131" t="s">
         <v>14</v>
       </c>
       <c r="H131" t="s">
-        <v>124</v>
+        <v>220</v>
       </c>
       <c r="I131" t="s">
         <v>16</v>
       </c>
-      <c r="J131">
-[...13 lines deleted...]
-      </c>
       <c r="P131" t="s">
-        <v>89</v>
+        <v>185</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="B132">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C132" t="s">
+        <v>18</v>
+      </c>
+      <c r="D132" t="s">
         <v>251</v>
       </c>
-      <c r="D132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E132">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F132">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="G132" t="s">
         <v>14</v>
       </c>
       <c r="H132" t="s">
-        <v>124</v>
+        <v>220</v>
       </c>
       <c r="I132" t="s">
         <v>16</v>
       </c>
       <c r="J132">
         <v>10</v>
       </c>
       <c r="K132">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="L132">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="M132">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="P132" t="s">
-        <v>141</v>
+        <v>185</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133">
-        <v>722</v>
+        <v>724</v>
+      </c>
+      <c r="B133">
+        <v>3</v>
       </c>
       <c r="C133" t="s">
-        <v>163</v>
+        <v>252</v>
       </c>
       <c r="D133" t="s">
         <v>253</v>
       </c>
       <c r="E133">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="F133">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="G133" t="s">
         <v>14</v>
       </c>
       <c r="H133" t="s">
-        <v>124</v>
+        <v>220</v>
       </c>
       <c r="I133" t="s">
         <v>16</v>
       </c>
+      <c r="J133">
+        <v>13</v>
+      </c>
+      <c r="L133">
+        <v>2</v>
+      </c>
+      <c r="M133">
+        <v>2</v>
+      </c>
       <c r="P133" t="s">
-        <v>187</v>
+        <v>89</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="B134">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="C134" t="s">
-        <v>18</v>
+        <v>161</v>
       </c>
       <c r="D134" t="s">
-        <v>254</v>
+        <v>226</v>
       </c>
       <c r="E134">
         <v>16</v>
       </c>
       <c r="F134">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="G134" t="s">
         <v>14</v>
       </c>
       <c r="H134" t="s">
-        <v>124</v>
+        <v>220</v>
       </c>
       <c r="I134" t="s">
         <v>16</v>
       </c>
       <c r="J134">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="K134">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="L134">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="M134">
-        <v>23</v>
+        <v>3</v>
+      </c>
+      <c r="O134">
+        <v>1</v>
       </c>
       <c r="P134" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135">
-        <v>724</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>726</v>
       </c>
       <c r="C135" t="s">
+        <v>254</v>
+      </c>
+      <c r="D135" t="s">
         <v>255</v>
       </c>
-      <c r="D135" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E135">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="F135">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="G135" t="s">
         <v>14</v>
       </c>
       <c r="H135" t="s">
-        <v>124</v>
+        <v>220</v>
       </c>
       <c r="I135" t="s">
         <v>16</v>
       </c>
-      <c r="J135">
-[...7 lines deleted...]
-      </c>
       <c r="P135" t="s">
-        <v>89</v>
+        <v>185</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="B136">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="C136" t="s">
-        <v>163</v>
+        <v>32</v>
       </c>
       <c r="D136" t="s">
-        <v>227</v>
+        <v>161</v>
       </c>
       <c r="E136">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="F136">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="G136" t="s">
         <v>14</v>
       </c>
       <c r="H136" t="s">
-        <v>124</v>
+        <v>220</v>
       </c>
       <c r="I136" t="s">
         <v>16</v>
       </c>
       <c r="J136">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K136">
         <v>1</v>
       </c>
       <c r="L136">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M136">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="P136" t="s">
-        <v>187</v>
+        <v>17</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137">
-        <v>726</v>
+        <v>728</v>
+      </c>
+      <c r="B137">
+        <v>18</v>
       </c>
       <c r="C137" t="s">
+        <v>256</v>
+      </c>
+      <c r="D137" t="s">
         <v>257</v>
       </c>
-      <c r="D137" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E137">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="F137">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G137" t="s">
         <v>14</v>
       </c>
       <c r="H137" t="s">
-        <v>124</v>
+        <v>220</v>
       </c>
       <c r="I137" t="s">
         <v>16</v>
       </c>
+      <c r="J137">
+        <v>9</v>
+      </c>
+      <c r="K137">
+        <v>4</v>
+      </c>
+      <c r="L137">
+        <v>4</v>
+      </c>
+      <c r="M137">
+        <v>8</v>
+      </c>
+      <c r="N137">
+        <v>4</v>
+      </c>
+      <c r="O137">
+        <v>2</v>
+      </c>
       <c r="P137" t="s">
-        <v>187</v>
+        <v>17</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="B138">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="C138" t="s">
-        <v>32</v>
+        <v>258</v>
       </c>
       <c r="D138" t="s">
-        <v>163</v>
+        <v>259</v>
       </c>
       <c r="E138">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F138">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="G138" t="s">
         <v>14</v>
       </c>
       <c r="H138" t="s">
-        <v>124</v>
+        <v>220</v>
       </c>
       <c r="I138" t="s">
         <v>16</v>
       </c>
       <c r="J138">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="K138">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L138">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M138">
-        <v>4</v>
+        <v>8</v>
+      </c>
+      <c r="N138">
+        <v>2</v>
+      </c>
+      <c r="O138">
+        <v>1</v>
       </c>
       <c r="P138" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="B139">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="C139" t="s">
-        <v>259</v>
+        <v>58</v>
       </c>
       <c r="D139" t="s">
         <v>260</v>
       </c>
       <c r="E139">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F139">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="G139" t="s">
         <v>14</v>
       </c>
       <c r="H139" t="s">
-        <v>124</v>
+        <v>220</v>
       </c>
       <c r="I139" t="s">
         <v>16</v>
       </c>
       <c r="J139">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K139">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="L139">
         <v>4</v>
       </c>
       <c r="M139">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="P139" t="s">
-        <v>17</v>
+        <v>75</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="B140">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="C140" t="s">
+        <v>228</v>
+      </c>
+      <c r="D140" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="E140">
         <v>7</v>
       </c>
       <c r="F140">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="G140" t="s">
         <v>14</v>
       </c>
       <c r="H140" t="s">
-        <v>124</v>
+        <v>220</v>
       </c>
       <c r="I140" t="s">
         <v>16</v>
       </c>
       <c r="J140">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K140">
         <v>3</v>
       </c>
       <c r="L140">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M140">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="P140" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="141" spans="1:16">
       <c r="A141">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="B141">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="C141" t="s">
-        <v>58</v>
+        <v>262</v>
       </c>
       <c r="D141" t="s">
         <v>263</v>
       </c>
       <c r="E141">
         <v>7</v>
       </c>
       <c r="F141">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="G141" t="s">
         <v>14</v>
       </c>
       <c r="H141" t="s">
-        <v>124</v>
+        <v>220</v>
       </c>
       <c r="I141" t="s">
         <v>16</v>
       </c>
       <c r="J141">
-        <v>6</v>
+        <v>10</v>
+      </c>
+      <c r="K141">
+        <v>5</v>
       </c>
       <c r="L141">
         <v>3</v>
       </c>
       <c r="M141">
-        <v>3</v>
+        <v>8</v>
+      </c>
+      <c r="N141">
+        <v>2</v>
+      </c>
+      <c r="O141">
+        <v>1</v>
       </c>
       <c r="P141" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="B142">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C142" t="s">
-        <v>36</v>
+        <v>264</v>
       </c>
       <c r="D142" t="s">
-        <v>264</v>
+        <v>55</v>
       </c>
       <c r="E142">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="F142">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="G142" t="s">
         <v>14</v>
       </c>
       <c r="H142" t="s">
-        <v>124</v>
+        <v>220</v>
       </c>
       <c r="I142" t="s">
         <v>16</v>
       </c>
       <c r="J142">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="K142">
         <v>2</v>
       </c>
       <c r="L142">
         <v>1</v>
       </c>
       <c r="M142">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="P142" t="s">
-        <v>75</v>
+        <v>185</v>
       </c>
     </row>
     <row r="143" spans="1:16">
       <c r="A143">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="B143">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C143" t="s">
-        <v>229</v>
+        <v>105</v>
       </c>
       <c r="D143" t="s">
         <v>265</v>
       </c>
       <c r="E143">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F143">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="G143" t="s">
         <v>14</v>
       </c>
       <c r="H143" t="s">
-        <v>124</v>
+        <v>220</v>
       </c>
       <c r="I143" t="s">
         <v>16</v>
       </c>
       <c r="J143">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>7</v>
+        <v>6</v>
+      </c>
+      <c r="N143">
+        <v>2</v>
+      </c>
+      <c r="O143">
+        <v>1</v>
       </c>
       <c r="P143" t="s">
-        <v>75</v>
+        <v>89</v>
       </c>
     </row>
     <row r="144" spans="1:16">
       <c r="A144">
-        <v>734</v>
+        <v>740</v>
       </c>
       <c r="B144">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C144" t="s">
         <v>266</v>
       </c>
       <c r="D144" t="s">
         <v>267</v>
       </c>
       <c r="E144">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>5</v>
       </c>
       <c r="G144" t="s">
         <v>14</v>
       </c>
       <c r="H144" t="s">
-        <v>124</v>
+        <v>220</v>
       </c>
       <c r="I144" t="s">
         <v>16</v>
       </c>
       <c r="J144">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="K144">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="L144">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="M144">
-        <v>8</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P144" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145">
-        <v>735</v>
+        <v>741</v>
       </c>
       <c r="B145">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C145" t="s">
+        <v>34</v>
+      </c>
+      <c r="D145" t="s">
         <v>268</v>
       </c>
-      <c r="D145" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E145">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="F145">
-        <v>41</v>
+        <v>67</v>
       </c>
       <c r="G145" t="s">
         <v>14</v>
       </c>
       <c r="H145" t="s">
-        <v>124</v>
+        <v>220</v>
       </c>
       <c r="I145" t="s">
         <v>16</v>
       </c>
       <c r="J145">
         <v>1</v>
       </c>
-      <c r="L145">
-[...4 lines deleted...]
-      </c>
       <c r="P145" t="s">
-        <v>187</v>
+        <v>89</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146">
-        <v>736</v>
+        <v>742</v>
       </c>
       <c r="B146">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="C146" t="s">
-        <v>105</v>
+        <v>58</v>
       </c>
       <c r="D146" t="s">
         <v>269</v>
       </c>
       <c r="E146">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F146">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="G146" t="s">
         <v>14</v>
       </c>
       <c r="H146" t="s">
-        <v>124</v>
+        <v>220</v>
       </c>
       <c r="I146" t="s">
         <v>16</v>
       </c>
       <c r="J146">
-        <v>6</v>
+        <v>2</v>
+      </c>
+      <c r="L146">
+        <v>2</v>
+      </c>
+      <c r="M146">
+        <v>2</v>
       </c>
       <c r="N146">
         <v>2</v>
       </c>
       <c r="O146">
         <v>1</v>
       </c>
       <c r="P146" t="s">
-        <v>89</v>
+        <v>17</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="B147">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C147" t="s">
+        <v>41</v>
+      </c>
+      <c r="D147" t="s">
         <v>270</v>
       </c>
-      <c r="D147" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E147">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="G147" t="s">
         <v>14</v>
       </c>
       <c r="H147" t="s">
-        <v>124</v>
+        <v>220</v>
       </c>
       <c r="I147" t="s">
         <v>16</v>
       </c>
       <c r="J147">
-        <v>3</v>
-[...8 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="P147" t="s">
-        <v>27</v>
-[...60 lines deleted...]
-        <v>17</v>
+        <v>75</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">