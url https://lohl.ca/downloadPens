--- v3 (2026-01-07)
+++ v4 (2026-02-04)
@@ -12,101 +12,101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Pens" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="271">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="272">
   <si>
     <t>Player Id</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Lastn Name</t>
   </si>
   <si>
     <t>Team Id</t>
   </si>
   <si>
     <t>Games Played</t>
   </si>
   <si>
     <t>Goals</t>
   </si>
   <si>
     <t>Assists</t>
   </si>
   <si>
     <t>Points</t>
   </si>
   <si>
     <t>Pims</t>
   </si>
   <si>
     <t>Pen Instances</t>
   </si>
   <si>
     <t>Team</t>
   </si>
   <si>
     <t>Trevor</t>
   </si>
   <si>
     <t>Travis</t>
   </si>
   <si>
     <t>In Active</t>
   </si>
   <si>
     <t>Winter 2018-19 Playoffs</t>
   </si>
   <si>
-    <t>2026-01-07</t>
+    <t>2026-02-04</t>
   </si>
   <si>
     <t>{"Blue Goose":6}</t>
   </si>
   <si>
     <t>Mike</t>
   </si>
   <si>
     <t>MacMillan</t>
   </si>
   <si>
     <t>Murray</t>
   </si>
   <si>
     <t>Cooke</t>
   </si>
   <si>
     <t>Barry</t>
   </si>
   <si>
     <t>Boettcher</t>
   </si>
   <si>
     <t>Dave</t>
   </si>
@@ -825,50 +825,53 @@
     <t>Jack</t>
   </si>
   <si>
     <t>MacLaren</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
     <t>Martin</t>
   </si>
   <si>
     <t>Carlos</t>
   </si>
   <si>
     <t>Canejo</t>
   </si>
   <si>
     <t>Heyland</t>
   </si>
   <si>
     <t>Luckese</t>
   </si>
   <si>
     <t>Willis</t>
+  </si>
+  <si>
+    <t>Duffin</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1171,51 +1174,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P147"/>
+  <dimension ref="A1:P148"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
     <col min="9" max="9" width="10" customWidth="true" style="0"/>
     <col min="10" max="10" width="10" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
@@ -1259,245 +1262,245 @@
       <c r="B2">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2">
         <v>6</v>
       </c>
       <c r="F2">
         <v>59</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" t="s">
         <v>16</v>
       </c>
       <c r="J2">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L2">
         <v>4</v>
       </c>
       <c r="M2">
         <v>4</v>
       </c>
       <c r="N2">
         <v>4</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3">
         <v>6</v>
       </c>
       <c r="F3">
         <v>54</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>15</v>
       </c>
       <c r="I3" t="s">
         <v>16</v>
       </c>
       <c r="J3">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="K3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L3">
         <v>7</v>
       </c>
       <c r="M3">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="N3">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="O3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4">
         <v>4</v>
       </c>
       <c r="B4">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>21</v>
       </c>
       <c r="E4">
         <v>6</v>
       </c>
       <c r="F4">
         <v>55</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
       <c r="H4" t="s">
         <v>15</v>
       </c>
       <c r="I4" t="s">
         <v>16</v>
       </c>
       <c r="J4">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="K4">
         <v>4</v>
       </c>
       <c r="L4">
         <v>7</v>
       </c>
       <c r="M4">
         <v>11</v>
       </c>
       <c r="N4">
         <v>4</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5">
         <v>15</v>
       </c>
       <c r="B5">
         <v>55</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5">
         <v>6</v>
       </c>
       <c r="F5">
         <v>70</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
       <c r="H5" t="s">
         <v>15</v>
       </c>
       <c r="I5" t="s">
         <v>16</v>
       </c>
       <c r="J5">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>1</v>
       </c>
       <c r="P5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6">
         <v>18</v>
       </c>
       <c r="B6">
         <v>75</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6" t="s">
         <v>25</v>
       </c>
       <c r="E6">
         <v>6</v>
       </c>
       <c r="F6">
         <v>50</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
       <c r="H6" t="s">
         <v>15</v>
       </c>
       <c r="I6" t="s">
         <v>16</v>
       </c>
       <c r="J6">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="L6">
         <v>5</v>
       </c>
       <c r="M6">
         <v>5</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
         <v>1</v>
       </c>
       <c r="P6" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7">
         <v>43</v>
       </c>
       <c r="B7">
         <v>19</v>
       </c>
       <c r="C7" t="s">
@@ -1535,632 +1538,644 @@
       <c r="B8">
         <v>7</v>
       </c>
       <c r="C8" t="s">
         <v>28</v>
       </c>
       <c r="D8" t="s">
         <v>29</v>
       </c>
       <c r="E8">
         <v>5</v>
       </c>
       <c r="F8">
         <v>54</v>
       </c>
       <c r="G8" t="s">
         <v>14</v>
       </c>
       <c r="H8" t="s">
         <v>15</v>
       </c>
       <c r="I8" t="s">
         <v>16</v>
       </c>
       <c r="J8">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="K8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
-        <v>5</v>
+        <v>6</v>
+      </c>
+      <c r="N8">
+        <v>2</v>
+      </c>
+      <c r="O8">
+        <v>1</v>
       </c>
       <c r="P8" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9">
         <v>46</v>
       </c>
       <c r="B9">
         <v>5</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9" t="s">
         <v>31</v>
       </c>
       <c r="E9">
         <v>5</v>
       </c>
       <c r="F9">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
       <c r="H9" t="s">
         <v>15</v>
       </c>
       <c r="I9" t="s">
         <v>16</v>
       </c>
       <c r="J9">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K9">
         <v>1</v>
       </c>
       <c r="M9">
         <v>1</v>
       </c>
       <c r="P9" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10">
         <v>48</v>
       </c>
       <c r="B10">
         <v>10</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10">
         <v>5</v>
       </c>
       <c r="F10">
         <v>62</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
       <c r="H10" t="s">
         <v>15</v>
       </c>
       <c r="I10" t="s">
         <v>16</v>
       </c>
       <c r="J10">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K10">
         <v>1</v>
       </c>
       <c r="L10">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="M10">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="N10">
         <v>18</v>
       </c>
       <c r="O10">
         <v>5</v>
       </c>
       <c r="P10" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11">
         <v>50</v>
       </c>
       <c r="B11">
         <v>12</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11" t="s">
         <v>35</v>
       </c>
       <c r="E11">
         <v>5</v>
       </c>
       <c r="F11">
         <v>53</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
       <c r="H11" t="s">
         <v>15</v>
       </c>
       <c r="I11" t="s">
         <v>16</v>
       </c>
       <c r="J11">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K11">
         <v>1</v>
       </c>
       <c r="L11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P11" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12">
         <v>53</v>
       </c>
       <c r="B12">
         <v>91</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
       <c r="E12">
         <v>5</v>
       </c>
       <c r="F12">
         <v>58</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
       <c r="H12" t="s">
         <v>15</v>
       </c>
       <c r="I12" t="s">
         <v>16</v>
       </c>
       <c r="J12">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K12">
         <v>1</v>
       </c>
       <c r="L12">
         <v>1</v>
       </c>
       <c r="M12">
         <v>2</v>
       </c>
       <c r="P12" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13">
         <v>55</v>
       </c>
       <c r="B13">
         <v>22</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
         <v>39</v>
       </c>
       <c r="E13">
         <v>5</v>
       </c>
       <c r="F13">
         <v>55</v>
       </c>
       <c r="G13" t="s">
         <v>14</v>
       </c>
       <c r="H13" t="s">
         <v>40</v>
       </c>
       <c r="I13" t="s">
         <v>16</v>
       </c>
       <c r="J13">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="K13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L13">
         <v>10</v>
       </c>
       <c r="M13">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="P13" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14">
         <v>59</v>
       </c>
       <c r="B14">
         <v>52</v>
       </c>
       <c r="C14" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
         <v>42</v>
       </c>
       <c r="E14">
         <v>5</v>
       </c>
       <c r="F14">
         <v>56</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
       <c r="H14" t="s">
         <v>15</v>
       </c>
       <c r="I14" t="s">
         <v>16</v>
       </c>
       <c r="J14">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="K14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M14">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="N14">
         <v>2</v>
       </c>
       <c r="O14">
         <v>1</v>
       </c>
       <c r="P14" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15">
         <v>61</v>
       </c>
       <c r="B15">
         <v>95</v>
       </c>
       <c r="C15" t="s">
         <v>43</v>
       </c>
       <c r="D15" t="s">
         <v>44</v>
       </c>
       <c r="E15">
         <v>5</v>
       </c>
       <c r="F15">
         <v>61</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>15</v>
       </c>
       <c r="I15" t="s">
         <v>16</v>
       </c>
       <c r="J15">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="L15">
         <v>1</v>
       </c>
       <c r="M15">
+        <v>1</v>
+      </c>
+      <c r="N15">
+        <v>2</v>
+      </c>
+      <c r="O15">
         <v>1</v>
       </c>
       <c r="P15" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16">
         <v>65</v>
       </c>
       <c r="B16">
         <v>44</v>
       </c>
       <c r="C16" t="s">
         <v>45</v>
       </c>
       <c r="D16" t="s">
         <v>46</v>
       </c>
       <c r="E16">
         <v>8</v>
       </c>
       <c r="F16">
         <v>55</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>15</v>
       </c>
       <c r="I16" t="s">
         <v>16</v>
       </c>
       <c r="J16">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="K16">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M16">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P16" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17">
         <v>66</v>
       </c>
       <c r="B17">
         <v>20</v>
       </c>
       <c r="C17" t="s">
         <v>48</v>
       </c>
       <c r="D17" t="s">
         <v>49</v>
       </c>
       <c r="E17">
         <v>8</v>
       </c>
       <c r="F17">
         <v>53</v>
       </c>
       <c r="G17" t="s">
         <v>14</v>
       </c>
       <c r="H17" t="s">
         <v>50</v>
       </c>
       <c r="I17" t="s">
         <v>16</v>
       </c>
       <c r="J17">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="L17">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="M17">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="N17">
         <v>2</v>
       </c>
       <c r="O17">
         <v>1</v>
       </c>
       <c r="P17" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18">
         <v>67</v>
       </c>
       <c r="B18">
         <v>7</v>
       </c>
       <c r="C18" t="s">
         <v>32</v>
       </c>
       <c r="D18" t="s">
         <v>51</v>
       </c>
       <c r="E18">
         <v>8</v>
       </c>
       <c r="F18">
         <v>54</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
         <v>50</v>
       </c>
       <c r="I18" t="s">
         <v>16</v>
       </c>
       <c r="J18">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="L18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P18" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19">
         <v>68</v>
       </c>
       <c r="B19">
         <v>8</v>
       </c>
       <c r="C19" t="s">
         <v>52</v>
       </c>
       <c r="D19" t="s">
         <v>53</v>
       </c>
       <c r="E19">
         <v>8</v>
       </c>
       <c r="F19">
         <v>62</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
       <c r="H19" t="s">
         <v>50</v>
       </c>
       <c r="I19" t="s">
         <v>16</v>
       </c>
       <c r="J19">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="L19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P19" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20">
         <v>69</v>
       </c>
       <c r="B20">
         <v>9</v>
       </c>
       <c r="C20" t="s">
         <v>54</v>
       </c>
       <c r="D20" t="s">
         <v>55</v>
       </c>
       <c r="E20">
         <v>8</v>
       </c>
       <c r="F20">
         <v>53</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
       <c r="H20" t="s">
         <v>50</v>
       </c>
       <c r="I20" t="s">
         <v>16</v>
       </c>
       <c r="J20">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="K20">
         <v>2</v>
       </c>
       <c r="L20">
         <v>4</v>
       </c>
       <c r="M20">
         <v>6</v>
       </c>
       <c r="P20" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21">
         <v>70</v>
       </c>
       <c r="B21">
         <v>14</v>
       </c>
       <c r="C21" t="s">
         <v>56</v>
       </c>
       <c r="D21" t="s">
         <v>57</v>
       </c>
       <c r="E21">
         <v>8</v>
       </c>
       <c r="F21">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
         <v>15</v>
       </c>
       <c r="I21" t="s">
         <v>16</v>
       </c>
       <c r="J21">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="M21">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="P21" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22">
         <v>72</v>
       </c>
       <c r="B22">
         <v>18</v>
       </c>
       <c r="C22" t="s">
         <v>58</v>
       </c>
       <c r="D22" t="s">
         <v>59</v>
       </c>
       <c r="E22">
         <v>8</v>
       </c>
       <c r="F22">
         <v>59</v>
       </c>
       <c r="G22" t="s">
@@ -2192,66 +2207,66 @@
       <c r="B23">
         <v>5</v>
       </c>
       <c r="C23" t="s">
         <v>61</v>
       </c>
       <c r="D23" t="s">
         <v>62</v>
       </c>
       <c r="E23">
         <v>8</v>
       </c>
       <c r="F23">
         <v>53</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>50</v>
       </c>
       <c r="I23" t="s">
         <v>16</v>
       </c>
       <c r="J23">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K23">
         <v>1</v>
       </c>
       <c r="L23">
         <v>1</v>
       </c>
       <c r="M23">
         <v>2</v>
       </c>
       <c r="N23">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="O23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P23" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24">
         <v>75</v>
       </c>
       <c r="B24">
         <v>11</v>
       </c>
       <c r="C24" t="s">
         <v>63</v>
       </c>
       <c r="D24" t="s">
         <v>64</v>
       </c>
       <c r="E24">
         <v>8</v>
       </c>
       <c r="F24">
         <v>53</v>
       </c>
       <c r="G24" t="s">
@@ -2286,1123 +2301,1138 @@
       <c r="B25">
         <v>17</v>
       </c>
       <c r="C25" t="s">
         <v>65</v>
       </c>
       <c r="D25" t="s">
         <v>66</v>
       </c>
       <c r="E25">
         <v>8</v>
       </c>
       <c r="F25">
         <v>55</v>
       </c>
       <c r="G25" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
         <v>50</v>
       </c>
       <c r="I25" t="s">
         <v>16</v>
       </c>
       <c r="J25">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="K25">
         <v>1</v>
       </c>
       <c r="L25">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="M25">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="N25">
         <v>4</v>
       </c>
       <c r="O25">
         <v>2</v>
       </c>
       <c r="P25" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26">
         <v>79</v>
       </c>
       <c r="B26">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>67</v>
       </c>
       <c r="D26" t="s">
         <v>68</v>
       </c>
       <c r="E26">
         <v>8</v>
       </c>
       <c r="F26">
         <v>53</v>
       </c>
       <c r="G26" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
         <v>50</v>
       </c>
       <c r="I26" t="s">
         <v>16</v>
       </c>
       <c r="J26">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="K26">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="L26">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="M26">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="P26" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27">
         <v>82</v>
       </c>
       <c r="B27">
         <v>54</v>
       </c>
       <c r="C27" t="s">
         <v>32</v>
       </c>
       <c r="D27" t="s">
         <v>69</v>
       </c>
       <c r="E27">
         <v>8</v>
       </c>
       <c r="F27">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G27" t="s">
         <v>14</v>
       </c>
       <c r="H27" t="s">
         <v>50</v>
       </c>
       <c r="I27" t="s">
         <v>16</v>
       </c>
       <c r="J27">
+        <v>10</v>
+      </c>
+      <c r="K27">
+        <v>2</v>
+      </c>
+      <c r="L27">
+        <v>6</v>
+      </c>
+      <c r="M27">
         <v>8</v>
-      </c>
-[...7 lines deleted...]
-        <v>7</v>
       </c>
       <c r="N27">
         <v>2</v>
       </c>
       <c r="O27">
         <v>1</v>
       </c>
       <c r="P27" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28">
         <v>83</v>
       </c>
       <c r="B28">
         <v>10</v>
       </c>
       <c r="C28" t="s">
         <v>70</v>
       </c>
       <c r="D28" t="s">
         <v>71</v>
       </c>
       <c r="E28">
         <v>8</v>
       </c>
       <c r="F28">
         <v>51</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
       <c r="H28" t="s">
         <v>50</v>
       </c>
       <c r="I28" t="s">
         <v>16</v>
       </c>
       <c r="J28">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="K28">
         <v>1</v>
       </c>
       <c r="L28">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M28">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="P28" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29">
         <v>130</v>
       </c>
       <c r="B29">
         <v>11</v>
       </c>
       <c r="C29" t="s">
         <v>72</v>
       </c>
       <c r="D29" t="s">
         <v>73</v>
       </c>
       <c r="E29">
         <v>7</v>
       </c>
       <c r="F29">
         <v>53</v>
       </c>
       <c r="G29" t="s">
         <v>14</v>
       </c>
       <c r="H29" t="s">
         <v>74</v>
       </c>
       <c r="I29" t="s">
         <v>16</v>
       </c>
       <c r="J29">
+        <v>12</v>
+      </c>
+      <c r="K29">
+        <v>6</v>
+      </c>
+      <c r="L29">
+        <v>4</v>
+      </c>
+      <c r="M29">
         <v>10</v>
-      </c>
-[...7 lines deleted...]
-        <v>8</v>
       </c>
       <c r="N29">
         <v>6</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30">
         <v>134</v>
       </c>
       <c r="B30">
         <v>18</v>
       </c>
       <c r="C30" t="s">
         <v>32</v>
       </c>
       <c r="D30" t="s">
         <v>76</v>
       </c>
       <c r="E30">
         <v>7</v>
       </c>
       <c r="F30">
         <v>55</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
       <c r="H30" t="s">
         <v>74</v>
       </c>
       <c r="I30" t="s">
         <v>16</v>
       </c>
       <c r="J30">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="K30">
         <v>1</v>
       </c>
       <c r="L30">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N30">
         <v>2</v>
       </c>
       <c r="O30">
         <v>1</v>
       </c>
       <c r="P30" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31">
         <v>135</v>
       </c>
       <c r="B31">
         <v>5</v>
       </c>
       <c r="C31" t="s">
         <v>77</v>
       </c>
       <c r="D31" t="s">
         <v>78</v>
       </c>
       <c r="E31">
         <v>7</v>
       </c>
       <c r="F31">
         <v>55</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
       <c r="H31" t="s">
         <v>74</v>
       </c>
       <c r="I31" t="s">
         <v>16</v>
       </c>
       <c r="J31">
-        <v>15</v>
+        <v>19</v>
+      </c>
+      <c r="K31">
+        <v>1</v>
       </c>
       <c r="L31">
         <v>6</v>
       </c>
       <c r="M31">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="P31" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32">
         <v>136</v>
       </c>
       <c r="B32">
         <v>20</v>
       </c>
       <c r="C32" t="s">
         <v>79</v>
       </c>
       <c r="D32" t="s">
         <v>80</v>
       </c>
       <c r="E32">
         <v>7</v>
       </c>
       <c r="F32">
         <v>56</v>
       </c>
       <c r="G32" t="s">
         <v>14</v>
       </c>
       <c r="H32" t="s">
         <v>60</v>
       </c>
       <c r="I32" t="s">
         <v>16</v>
       </c>
       <c r="J32">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="K32">
         <v>1</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
         <v>4</v>
       </c>
       <c r="P32" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33">
         <v>137</v>
       </c>
       <c r="B33">
         <v>21</v>
       </c>
       <c r="C33" t="s">
         <v>81</v>
       </c>
       <c r="D33" t="s">
         <v>82</v>
       </c>
       <c r="E33">
         <v>7</v>
       </c>
       <c r="F33">
         <v>66</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
       <c r="H33" t="s">
         <v>74</v>
       </c>
       <c r="I33" t="s">
         <v>16</v>
       </c>
       <c r="J33">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="L33">
         <v>1</v>
       </c>
       <c r="M33">
         <v>1</v>
       </c>
       <c r="N33">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="O33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P33" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34">
         <v>138</v>
       </c>
       <c r="B34">
         <v>22</v>
       </c>
       <c r="C34" t="s">
         <v>83</v>
       </c>
       <c r="D34" t="s">
         <v>84</v>
       </c>
       <c r="E34">
         <v>7</v>
       </c>
       <c r="F34">
         <v>64</v>
       </c>
       <c r="G34" t="s">
         <v>14</v>
       </c>
       <c r="H34" t="s">
         <v>74</v>
       </c>
       <c r="I34" t="s">
         <v>16</v>
       </c>
       <c r="J34">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="K34">
         <v>2</v>
       </c>
       <c r="L34">
         <v>1</v>
       </c>
       <c r="M34">
         <v>3</v>
       </c>
       <c r="N34">
         <v>2</v>
       </c>
       <c r="O34">
         <v>1</v>
       </c>
       <c r="P34" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35">
         <v>139</v>
       </c>
       <c r="B35">
         <v>77</v>
       </c>
       <c r="C35" t="s">
         <v>85</v>
       </c>
       <c r="D35" t="s">
         <v>86</v>
       </c>
       <c r="E35">
         <v>7</v>
       </c>
       <c r="F35">
         <v>55</v>
       </c>
       <c r="G35" t="s">
         <v>14</v>
       </c>
       <c r="H35" t="s">
         <v>74</v>
       </c>
       <c r="I35" t="s">
         <v>16</v>
       </c>
       <c r="J35">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="K35">
         <v>3</v>
       </c>
       <c r="L35">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M35">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P35" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36">
         <v>149</v>
       </c>
       <c r="B36">
         <v>6</v>
       </c>
       <c r="C36" t="s">
         <v>87</v>
       </c>
       <c r="D36" t="s">
         <v>88</v>
       </c>
       <c r="E36">
         <v>4</v>
       </c>
       <c r="F36">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
       <c r="H36" t="s">
         <v>74</v>
       </c>
       <c r="I36" t="s">
         <v>16</v>
       </c>
       <c r="J36">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="K36">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M36">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="N36">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O36">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P36" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37">
         <v>155</v>
       </c>
       <c r="B37">
         <v>26</v>
       </c>
       <c r="C37" t="s">
         <v>90</v>
       </c>
       <c r="D37" t="s">
         <v>91</v>
       </c>
       <c r="E37">
         <v>4</v>
       </c>
       <c r="F37">
         <v>54</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
       <c r="H37" t="s">
         <v>15</v>
       </c>
       <c r="I37" t="s">
         <v>16</v>
       </c>
       <c r="J37">
+        <v>12</v>
+      </c>
+      <c r="K37">
+        <v>3</v>
+      </c>
+      <c r="L37">
+        <v>5</v>
+      </c>
+      <c r="M37">
         <v>8</v>
-      </c>
-[...7 lines deleted...]
-        <v>5</v>
       </c>
       <c r="N37">
         <v>2</v>
       </c>
       <c r="O37">
         <v>1</v>
       </c>
       <c r="P37" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38">
         <v>156</v>
       </c>
       <c r="B38">
         <v>8</v>
       </c>
       <c r="C38" t="s">
         <v>92</v>
       </c>
       <c r="D38" t="s">
         <v>93</v>
       </c>
       <c r="E38">
         <v>4</v>
       </c>
       <c r="F38">
         <v>56</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
       <c r="H38" t="s">
         <v>94</v>
       </c>
       <c r="I38" t="s">
         <v>16</v>
       </c>
       <c r="J38">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="P38" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39">
         <v>158</v>
       </c>
       <c r="B39">
         <v>30</v>
       </c>
       <c r="C39" t="s">
         <v>24</v>
       </c>
       <c r="D39" t="s">
         <v>95</v>
       </c>
       <c r="E39">
         <v>4</v>
       </c>
       <c r="F39">
         <v>56</v>
       </c>
       <c r="G39" t="s">
         <v>14</v>
       </c>
       <c r="H39" t="s">
         <v>94</v>
       </c>
       <c r="I39" t="s">
         <v>16</v>
       </c>
       <c r="J39">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="K39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L39">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="M39">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="N39">
         <v>4</v>
       </c>
       <c r="O39">
         <v>2</v>
       </c>
       <c r="P39" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40">
         <v>184</v>
       </c>
       <c r="B40">
         <v>25</v>
       </c>
       <c r="C40" t="s">
         <v>96</v>
       </c>
       <c r="D40" t="s">
         <v>97</v>
       </c>
       <c r="E40">
         <v>4</v>
       </c>
       <c r="F40">
         <v>48</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
       <c r="H40" t="s">
         <v>94</v>
       </c>
       <c r="I40" t="s">
         <v>16</v>
       </c>
       <c r="J40">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="K40">
         <v>5</v>
       </c>
       <c r="L40">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="M40">
-        <v>9</v>
+        <v>11</v>
+      </c>
+      <c r="N40">
+        <v>2</v>
+      </c>
+      <c r="O40">
+        <v>1</v>
       </c>
       <c r="P40" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41">
         <v>189</v>
       </c>
       <c r="B41">
         <v>16</v>
       </c>
       <c r="C41" t="s">
         <v>98</v>
       </c>
       <c r="D41" t="s">
         <v>99</v>
       </c>
       <c r="E41">
         <v>8</v>
       </c>
       <c r="F41">
         <v>55</v>
       </c>
       <c r="G41" t="s">
         <v>14</v>
       </c>
       <c r="H41" t="s">
         <v>50</v>
       </c>
       <c r="I41" t="s">
         <v>16</v>
       </c>
       <c r="J41">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="K41">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L41">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="M41">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="N41">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="O41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P41" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42">
         <v>192</v>
       </c>
       <c r="B42">
         <v>12</v>
       </c>
       <c r="C42" t="s">
         <v>100</v>
       </c>
       <c r="D42" t="s">
         <v>101</v>
       </c>
       <c r="E42">
         <v>8</v>
       </c>
       <c r="F42">
         <v>51</v>
       </c>
       <c r="G42" t="s">
         <v>14</v>
       </c>
       <c r="H42" t="s">
         <v>50</v>
       </c>
       <c r="I42" t="s">
         <v>16</v>
       </c>
       <c r="J42">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="K42">
         <v>6</v>
       </c>
       <c r="L42">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="M42">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="N42">
         <v>6</v>
       </c>
       <c r="O42">
         <v>3</v>
       </c>
       <c r="P42" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43">
         <v>204</v>
       </c>
       <c r="B43">
         <v>10</v>
       </c>
       <c r="C43" t="s">
         <v>102</v>
       </c>
       <c r="D43" t="s">
         <v>103</v>
       </c>
       <c r="E43">
         <v>7</v>
       </c>
       <c r="F43">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G43" t="s">
         <v>14</v>
       </c>
       <c r="H43" t="s">
         <v>60</v>
       </c>
       <c r="I43" t="s">
         <v>16</v>
       </c>
       <c r="J43">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="L43">
+        <v>1</v>
+      </c>
+      <c r="M43">
+        <v>1</v>
       </c>
       <c r="P43" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44">
         <v>216</v>
       </c>
       <c r="B44">
         <v>13</v>
       </c>
       <c r="C44" t="s">
         <v>30</v>
       </c>
       <c r="D44" t="s">
         <v>104</v>
       </c>
       <c r="E44">
         <v>8</v>
       </c>
       <c r="F44">
         <v>51</v>
       </c>
       <c r="G44" t="s">
         <v>14</v>
       </c>
       <c r="H44" t="s">
         <v>60</v>
       </c>
       <c r="I44" t="s">
         <v>16</v>
       </c>
       <c r="J44">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K44">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="L44">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="M44">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="N44">
         <v>2</v>
       </c>
       <c r="O44">
         <v>1</v>
       </c>
       <c r="P44" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45">
         <v>237</v>
       </c>
       <c r="B45">
         <v>27</v>
       </c>
       <c r="C45" t="s">
         <v>105</v>
       </c>
       <c r="D45" t="s">
         <v>106</v>
       </c>
       <c r="E45">
         <v>8</v>
       </c>
       <c r="F45">
         <v>46</v>
       </c>
       <c r="G45" t="s">
         <v>14</v>
       </c>
       <c r="H45" t="s">
         <v>50</v>
       </c>
       <c r="I45" t="s">
         <v>16</v>
       </c>
       <c r="J45">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="K45">
         <v>5</v>
       </c>
       <c r="L45">
         <v>1</v>
       </c>
       <c r="M45">
         <v>6</v>
       </c>
       <c r="P45" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46">
         <v>243</v>
       </c>
       <c r="B46">
         <v>4</v>
       </c>
       <c r="C46" t="s">
         <v>107</v>
       </c>
       <c r="D46" t="s">
         <v>108</v>
       </c>
       <c r="E46">
         <v>5</v>
       </c>
       <c r="F46">
         <v>57</v>
       </c>
       <c r="G46" t="s">
         <v>14</v>
       </c>
       <c r="H46" t="s">
         <v>15</v>
       </c>
       <c r="I46" t="s">
         <v>16</v>
       </c>
       <c r="J46">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K46">
         <v>1</v>
       </c>
       <c r="L46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M46">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N46">
         <v>2</v>
       </c>
       <c r="O46">
         <v>1</v>
       </c>
       <c r="P46" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47">
         <v>275</v>
       </c>
       <c r="B47">
         <v>23</v>
       </c>
       <c r="C47" t="s">
         <v>109</v>
       </c>
       <c r="D47" t="s">
         <v>110</v>
       </c>
       <c r="E47">
         <v>8</v>
       </c>
       <c r="F47">
         <v>48</v>
       </c>
       <c r="G47" t="s">
         <v>14</v>
       </c>
       <c r="H47" t="s">
         <v>50</v>
       </c>
       <c r="I47" t="s">
         <v>16</v>
       </c>
       <c r="J47">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K47">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M47">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P47" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48">
         <v>342</v>
       </c>
       <c r="B48">
         <v>17</v>
       </c>
       <c r="C48" t="s">
         <v>45</v>
       </c>
       <c r="D48" t="s">
         <v>111</v>
       </c>
       <c r="E48">
         <v>5</v>
       </c>
       <c r="F48">
         <v>51</v>
       </c>
       <c r="G48" t="s">
         <v>14</v>
       </c>
       <c r="H48" t="s">
         <v>112</v>
       </c>
       <c r="I48" t="s">
         <v>16</v>
       </c>
       <c r="J48">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="K48">
         <v>2</v>
       </c>
       <c r="L48">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M48">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="P48" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49">
         <v>350</v>
       </c>
       <c r="B49">
         <v>5</v>
       </c>
       <c r="C49" t="s">
         <v>67</v>
       </c>
       <c r="D49" t="s">
         <v>113</v>
       </c>
       <c r="E49">
         <v>5</v>
       </c>
       <c r="F49">
         <v>55</v>
       </c>
       <c r="G49" t="s">
@@ -3428,630 +3458,639 @@
       <c r="B50">
         <v>16</v>
       </c>
       <c r="C50" t="s">
         <v>115</v>
       </c>
       <c r="D50" t="s">
         <v>116</v>
       </c>
       <c r="E50">
         <v>4</v>
       </c>
       <c r="F50">
         <v>59</v>
       </c>
       <c r="G50" t="s">
         <v>14</v>
       </c>
       <c r="H50" t="s">
         <v>94</v>
       </c>
       <c r="I50" t="s">
         <v>16</v>
       </c>
       <c r="J50">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="K50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L50">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M50">
-        <v>6</v>
+        <v>8</v>
+      </c>
+      <c r="N50">
+        <v>2</v>
+      </c>
+      <c r="O50">
+        <v>1</v>
       </c>
       <c r="P50" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51">
         <v>380</v>
       </c>
       <c r="B51">
         <v>44</v>
       </c>
       <c r="C51" t="s">
         <v>117</v>
       </c>
       <c r="D51" t="s">
         <v>118</v>
       </c>
       <c r="E51">
         <v>6</v>
       </c>
       <c r="F51">
         <v>53</v>
       </c>
       <c r="G51" t="s">
         <v>14</v>
       </c>
       <c r="H51" t="s">
         <v>119</v>
       </c>
       <c r="I51" t="s">
         <v>16</v>
       </c>
       <c r="J51">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K51">
         <v>1</v>
       </c>
       <c r="L51">
         <v>3</v>
       </c>
       <c r="M51">
         <v>4</v>
       </c>
       <c r="P51" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52">
         <v>389</v>
       </c>
       <c r="B52">
         <v>14</v>
       </c>
       <c r="C52" t="s">
         <v>120</v>
       </c>
       <c r="D52" t="s">
         <v>121</v>
       </c>
       <c r="E52">
         <v>7</v>
       </c>
       <c r="F52">
         <v>49</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
       <c r="H52" t="s">
         <v>74</v>
       </c>
       <c r="I52" t="s">
         <v>16</v>
       </c>
       <c r="J52">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="K52">
         <v>1</v>
       </c>
       <c r="L52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N52">
         <v>4</v>
       </c>
       <c r="O52">
         <v>2</v>
       </c>
       <c r="P52" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53">
         <v>390</v>
       </c>
       <c r="B53">
         <v>33</v>
       </c>
       <c r="C53" t="s">
         <v>122</v>
       </c>
       <c r="D53" t="s">
         <v>123</v>
       </c>
       <c r="E53">
         <v>11</v>
       </c>
       <c r="F53">
         <v>51</v>
       </c>
       <c r="G53" t="s">
         <v>14</v>
       </c>
       <c r="H53" t="s">
         <v>124</v>
       </c>
       <c r="I53" t="s">
         <v>16</v>
       </c>
       <c r="J53">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K53">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L53">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="M53">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="N53">
         <v>12</v>
       </c>
       <c r="O53">
         <v>5</v>
       </c>
       <c r="P53" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54">
         <v>391</v>
       </c>
       <c r="B54">
         <v>7</v>
       </c>
       <c r="C54" t="s">
         <v>126</v>
       </c>
       <c r="D54" t="s">
         <v>127</v>
       </c>
       <c r="E54">
         <v>11</v>
       </c>
       <c r="F54">
         <v>55</v>
       </c>
       <c r="G54" t="s">
         <v>14</v>
       </c>
       <c r="H54" t="s">
         <v>124</v>
       </c>
       <c r="I54" t="s">
         <v>16</v>
       </c>
       <c r="J54">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="L54">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="M54">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="N54">
         <v>4</v>
       </c>
       <c r="O54">
         <v>2</v>
       </c>
       <c r="P54" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55">
         <v>393</v>
       </c>
       <c r="B55">
         <v>96</v>
       </c>
       <c r="C55" t="s">
         <v>18</v>
       </c>
       <c r="D55" t="s">
         <v>128</v>
       </c>
       <c r="E55">
         <v>11</v>
       </c>
       <c r="F55">
         <v>59</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
       <c r="H55" t="s">
         <v>124</v>
       </c>
       <c r="I55" t="s">
         <v>16</v>
       </c>
       <c r="J55">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="K55">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="L55">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="M55">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="N55">
         <v>2</v>
       </c>
       <c r="O55">
         <v>1</v>
       </c>
       <c r="P55" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56">
         <v>395</v>
       </c>
       <c r="B56">
         <v>20</v>
       </c>
       <c r="C56" t="s">
         <v>129</v>
       </c>
       <c r="D56" t="s">
         <v>130</v>
       </c>
       <c r="E56">
         <v>11</v>
       </c>
       <c r="F56">
         <v>55</v>
       </c>
       <c r="G56" t="s">
         <v>14</v>
       </c>
       <c r="H56" t="s">
         <v>124</v>
       </c>
       <c r="I56" t="s">
         <v>16</v>
       </c>
       <c r="J56">
+        <v>15</v>
+      </c>
+      <c r="K56">
+        <v>4</v>
+      </c>
+      <c r="L56">
         <v>13</v>
       </c>
-      <c r="K56">
-[...4 lines deleted...]
-      </c>
       <c r="M56">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="N56">
         <v>2</v>
       </c>
       <c r="O56">
         <v>1</v>
       </c>
       <c r="P56" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57">
         <v>396</v>
       </c>
       <c r="B57">
         <v>45</v>
       </c>
       <c r="C57" t="s">
         <v>65</v>
       </c>
       <c r="D57" t="s">
         <v>131</v>
       </c>
       <c r="E57">
         <v>11</v>
       </c>
       <c r="F57">
         <v>51</v>
       </c>
       <c r="G57" t="s">
         <v>14</v>
       </c>
       <c r="H57" t="s">
         <v>124</v>
       </c>
       <c r="I57" t="s">
         <v>16</v>
       </c>
       <c r="J57">
-        <v>12</v>
+        <v>14</v>
+      </c>
+      <c r="K57">
+        <v>1</v>
       </c>
       <c r="L57">
         <v>6</v>
       </c>
       <c r="M57">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="P57" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58">
         <v>398</v>
       </c>
       <c r="B58">
         <v>88</v>
       </c>
       <c r="C58" t="s">
         <v>132</v>
       </c>
       <c r="D58" t="s">
         <v>133</v>
       </c>
       <c r="E58">
         <v>11</v>
       </c>
       <c r="F58">
         <v>56</v>
       </c>
       <c r="G58" t="s">
         <v>14</v>
       </c>
       <c r="H58" t="s">
         <v>124</v>
       </c>
       <c r="I58" t="s">
         <v>16</v>
       </c>
       <c r="J58">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="K58">
         <v>2</v>
       </c>
       <c r="L58">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="M58">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="N58">
         <v>8</v>
       </c>
       <c r="O58">
         <v>4</v>
       </c>
       <c r="P58" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59">
         <v>399</v>
       </c>
       <c r="B59">
         <v>19</v>
       </c>
       <c r="C59" t="s">
         <v>134</v>
       </c>
       <c r="D59" t="s">
         <v>135</v>
       </c>
       <c r="E59">
         <v>11</v>
       </c>
       <c r="F59">
         <v>52</v>
       </c>
       <c r="G59" t="s">
         <v>14</v>
       </c>
       <c r="H59" t="s">
         <v>124</v>
       </c>
       <c r="I59" t="s">
         <v>16</v>
       </c>
       <c r="J59">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="K59">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="L59">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="M59">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="P59" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60">
         <v>414</v>
       </c>
       <c r="B60">
         <v>7</v>
       </c>
       <c r="C60" t="s">
         <v>136</v>
       </c>
       <c r="D60" t="s">
         <v>137</v>
       </c>
       <c r="E60">
         <v>12</v>
       </c>
       <c r="F60">
         <v>43</v>
       </c>
       <c r="G60" t="s">
         <v>14</v>
       </c>
       <c r="H60" t="s">
         <v>124</v>
       </c>
       <c r="I60" t="s">
         <v>16</v>
       </c>
       <c r="J60">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="K60">
         <v>4</v>
       </c>
       <c r="L60">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M60">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="N60">
         <v>2</v>
       </c>
       <c r="O60">
         <v>1</v>
       </c>
       <c r="P60" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61">
         <v>416</v>
       </c>
       <c r="B61">
         <v>9</v>
       </c>
       <c r="C61" t="s">
         <v>113</v>
       </c>
       <c r="D61" t="s">
         <v>139</v>
       </c>
       <c r="E61">
         <v>12</v>
       </c>
       <c r="F61">
         <v>44</v>
       </c>
       <c r="G61" t="s">
         <v>14</v>
       </c>
       <c r="H61" t="s">
         <v>124</v>
       </c>
       <c r="I61" t="s">
         <v>16</v>
       </c>
       <c r="J61">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="K61">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="L61">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M61">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="N61">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O61">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P61" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62">
         <v>417</v>
       </c>
       <c r="B62">
         <v>10</v>
       </c>
       <c r="C62" t="s">
         <v>140</v>
       </c>
       <c r="D62" t="s">
         <v>141</v>
       </c>
       <c r="E62">
         <v>12</v>
       </c>
       <c r="F62">
         <v>53</v>
       </c>
       <c r="G62" t="s">
         <v>14</v>
       </c>
       <c r="H62" t="s">
         <v>124</v>
       </c>
       <c r="I62" t="s">
         <v>16</v>
       </c>
       <c r="J62">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="K62">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="L62">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="M62">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="N62">
         <v>2</v>
       </c>
       <c r="O62">
         <v>1</v>
       </c>
       <c r="P62" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63">
         <v>419</v>
       </c>
       <c r="B63">
         <v>12</v>
       </c>
       <c r="C63" t="s">
         <v>142</v>
       </c>
       <c r="D63" t="s">
         <v>143</v>
       </c>
       <c r="E63">
@@ -4095,1520 +4134,1553 @@
       <c r="B64">
         <v>25</v>
       </c>
       <c r="C64" t="s">
         <v>38</v>
       </c>
       <c r="D64" t="s">
         <v>144</v>
       </c>
       <c r="E64">
         <v>12</v>
       </c>
       <c r="F64">
         <v>44</v>
       </c>
       <c r="G64" t="s">
         <v>14</v>
       </c>
       <c r="H64" t="s">
         <v>124</v>
       </c>
       <c r="I64" t="s">
         <v>16</v>
       </c>
       <c r="J64">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="K64">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="L64">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="M64">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="N64">
         <v>2</v>
       </c>
       <c r="O64">
         <v>1</v>
       </c>
       <c r="P64" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65">
         <v>421</v>
       </c>
       <c r="B65">
         <v>14</v>
       </c>
       <c r="C65" t="s">
         <v>145</v>
       </c>
       <c r="D65" t="s">
         <v>146</v>
       </c>
       <c r="E65">
         <v>12</v>
       </c>
       <c r="F65">
         <v>42</v>
       </c>
       <c r="G65" t="s">
         <v>14</v>
       </c>
       <c r="H65" t="s">
         <v>124</v>
       </c>
       <c r="I65" t="s">
         <v>16</v>
       </c>
       <c r="J65">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L65">
         <v>2</v>
       </c>
       <c r="M65">
         <v>2</v>
       </c>
       <c r="N65">
         <v>2</v>
       </c>
       <c r="O65">
         <v>1</v>
       </c>
       <c r="P65" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66">
         <v>422</v>
       </c>
       <c r="B66">
         <v>15</v>
       </c>
       <c r="C66" t="s">
         <v>147</v>
       </c>
       <c r="D66" t="s">
         <v>148</v>
       </c>
       <c r="E66">
         <v>12</v>
       </c>
       <c r="F66">
         <v>44</v>
       </c>
       <c r="G66" t="s">
         <v>14</v>
       </c>
       <c r="H66" t="s">
         <v>124</v>
       </c>
       <c r="I66" t="s">
         <v>16</v>
       </c>
       <c r="J66">
-        <v>6</v>
+        <v>10</v>
+      </c>
+      <c r="L66">
+        <v>4</v>
+      </c>
+      <c r="M66">
+        <v>4</v>
       </c>
       <c r="N66">
         <v>2</v>
       </c>
       <c r="O66">
         <v>1</v>
       </c>
       <c r="P66" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67">
         <v>423</v>
       </c>
       <c r="B67">
         <v>91</v>
       </c>
       <c r="C67" t="s">
         <v>149</v>
       </c>
       <c r="D67" t="s">
         <v>150</v>
       </c>
       <c r="E67">
         <v>12</v>
       </c>
       <c r="F67">
         <v>43</v>
       </c>
       <c r="G67" t="s">
         <v>14</v>
       </c>
       <c r="H67" t="s">
         <v>124</v>
       </c>
       <c r="I67" t="s">
         <v>16</v>
       </c>
       <c r="J67">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="K67">
         <v>1</v>
       </c>
       <c r="L67">
         <v>3</v>
       </c>
       <c r="M67">
         <v>4</v>
       </c>
       <c r="P67" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68">
         <v>426</v>
       </c>
       <c r="B68">
         <v>91</v>
       </c>
       <c r="C68" t="s">
         <v>18</v>
       </c>
       <c r="D68" t="s">
         <v>151</v>
       </c>
       <c r="E68">
         <v>6</v>
       </c>
       <c r="F68">
         <v>45</v>
       </c>
       <c r="G68" t="s">
         <v>14</v>
       </c>
       <c r="H68" t="s">
         <v>124</v>
       </c>
       <c r="I68" t="s">
         <v>16</v>
       </c>
       <c r="J68">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="K68">
         <v>5</v>
       </c>
       <c r="L68">
         <v>2</v>
       </c>
       <c r="M68">
         <v>7</v>
       </c>
       <c r="P68" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69">
         <v>428</v>
       </c>
       <c r="B69">
         <v>14</v>
       </c>
       <c r="C69" t="s">
         <v>152</v>
       </c>
       <c r="D69" t="s">
         <v>153</v>
       </c>
       <c r="E69">
         <v>11</v>
       </c>
       <c r="F69">
         <v>54</v>
       </c>
       <c r="G69" t="s">
         <v>14</v>
       </c>
       <c r="H69" t="s">
         <v>124</v>
       </c>
       <c r="I69" t="s">
         <v>16</v>
       </c>
       <c r="J69">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="K69">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="L69">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M69">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="N69">
         <v>2</v>
       </c>
       <c r="O69">
         <v>1</v>
       </c>
       <c r="P69" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70">
         <v>431</v>
       </c>
       <c r="B70">
         <v>16</v>
       </c>
       <c r="C70" t="s">
         <v>18</v>
       </c>
       <c r="D70" t="s">
         <v>154</v>
       </c>
       <c r="E70">
         <v>12</v>
       </c>
       <c r="F70">
         <v>43</v>
       </c>
       <c r="G70" t="s">
         <v>14</v>
       </c>
       <c r="H70" t="s">
         <v>124</v>
       </c>
       <c r="I70" t="s">
         <v>16</v>
       </c>
       <c r="J70">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="K70">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L70">
         <v>7</v>
       </c>
       <c r="M70">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="P70" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71">
         <v>435</v>
       </c>
       <c r="B71">
         <v>10</v>
       </c>
       <c r="C71" t="s">
         <v>117</v>
       </c>
       <c r="D71" t="s">
         <v>155</v>
       </c>
       <c r="E71">
         <v>11</v>
       </c>
       <c r="F71">
         <v>55</v>
       </c>
       <c r="G71" t="s">
         <v>14</v>
       </c>
       <c r="H71" t="s">
         <v>124</v>
       </c>
       <c r="I71" t="s">
         <v>16</v>
       </c>
       <c r="J71">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="K71">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="L71">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="M71">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="N71">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="O71">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="P71" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72">
         <v>454</v>
       </c>
       <c r="B72">
         <v>6</v>
       </c>
       <c r="C72" t="s">
         <v>156</v>
       </c>
       <c r="D72" t="s">
         <v>157</v>
       </c>
       <c r="E72">
         <v>12</v>
       </c>
       <c r="F72">
         <v>44</v>
       </c>
       <c r="G72" t="s">
         <v>14</v>
       </c>
       <c r="H72" t="s">
         <v>124</v>
       </c>
       <c r="I72" t="s">
         <v>16</v>
       </c>
       <c r="J72">
+        <v>9</v>
+      </c>
+      <c r="K72">
         <v>7</v>
       </c>
-      <c r="K72">
-[...1 lines deleted...]
-      </c>
       <c r="L72">
         <v>1</v>
       </c>
       <c r="M72">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="P72" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73">
         <v>457</v>
       </c>
       <c r="B73">
         <v>15</v>
       </c>
       <c r="C73" t="s">
         <v>126</v>
       </c>
       <c r="D73" t="s">
         <v>158</v>
       </c>
       <c r="E73">
         <v>5</v>
       </c>
       <c r="F73">
         <v>54</v>
       </c>
       <c r="G73" t="s">
         <v>14</v>
       </c>
       <c r="H73" t="s">
         <v>124</v>
       </c>
       <c r="I73" t="s">
         <v>16</v>
       </c>
       <c r="J73">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="K73">
         <v>1</v>
       </c>
       <c r="L73">
         <v>3</v>
       </c>
       <c r="M73">
         <v>4</v>
       </c>
       <c r="N73">
         <v>19</v>
       </c>
       <c r="O73">
         <v>4</v>
       </c>
       <c r="P73" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74">
         <v>460</v>
       </c>
       <c r="B74">
         <v>2</v>
       </c>
       <c r="C74" t="s">
         <v>159</v>
       </c>
       <c r="D74" t="s">
         <v>160</v>
       </c>
       <c r="E74">
         <v>4</v>
       </c>
       <c r="F74">
         <v>43</v>
       </c>
       <c r="G74" t="s">
         <v>14</v>
       </c>
       <c r="H74" t="s">
         <v>94</v>
       </c>
       <c r="I74" t="s">
         <v>16</v>
       </c>
       <c r="J74">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="K74">
         <v>1</v>
       </c>
       <c r="L74">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="M74">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="N74">
         <v>8</v>
       </c>
       <c r="O74">
         <v>3</v>
       </c>
       <c r="P74" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75">
         <v>462</v>
       </c>
       <c r="B75">
         <v>4</v>
       </c>
       <c r="C75" t="s">
         <v>161</v>
       </c>
       <c r="D75" t="s">
         <v>162</v>
       </c>
       <c r="E75">
         <v>4</v>
       </c>
       <c r="F75">
         <v>54</v>
       </c>
       <c r="G75" t="s">
         <v>14</v>
       </c>
       <c r="H75" t="s">
         <v>94</v>
       </c>
       <c r="I75" t="s">
         <v>16</v>
       </c>
       <c r="J75">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="K75">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L75">
         <v>3</v>
       </c>
       <c r="M75">
-        <v>4</v>
+        <v>5</v>
+      </c>
+      <c r="N75">
+        <v>4</v>
+      </c>
+      <c r="O75">
+        <v>1</v>
       </c>
       <c r="P75" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76">
         <v>463</v>
       </c>
       <c r="B76">
         <v>15</v>
       </c>
       <c r="C76" t="s">
         <v>90</v>
       </c>
       <c r="D76" t="s">
         <v>163</v>
       </c>
       <c r="E76">
         <v>4</v>
       </c>
       <c r="F76">
         <v>57</v>
       </c>
       <c r="G76" t="s">
         <v>14</v>
       </c>
       <c r="H76" t="s">
         <v>94</v>
       </c>
       <c r="I76" t="s">
         <v>16</v>
       </c>
       <c r="J76">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="K76">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="L76">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="M76">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="P76" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77">
         <v>509</v>
       </c>
       <c r="B77">
         <v>20</v>
       </c>
       <c r="C77" t="s">
         <v>24</v>
       </c>
       <c r="D77" t="s">
         <v>164</v>
       </c>
       <c r="E77">
         <v>4</v>
       </c>
       <c r="F77">
         <v>43</v>
       </c>
       <c r="G77" t="s">
         <v>14</v>
       </c>
       <c r="H77" t="s">
         <v>94</v>
       </c>
       <c r="I77" t="s">
         <v>16</v>
       </c>
       <c r="J77">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="K77">
         <v>3</v>
       </c>
       <c r="L77">
         <v>2</v>
       </c>
       <c r="M77">
         <v>5</v>
       </c>
       <c r="P77" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78">
         <v>511</v>
       </c>
       <c r="B78">
         <v>3</v>
       </c>
       <c r="C78" t="s">
         <v>165</v>
       </c>
       <c r="D78" t="s">
         <v>166</v>
       </c>
       <c r="E78">
         <v>7</v>
       </c>
       <c r="F78">
         <v>57</v>
       </c>
       <c r="G78" t="s">
         <v>14</v>
       </c>
       <c r="H78" t="s">
         <v>167</v>
       </c>
       <c r="I78" t="s">
         <v>16</v>
       </c>
       <c r="J78">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="L78">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M78">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N78">
         <v>2</v>
       </c>
       <c r="O78">
         <v>1</v>
       </c>
       <c r="P78" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79">
         <v>513</v>
       </c>
       <c r="B79">
         <v>28</v>
       </c>
       <c r="C79" t="s">
         <v>168</v>
       </c>
       <c r="D79" t="s">
         <v>169</v>
       </c>
       <c r="E79">
         <v>11</v>
       </c>
       <c r="F79">
         <v>55</v>
       </c>
       <c r="G79" t="s">
         <v>14</v>
       </c>
       <c r="H79" t="s">
         <v>167</v>
       </c>
       <c r="I79" t="s">
         <v>16</v>
       </c>
       <c r="J79">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="K79">
         <v>3</v>
       </c>
       <c r="L79">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="M79">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="N79">
         <v>6</v>
       </c>
       <c r="O79">
         <v>2</v>
       </c>
       <c r="P79" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80">
         <v>517</v>
       </c>
       <c r="B80">
         <v>20</v>
       </c>
       <c r="C80" t="s">
         <v>170</v>
       </c>
       <c r="D80" t="s">
         <v>171</v>
       </c>
       <c r="E80">
         <v>6</v>
       </c>
       <c r="F80">
         <v>44</v>
       </c>
       <c r="G80" t="s">
         <v>14</v>
       </c>
       <c r="H80" t="s">
         <v>167</v>
       </c>
       <c r="I80" t="s">
         <v>16</v>
       </c>
       <c r="J80">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="K80">
         <v>7</v>
       </c>
       <c r="L80">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M80">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="N80">
         <v>4</v>
       </c>
       <c r="O80">
         <v>2</v>
       </c>
       <c r="P80" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81">
         <v>536</v>
       </c>
       <c r="B81">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C81" t="s">
         <v>172</v>
       </c>
       <c r="D81" t="s">
         <v>173</v>
       </c>
       <c r="E81">
         <v>12</v>
       </c>
       <c r="F81">
         <v>44</v>
       </c>
       <c r="G81" t="s">
         <v>14</v>
       </c>
       <c r="H81" t="s">
         <v>167</v>
       </c>
       <c r="I81" t="s">
         <v>16</v>
       </c>
       <c r="J81">
+        <v>8</v>
+      </c>
+      <c r="K81">
+        <v>4</v>
+      </c>
+      <c r="L81">
         <v>5</v>
       </c>
-      <c r="K81">
-[...4 lines deleted...]
-      </c>
       <c r="M81">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="N81">
         <v>2</v>
       </c>
       <c r="O81">
         <v>1</v>
       </c>
       <c r="P81" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82">
         <v>539</v>
       </c>
       <c r="B82">
         <v>40</v>
       </c>
       <c r="C82" t="s">
         <v>161</v>
       </c>
       <c r="D82" t="s">
         <v>174</v>
       </c>
       <c r="E82">
         <v>4</v>
       </c>
       <c r="F82">
         <v>39</v>
       </c>
       <c r="G82" t="s">
         <v>14</v>
       </c>
       <c r="H82" t="s">
         <v>94</v>
       </c>
       <c r="I82" t="s">
         <v>16</v>
       </c>
       <c r="J82">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="K82">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L82">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="M82">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="N82">
         <v>2</v>
       </c>
       <c r="O82">
         <v>1</v>
       </c>
       <c r="P82" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83">
         <v>544</v>
       </c>
       <c r="B83">
         <v>11</v>
       </c>
       <c r="C83" t="s">
         <v>18</v>
       </c>
       <c r="D83" t="s">
         <v>175</v>
       </c>
       <c r="E83">
         <v>5</v>
       </c>
       <c r="F83">
         <v>42</v>
       </c>
       <c r="G83" t="s">
         <v>14</v>
       </c>
       <c r="H83" t="s">
         <v>167</v>
       </c>
       <c r="I83" t="s">
         <v>16</v>
       </c>
       <c r="J83">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="K83">
         <v>3</v>
       </c>
       <c r="L83">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="M83">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="N83">
         <v>6</v>
       </c>
       <c r="O83">
         <v>3</v>
       </c>
       <c r="P83" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84">
         <v>546</v>
       </c>
       <c r="B84">
         <v>8</v>
       </c>
       <c r="C84" t="s">
         <v>81</v>
       </c>
       <c r="D84" t="s">
         <v>176</v>
       </c>
       <c r="E84">
         <v>12</v>
       </c>
       <c r="F84">
         <v>44</v>
       </c>
       <c r="G84" t="s">
         <v>14</v>
       </c>
       <c r="H84" t="s">
         <v>167</v>
       </c>
       <c r="I84" t="s">
         <v>16</v>
       </c>
       <c r="J84">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="K84">
         <v>1</v>
       </c>
       <c r="L84">
         <v>4</v>
       </c>
       <c r="M84">
         <v>5</v>
       </c>
       <c r="N84">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="O84">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="P84" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85">
         <v>559</v>
       </c>
       <c r="B85">
         <v>27</v>
       </c>
       <c r="C85" t="s">
         <v>45</v>
       </c>
       <c r="D85" t="s">
         <v>177</v>
       </c>
       <c r="E85">
         <v>4</v>
       </c>
       <c r="F85">
         <v>50</v>
       </c>
       <c r="G85" t="s">
         <v>14</v>
       </c>
       <c r="H85" t="s">
         <v>178</v>
       </c>
       <c r="I85" t="s">
         <v>16</v>
       </c>
       <c r="J85">
-        <v>10</v>
+        <v>13</v>
+      </c>
+      <c r="K85">
+        <v>1</v>
       </c>
       <c r="L85">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M85">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N85">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="O85">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P85" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86">
         <v>568</v>
       </c>
       <c r="B86">
         <v>21</v>
       </c>
       <c r="C86" t="s">
         <v>179</v>
       </c>
       <c r="D86" t="s">
         <v>180</v>
       </c>
       <c r="E86">
         <v>5</v>
       </c>
       <c r="F86">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G86" t="s">
         <v>14</v>
       </c>
       <c r="H86" t="s">
         <v>178</v>
       </c>
       <c r="I86" t="s">
         <v>16</v>
       </c>
       <c r="J86">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="K86">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L86">
         <v>6</v>
       </c>
       <c r="M86">
-        <v>8</v>
+        <v>9</v>
+      </c>
+      <c r="N86">
+        <v>2</v>
+      </c>
+      <c r="O86">
+        <v>1</v>
       </c>
       <c r="P86" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87">
         <v>584</v>
       </c>
       <c r="B87">
         <v>5</v>
       </c>
       <c r="C87" t="s">
         <v>181</v>
       </c>
       <c r="D87" t="s">
         <v>164</v>
       </c>
       <c r="E87">
         <v>5</v>
       </c>
       <c r="F87">
         <v>46</v>
       </c>
       <c r="G87" t="s">
         <v>14</v>
       </c>
       <c r="H87" t="s">
         <v>178</v>
       </c>
       <c r="I87" t="s">
         <v>16</v>
       </c>
       <c r="J87">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N87">
         <v>4</v>
       </c>
       <c r="O87">
         <v>2</v>
       </c>
       <c r="P87" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88">
         <v>593</v>
       </c>
       <c r="B88">
         <v>4</v>
       </c>
       <c r="C88" t="s">
         <v>182</v>
       </c>
       <c r="D88" t="s">
         <v>183</v>
       </c>
       <c r="E88">
         <v>16</v>
       </c>
       <c r="F88">
         <v>48</v>
       </c>
       <c r="G88" t="s">
         <v>14</v>
       </c>
       <c r="H88" t="s">
         <v>184</v>
       </c>
       <c r="I88" t="s">
         <v>16</v>
       </c>
       <c r="J88">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="K88">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L88">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M88">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N88">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="O88">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="P88" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89">
         <v>594</v>
       </c>
       <c r="B89">
         <v>6</v>
       </c>
       <c r="C89" t="s">
         <v>186</v>
       </c>
       <c r="D89" t="s">
         <v>187</v>
       </c>
       <c r="E89">
         <v>16</v>
       </c>
       <c r="F89">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G89" t="s">
         <v>14</v>
       </c>
       <c r="H89" t="s">
         <v>184</v>
       </c>
       <c r="I89" t="s">
         <v>16</v>
       </c>
       <c r="J89">
+        <v>16</v>
+      </c>
+      <c r="K89">
+        <v>6</v>
+      </c>
+      <c r="L89">
         <v>13</v>
       </c>
-      <c r="K89">
-[...4 lines deleted...]
-      </c>
       <c r="M89">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="N89">
         <v>6</v>
       </c>
       <c r="O89">
         <v>3</v>
       </c>
       <c r="P89" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90">
         <v>595</v>
       </c>
       <c r="B90">
         <v>7</v>
       </c>
       <c r="C90" t="s">
         <v>54</v>
       </c>
       <c r="D90" t="s">
         <v>188</v>
       </c>
       <c r="E90">
         <v>16</v>
       </c>
       <c r="F90">
         <v>57</v>
       </c>
       <c r="G90" t="s">
         <v>14</v>
       </c>
       <c r="H90" t="s">
         <v>184</v>
       </c>
       <c r="I90" t="s">
         <v>16</v>
       </c>
       <c r="J90">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="K90">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L90">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M90">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="N90">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O90">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P90" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91">
         <v>596</v>
       </c>
       <c r="B91">
         <v>9</v>
       </c>
       <c r="C91" t="s">
         <v>189</v>
       </c>
       <c r="D91" t="s">
         <v>190</v>
       </c>
       <c r="E91">
         <v>16</v>
       </c>
       <c r="F91">
         <v>66</v>
       </c>
       <c r="G91" t="s">
         <v>14</v>
       </c>
       <c r="H91" t="s">
         <v>184</v>
       </c>
       <c r="I91" t="s">
         <v>16</v>
       </c>
       <c r="J91">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="L91">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="M91">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="N91">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="O91">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="P91" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92">
         <v>598</v>
       </c>
       <c r="B92">
         <v>12</v>
       </c>
       <c r="C92" t="s">
         <v>191</v>
       </c>
       <c r="D92" t="s">
         <v>192</v>
       </c>
       <c r="E92">
         <v>16</v>
       </c>
       <c r="F92">
         <v>55</v>
       </c>
       <c r="G92" t="s">
         <v>14</v>
       </c>
       <c r="H92" t="s">
         <v>184</v>
       </c>
       <c r="I92" t="s">
         <v>16</v>
       </c>
       <c r="J92">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="K92">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="L92">
         <v>14</v>
       </c>
       <c r="M92">
-        <v>24</v>
+        <v>25</v>
+      </c>
+      <c r="N92">
+        <v>2</v>
+      </c>
+      <c r="O92">
+        <v>1</v>
       </c>
       <c r="P92" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93">
         <v>600</v>
       </c>
       <c r="B93">
         <v>20</v>
       </c>
       <c r="C93" t="s">
         <v>18</v>
       </c>
       <c r="D93" t="s">
         <v>193</v>
       </c>
       <c r="E93">
         <v>16</v>
       </c>
       <c r="F93">
         <v>61</v>
       </c>
       <c r="G93" t="s">
         <v>14</v>
       </c>
       <c r="H93" t="s">
         <v>184</v>
       </c>
       <c r="I93" t="s">
         <v>16</v>
       </c>
       <c r="J93">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="K93">
         <v>3</v>
       </c>
       <c r="L93">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="M93">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="N93">
         <v>2</v>
       </c>
       <c r="O93">
         <v>1</v>
       </c>
       <c r="P93" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94">
         <v>602</v>
       </c>
       <c r="B94">
         <v>24</v>
       </c>
       <c r="C94" t="s">
         <v>81</v>
       </c>
       <c r="D94" t="s">
         <v>194</v>
       </c>
       <c r="E94">
         <v>16</v>
       </c>
       <c r="F94">
         <v>48</v>
       </c>
       <c r="G94" t="s">
         <v>14</v>
       </c>
       <c r="H94" t="s">
         <v>184</v>
       </c>
       <c r="I94" t="s">
         <v>16</v>
       </c>
       <c r="J94">
+        <v>10</v>
+      </c>
+      <c r="K94">
+        <v>5</v>
+      </c>
+      <c r="L94">
+        <v>3</v>
+      </c>
+      <c r="M94">
         <v>8</v>
       </c>
-      <c r="K94">
-[...6 lines deleted...]
-        <v>5</v>
+      <c r="N94">
+        <v>2</v>
+      </c>
+      <c r="O94">
+        <v>1</v>
       </c>
       <c r="P94" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95">
         <v>604</v>
       </c>
       <c r="B95">
         <v>66</v>
       </c>
       <c r="C95" t="s">
         <v>30</v>
       </c>
       <c r="D95" t="s">
         <v>195</v>
       </c>
       <c r="E95">
         <v>16</v>
       </c>
       <c r="F95">
         <v>40</v>
       </c>
       <c r="G95" t="s">
         <v>14</v>
       </c>
       <c r="H95" t="s">
         <v>184</v>
       </c>
       <c r="I95" t="s">
         <v>16</v>
       </c>
       <c r="J95">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K95">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="L95">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="M95">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="N95">
         <v>2</v>
       </c>
       <c r="O95">
         <v>1</v>
       </c>
       <c r="P95" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96">
         <v>605</v>
       </c>
       <c r="B96">
         <v>13</v>
       </c>
       <c r="C96" t="s">
         <v>36</v>
       </c>
       <c r="D96" t="s">
         <v>196</v>
       </c>
       <c r="E96">
@@ -5640,107 +5712,110 @@
       <c r="B97">
         <v>15</v>
       </c>
       <c r="C97" t="s">
         <v>147</v>
       </c>
       <c r="D97" t="s">
         <v>197</v>
       </c>
       <c r="E97">
         <v>16</v>
       </c>
       <c r="F97">
         <v>48</v>
       </c>
       <c r="G97" t="s">
         <v>14</v>
       </c>
       <c r="H97" t="s">
         <v>184</v>
       </c>
       <c r="I97" t="s">
         <v>16</v>
       </c>
       <c r="J97">
-        <v>11</v>
+        <v>15</v>
+      </c>
+      <c r="K97">
+        <v>2</v>
       </c>
       <c r="L97">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="M97">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="N97">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="O97">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="P97" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98">
         <v>608</v>
       </c>
       <c r="B98">
         <v>8</v>
       </c>
       <c r="C98" t="s">
         <v>132</v>
       </c>
       <c r="D98" t="s">
         <v>198</v>
       </c>
       <c r="E98">
         <v>16</v>
       </c>
       <c r="F98">
         <v>56</v>
       </c>
       <c r="G98" t="s">
         <v>14</v>
       </c>
       <c r="H98" t="s">
         <v>184</v>
       </c>
       <c r="I98" t="s">
         <v>16</v>
       </c>
       <c r="J98">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="K98">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L98">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="M98">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="N98">
         <v>8</v>
       </c>
       <c r="O98">
         <v>4</v>
       </c>
       <c r="P98" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99">
         <v>613</v>
       </c>
       <c r="B99">
         <v>62</v>
       </c>
       <c r="C99" t="s">
         <v>199</v>
       </c>
       <c r="D99" t="s">
         <v>200</v>
       </c>
       <c r="E99">
@@ -5784,160 +5859,160 @@
       <c r="B100">
         <v>4</v>
       </c>
       <c r="C100" t="s">
         <v>45</v>
       </c>
       <c r="D100" t="s">
         <v>201</v>
       </c>
       <c r="E100">
         <v>12</v>
       </c>
       <c r="F100">
         <v>44</v>
       </c>
       <c r="G100" t="s">
         <v>14</v>
       </c>
       <c r="H100" t="s">
         <v>184</v>
       </c>
       <c r="I100" t="s">
         <v>16</v>
       </c>
       <c r="J100">
+        <v>9</v>
+      </c>
+      <c r="K100">
+        <v>3</v>
+      </c>
+      <c r="L100">
         <v>7</v>
       </c>
-      <c r="K100">
-[...4 lines deleted...]
-      </c>
       <c r="M100">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="N100">
         <v>14</v>
       </c>
       <c r="O100">
         <v>7</v>
       </c>
       <c r="P100" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101">
         <v>615</v>
       </c>
       <c r="B101">
         <v>99</v>
       </c>
       <c r="C101" t="s">
         <v>202</v>
       </c>
       <c r="D101" t="s">
         <v>203</v>
       </c>
       <c r="E101">
         <v>12</v>
       </c>
       <c r="F101">
         <v>41</v>
       </c>
       <c r="G101" t="s">
         <v>14</v>
       </c>
       <c r="H101" t="s">
         <v>184</v>
       </c>
       <c r="I101" t="s">
         <v>16</v>
       </c>
       <c r="J101">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="K101">
         <v>6</v>
       </c>
       <c r="L101">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M101">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="N101">
         <v>6</v>
       </c>
       <c r="O101">
         <v>3</v>
       </c>
       <c r="P101" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102">
         <v>618</v>
       </c>
       <c r="B102">
         <v>24</v>
       </c>
       <c r="C102" t="s">
         <v>54</v>
       </c>
       <c r="D102" t="s">
         <v>204</v>
       </c>
       <c r="E102">
         <v>11</v>
       </c>
       <c r="F102">
         <v>57</v>
       </c>
       <c r="G102" t="s">
         <v>14</v>
       </c>
       <c r="H102" t="s">
         <v>184</v>
       </c>
       <c r="I102" t="s">
         <v>16</v>
       </c>
       <c r="J102">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="K102">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L102">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="M102">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="N102">
         <v>2</v>
       </c>
       <c r="O102">
         <v>1</v>
       </c>
       <c r="P102" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103">
         <v>622</v>
       </c>
       <c r="B103">
         <v>11</v>
       </c>
       <c r="C103" t="s">
         <v>205</v>
       </c>
       <c r="D103" t="s">
         <v>206</v>
       </c>
       <c r="E103">
@@ -5984,151 +6059,151 @@
       <c r="B104">
         <v>8</v>
       </c>
       <c r="C104" t="s">
         <v>179</v>
       </c>
       <c r="D104" t="s">
         <v>207</v>
       </c>
       <c r="E104">
         <v>7</v>
       </c>
       <c r="F104">
         <v>44</v>
       </c>
       <c r="G104" t="s">
         <v>14</v>
       </c>
       <c r="H104" t="s">
         <v>184</v>
       </c>
       <c r="I104" t="s">
         <v>16</v>
       </c>
       <c r="J104">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L104">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M104">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P104" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105">
         <v>631</v>
       </c>
       <c r="B105">
         <v>11</v>
       </c>
       <c r="C105" t="s">
         <v>208</v>
       </c>
       <c r="D105" t="s">
         <v>209</v>
       </c>
       <c r="E105">
         <v>11</v>
       </c>
       <c r="F105">
         <v>52</v>
       </c>
       <c r="G105" t="s">
         <v>14</v>
       </c>
       <c r="H105" t="s">
         <v>184</v>
       </c>
       <c r="I105" t="s">
         <v>16</v>
       </c>
       <c r="J105">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K105">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="L105">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="M105">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="N105">
         <v>4</v>
       </c>
       <c r="O105">
         <v>2</v>
       </c>
       <c r="P105" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106">
         <v>633</v>
       </c>
       <c r="B106">
         <v>9</v>
       </c>
       <c r="C106" t="s">
         <v>210</v>
       </c>
       <c r="D106" t="s">
         <v>211</v>
       </c>
       <c r="E106">
         <v>11</v>
       </c>
       <c r="F106">
         <v>59</v>
       </c>
       <c r="G106" t="s">
         <v>14</v>
       </c>
       <c r="H106" t="s">
         <v>184</v>
       </c>
       <c r="I106" t="s">
         <v>16</v>
       </c>
       <c r="J106">
+        <v>14</v>
+      </c>
+      <c r="K106">
         <v>11</v>
       </c>
-      <c r="K106">
-[...1 lines deleted...]
-      </c>
       <c r="L106">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="M106">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="N106">
         <v>4</v>
       </c>
       <c r="O106">
         <v>2</v>
       </c>
       <c r="P106" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107">
         <v>635</v>
       </c>
       <c r="C107" t="s">
         <v>212</v>
       </c>
       <c r="D107" t="s">
         <v>213</v>
       </c>
       <c r="E107">
         <v>12</v>
       </c>
       <c r="F107">
@@ -6154,136 +6229,136 @@
       <c r="B108">
         <v>3</v>
       </c>
       <c r="C108" t="s">
         <v>12</v>
       </c>
       <c r="D108" t="s">
         <v>214</v>
       </c>
       <c r="E108">
         <v>5</v>
       </c>
       <c r="F108">
         <v>40</v>
       </c>
       <c r="G108" t="s">
         <v>14</v>
       </c>
       <c r="H108" t="s">
         <v>184</v>
       </c>
       <c r="I108" t="s">
         <v>16</v>
       </c>
       <c r="J108">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="K108">
         <v>1</v>
       </c>
       <c r="L108">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M108">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P108" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109">
         <v>655</v>
       </c>
       <c r="B109">
         <v>13</v>
       </c>
       <c r="C109" t="s">
         <v>58</v>
       </c>
       <c r="D109" t="s">
         <v>38</v>
       </c>
       <c r="E109">
         <v>12</v>
       </c>
       <c r="F109">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G109" t="s">
         <v>14</v>
       </c>
       <c r="H109" t="s">
         <v>215</v>
       </c>
       <c r="I109" t="s">
         <v>16</v>
       </c>
       <c r="J109">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L109">
         <v>2</v>
       </c>
       <c r="M109">
         <v>2</v>
       </c>
       <c r="P109" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110">
         <v>658</v>
       </c>
       <c r="B110">
         <v>35</v>
       </c>
       <c r="C110" t="s">
         <v>216</v>
       </c>
       <c r="D110" t="s">
         <v>217</v>
       </c>
       <c r="E110">
         <v>8</v>
       </c>
       <c r="F110">
         <v>40</v>
       </c>
       <c r="G110" t="s">
         <v>14</v>
       </c>
       <c r="H110" t="s">
         <v>215</v>
       </c>
       <c r="I110" t="s">
         <v>16</v>
       </c>
       <c r="J110">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K110">
         <v>1</v>
       </c>
       <c r="M110">
         <v>1</v>
       </c>
       <c r="P110" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111">
         <v>660</v>
       </c>
       <c r="B111">
         <v>6</v>
       </c>
       <c r="C111" t="s">
         <v>218</v>
       </c>
       <c r="D111" t="s">
         <v>219</v>
       </c>
       <c r="E111">
@@ -6324,60 +6399,60 @@
       <c r="B112">
         <v>12</v>
       </c>
       <c r="C112" t="s">
         <v>221</v>
       </c>
       <c r="D112" t="s">
         <v>222</v>
       </c>
       <c r="E112">
         <v>4</v>
       </c>
       <c r="F112">
         <v>50</v>
       </c>
       <c r="G112" t="s">
         <v>14</v>
       </c>
       <c r="H112" t="s">
         <v>223</v>
       </c>
       <c r="I112" t="s">
         <v>16</v>
       </c>
       <c r="J112">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="K112">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L112">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M112">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="N112">
         <v>4</v>
       </c>
       <c r="O112">
         <v>2</v>
       </c>
       <c r="P112" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113">
         <v>675</v>
       </c>
       <c r="B113">
         <v>21</v>
       </c>
       <c r="C113" t="s">
         <v>161</v>
       </c>
       <c r="D113" t="s">
         <v>224</v>
       </c>
       <c r="E113">
@@ -6424,107 +6499,107 @@
       <c r="B114">
         <v>27</v>
       </c>
       <c r="C114" t="s">
         <v>140</v>
       </c>
       <c r="D114" t="s">
         <v>225</v>
       </c>
       <c r="E114">
         <v>16</v>
       </c>
       <c r="F114">
         <v>43</v>
       </c>
       <c r="G114" t="s">
         <v>14</v>
       </c>
       <c r="H114" t="s">
         <v>223</v>
       </c>
       <c r="I114" t="s">
         <v>16</v>
       </c>
       <c r="J114">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="K114">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="L114">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M114">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="N114">
         <v>2</v>
       </c>
       <c r="O114">
         <v>1</v>
       </c>
       <c r="P114" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115">
         <v>677</v>
       </c>
       <c r="B115">
         <v>17</v>
       </c>
       <c r="C115" t="s">
         <v>72</v>
       </c>
       <c r="D115" t="s">
         <v>226</v>
       </c>
       <c r="E115">
         <v>16</v>
       </c>
       <c r="F115">
         <v>44</v>
       </c>
       <c r="G115" t="s">
         <v>14</v>
       </c>
       <c r="H115" t="s">
         <v>223</v>
       </c>
       <c r="I115" t="s">
         <v>16</v>
       </c>
       <c r="J115">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L115">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M115">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N115">
         <v>2</v>
       </c>
       <c r="O115">
         <v>1</v>
       </c>
       <c r="P115" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116">
         <v>678</v>
       </c>
       <c r="B116">
         <v>88</v>
       </c>
       <c r="C116" t="s">
         <v>87</v>
       </c>
       <c r="D116" t="s">
         <v>227</v>
       </c>
       <c r="E116">
@@ -6544,442 +6619,442 @@
       </c>
       <c r="J116">
         <v>1</v>
       </c>
       <c r="P116" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117">
         <v>679</v>
       </c>
       <c r="B117">
         <v>11</v>
       </c>
       <c r="C117" t="s">
         <v>228</v>
       </c>
       <c r="D117" t="s">
         <v>229</v>
       </c>
       <c r="E117">
         <v>16</v>
       </c>
       <c r="F117">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G117" t="s">
         <v>14</v>
       </c>
       <c r="H117" t="s">
         <v>223</v>
       </c>
       <c r="I117" t="s">
         <v>16</v>
       </c>
       <c r="J117">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="K117">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L117">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="M117">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="N117">
         <v>10</v>
       </c>
       <c r="O117">
         <v>4</v>
       </c>
       <c r="P117" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118">
         <v>680</v>
       </c>
       <c r="B118">
         <v>12</v>
       </c>
       <c r="C118" t="s">
         <v>230</v>
       </c>
       <c r="D118" t="s">
         <v>231</v>
       </c>
       <c r="E118">
         <v>6</v>
       </c>
       <c r="F118">
         <v>53</v>
       </c>
       <c r="G118" t="s">
         <v>14</v>
       </c>
       <c r="H118" t="s">
         <v>223</v>
       </c>
       <c r="I118" t="s">
         <v>16</v>
       </c>
       <c r="J118">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="K118">
         <v>5</v>
       </c>
       <c r="L118">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="M118">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="N118">
         <v>6</v>
       </c>
       <c r="O118">
         <v>3</v>
       </c>
       <c r="P118" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119">
         <v>681</v>
       </c>
       <c r="B119">
         <v>77</v>
       </c>
       <c r="C119" t="s">
         <v>232</v>
       </c>
       <c r="D119" t="s">
         <v>233</v>
       </c>
       <c r="E119">
         <v>6</v>
       </c>
       <c r="F119">
         <v>39</v>
       </c>
       <c r="G119" t="s">
         <v>14</v>
       </c>
       <c r="H119" t="s">
         <v>223</v>
       </c>
       <c r="I119" t="s">
         <v>16</v>
       </c>
       <c r="J119">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="K119">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L119">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M119">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="P119" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120">
         <v>682</v>
       </c>
       <c r="B120">
         <v>15</v>
       </c>
       <c r="C120" t="s">
         <v>234</v>
       </c>
       <c r="D120" t="s">
         <v>235</v>
       </c>
       <c r="E120">
         <v>6</v>
       </c>
       <c r="F120">
         <v>44</v>
       </c>
       <c r="G120" t="s">
         <v>14</v>
       </c>
       <c r="H120" t="s">
         <v>223</v>
       </c>
       <c r="I120" t="s">
         <v>16</v>
       </c>
       <c r="J120">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="K120">
         <v>1</v>
       </c>
       <c r="L120">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M120">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N120">
         <v>14</v>
       </c>
       <c r="O120">
         <v>7</v>
       </c>
       <c r="P120" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121">
         <v>683</v>
       </c>
       <c r="B121">
         <v>16</v>
       </c>
       <c r="C121" t="s">
         <v>152</v>
       </c>
       <c r="D121" t="s">
         <v>236</v>
       </c>
       <c r="E121">
         <v>11</v>
       </c>
       <c r="F121">
         <v>59</v>
       </c>
       <c r="G121" t="s">
         <v>14</v>
       </c>
       <c r="H121" t="s">
         <v>223</v>
       </c>
       <c r="I121" t="s">
         <v>16</v>
       </c>
       <c r="J121">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="K121">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="L121">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="M121">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="P121" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122">
         <v>686</v>
       </c>
       <c r="B122">
         <v>4</v>
       </c>
       <c r="C122" t="s">
         <v>102</v>
       </c>
       <c r="D122" t="s">
         <v>237</v>
       </c>
       <c r="E122">
         <v>8</v>
       </c>
       <c r="F122">
         <v>52</v>
       </c>
       <c r="G122" t="s">
         <v>14</v>
       </c>
       <c r="H122" t="s">
         <v>215</v>
       </c>
       <c r="I122" t="s">
         <v>16</v>
       </c>
       <c r="J122">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="L122">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M122">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P122" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123">
         <v>687</v>
       </c>
       <c r="B123">
         <v>8</v>
       </c>
       <c r="C123" t="s">
         <v>43</v>
       </c>
       <c r="D123" t="s">
         <v>35</v>
       </c>
       <c r="E123">
         <v>5</v>
       </c>
       <c r="F123">
         <v>40</v>
       </c>
       <c r="G123" t="s">
         <v>14</v>
       </c>
       <c r="H123" t="s">
         <v>223</v>
       </c>
       <c r="I123" t="s">
         <v>16</v>
       </c>
       <c r="J123">
+        <v>13</v>
+      </c>
+      <c r="K123">
         <v>10</v>
       </c>
-      <c r="K123">
-[...1 lines deleted...]
-      </c>
       <c r="L123">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="M123">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="N123">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="O123">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P123" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124">
         <v>689</v>
       </c>
       <c r="B124">
         <v>67</v>
       </c>
       <c r="C124" t="s">
         <v>238</v>
       </c>
       <c r="D124" t="s">
         <v>239</v>
       </c>
       <c r="E124">
         <v>6</v>
       </c>
       <c r="F124">
         <v>65</v>
       </c>
       <c r="G124" t="s">
         <v>14</v>
       </c>
       <c r="H124" t="s">
         <v>223</v>
       </c>
       <c r="I124" t="s">
         <v>16</v>
       </c>
       <c r="J124">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="K124">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="L124">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M124">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="N124">
         <v>8</v>
       </c>
       <c r="O124">
         <v>4</v>
       </c>
       <c r="P124" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125">
         <v>695</v>
       </c>
       <c r="B125">
         <v>26</v>
       </c>
       <c r="C125" t="s">
         <v>18</v>
       </c>
       <c r="D125" t="s">
         <v>240</v>
       </c>
       <c r="E125">
         <v>7</v>
       </c>
       <c r="F125">
         <v>56</v>
       </c>
       <c r="G125" t="s">
         <v>14</v>
       </c>
       <c r="H125" t="s">
         <v>223</v>
       </c>
       <c r="I125" t="s">
         <v>16</v>
       </c>
       <c r="J125">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="N125">
         <v>4</v>
       </c>
       <c r="O125">
         <v>2</v>
       </c>
       <c r="P125" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126">
         <v>697</v>
       </c>
       <c r="B126">
         <v>19</v>
       </c>
       <c r="C126" t="s">
         <v>126</v>
       </c>
       <c r="D126" t="s">
         <v>241</v>
       </c>
       <c r="E126">
@@ -7011,201 +7086,201 @@
       <c r="B127">
         <v>25</v>
       </c>
       <c r="C127" t="s">
         <v>242</v>
       </c>
       <c r="D127" t="s">
         <v>243</v>
       </c>
       <c r="E127">
         <v>5</v>
       </c>
       <c r="F127">
         <v>51</v>
       </c>
       <c r="G127" t="s">
         <v>14</v>
       </c>
       <c r="H127" t="s">
         <v>244</v>
       </c>
       <c r="I127" t="s">
         <v>16</v>
       </c>
       <c r="J127">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="K127">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="L127">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M127">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="P127" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128">
         <v>708</v>
       </c>
       <c r="B128">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="C128" t="s">
         <v>64</v>
       </c>
       <c r="D128" t="s">
         <v>245</v>
       </c>
       <c r="E128">
         <v>5</v>
       </c>
       <c r="F128">
         <v>45</v>
       </c>
       <c r="G128" t="s">
         <v>14</v>
       </c>
       <c r="H128" t="s">
         <v>244</v>
       </c>
       <c r="I128" t="s">
         <v>16</v>
       </c>
       <c r="J128">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="K128">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L128">
         <v>1</v>
       </c>
       <c r="M128">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P128" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129">
         <v>720</v>
       </c>
       <c r="B129">
         <v>21</v>
       </c>
       <c r="C129" t="s">
         <v>246</v>
       </c>
       <c r="D129" t="s">
         <v>247</v>
       </c>
       <c r="E129">
         <v>4</v>
       </c>
       <c r="F129">
         <v>60</v>
       </c>
       <c r="G129" t="s">
         <v>14</v>
       </c>
       <c r="H129" t="s">
         <v>220</v>
       </c>
       <c r="I129" t="s">
         <v>16</v>
       </c>
       <c r="J129">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="K129">
         <v>3</v>
       </c>
       <c r="M129">
         <v>3</v>
       </c>
       <c r="N129">
         <v>2</v>
       </c>
       <c r="O129">
         <v>1</v>
       </c>
       <c r="P129" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130">
         <v>721</v>
       </c>
       <c r="B130">
         <v>13</v>
       </c>
       <c r="C130" t="s">
         <v>248</v>
       </c>
       <c r="D130" t="s">
         <v>249</v>
       </c>
       <c r="E130">
         <v>12</v>
       </c>
       <c r="F130">
         <v>44</v>
       </c>
       <c r="G130" t="s">
         <v>14</v>
       </c>
       <c r="H130" t="s">
         <v>220</v>
       </c>
       <c r="I130" t="s">
         <v>16</v>
       </c>
       <c r="J130">
+        <v>17</v>
+      </c>
+      <c r="K130">
         <v>13</v>
       </c>
-      <c r="K130">
-[...1 lines deleted...]
-      </c>
       <c r="L130">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="M130">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="N130">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="O130">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P130" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131">
         <v>722</v>
       </c>
       <c r="C131" t="s">
         <v>161</v>
       </c>
       <c r="D131" t="s">
         <v>250</v>
       </c>
       <c r="E131">
         <v>16</v>
       </c>
       <c r="F131">
         <v>40</v>
       </c>
       <c r="G131" t="s">
         <v>14</v>
       </c>
       <c r="H131" t="s">
@@ -7225,145 +7300,145 @@
       <c r="B132">
         <v>16</v>
       </c>
       <c r="C132" t="s">
         <v>18</v>
       </c>
       <c r="D132" t="s">
         <v>251</v>
       </c>
       <c r="E132">
         <v>16</v>
       </c>
       <c r="F132">
         <v>38</v>
       </c>
       <c r="G132" t="s">
         <v>14</v>
       </c>
       <c r="H132" t="s">
         <v>220</v>
       </c>
       <c r="I132" t="s">
         <v>16</v>
       </c>
       <c r="J132">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="K132">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="L132">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="M132">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="P132" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133">
         <v>724</v>
       </c>
       <c r="B133">
         <v>3</v>
       </c>
       <c r="C133" t="s">
         <v>252</v>
       </c>
       <c r="D133" t="s">
         <v>253</v>
       </c>
       <c r="E133">
         <v>4</v>
       </c>
       <c r="F133">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G133" t="s">
         <v>14</v>
       </c>
       <c r="H133" t="s">
         <v>220</v>
       </c>
       <c r="I133" t="s">
         <v>16</v>
       </c>
       <c r="J133">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="L133">
         <v>2</v>
       </c>
       <c r="M133">
         <v>2</v>
       </c>
       <c r="P133" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134">
         <v>725</v>
       </c>
       <c r="B134">
         <v>1</v>
       </c>
       <c r="C134" t="s">
         <v>161</v>
       </c>
       <c r="D134" t="s">
         <v>226</v>
       </c>
       <c r="E134">
         <v>16</v>
       </c>
       <c r="F134">
         <v>50</v>
       </c>
       <c r="G134" t="s">
         <v>14</v>
       </c>
       <c r="H134" t="s">
         <v>220</v>
       </c>
       <c r="I134" t="s">
         <v>16</v>
       </c>
       <c r="J134">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K134">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L134">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M134">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="O134">
         <v>1</v>
       </c>
       <c r="P134" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135">
         <v>726</v>
       </c>
       <c r="C135" t="s">
         <v>254</v>
       </c>
       <c r="D135" t="s">
         <v>255</v>
       </c>
       <c r="E135">
         <v>16</v>
       </c>
       <c r="F135">
         <v>45</v>
       </c>
       <c r="G135" t="s">
@@ -7386,60 +7461,66 @@
       <c r="B136">
         <v>17</v>
       </c>
       <c r="C136" t="s">
         <v>32</v>
       </c>
       <c r="D136" t="s">
         <v>161</v>
       </c>
       <c r="E136">
         <v>6</v>
       </c>
       <c r="F136">
         <v>49</v>
       </c>
       <c r="G136" t="s">
         <v>14</v>
       </c>
       <c r="H136" t="s">
         <v>220</v>
       </c>
       <c r="I136" t="s">
         <v>16</v>
       </c>
       <c r="J136">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="K136">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L136">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M136">
-        <v>4</v>
+        <v>7</v>
+      </c>
+      <c r="N136">
+        <v>2</v>
+      </c>
+      <c r="O136">
+        <v>1</v>
       </c>
       <c r="P136" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137">
         <v>728</v>
       </c>
       <c r="B137">
         <v>18</v>
       </c>
       <c r="C137" t="s">
         <v>256</v>
       </c>
       <c r="D137" t="s">
         <v>257</v>
       </c>
       <c r="E137">
         <v>6</v>
       </c>
       <c r="F137">
         <v>55</v>
       </c>
       <c r="G137" t="s">
@@ -7480,101 +7561,101 @@
       <c r="B138">
         <v>12</v>
       </c>
       <c r="C138" t="s">
         <v>258</v>
       </c>
       <c r="D138" t="s">
         <v>259</v>
       </c>
       <c r="E138">
         <v>7</v>
       </c>
       <c r="F138">
         <v>44</v>
       </c>
       <c r="G138" t="s">
         <v>14</v>
       </c>
       <c r="H138" t="s">
         <v>220</v>
       </c>
       <c r="I138" t="s">
         <v>16</v>
       </c>
       <c r="J138">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="K138">
         <v>4</v>
       </c>
       <c r="L138">
         <v>4</v>
       </c>
       <c r="M138">
         <v>8</v>
       </c>
       <c r="N138">
         <v>2</v>
       </c>
       <c r="O138">
         <v>1</v>
       </c>
       <c r="P138" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="139" spans="1:16">
       <c r="A139">
         <v>730</v>
       </c>
       <c r="B139">
         <v>13</v>
       </c>
       <c r="C139" t="s">
         <v>58</v>
       </c>
       <c r="D139" t="s">
         <v>260</v>
       </c>
       <c r="E139">
         <v>7</v>
       </c>
       <c r="F139">
         <v>48</v>
       </c>
       <c r="G139" t="s">
         <v>14</v>
       </c>
       <c r="H139" t="s">
         <v>220</v>
       </c>
       <c r="I139" t="s">
         <v>16</v>
       </c>
       <c r="J139">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K139">
         <v>1</v>
       </c>
       <c r="L139">
         <v>4</v>
       </c>
       <c r="M139">
         <v>5</v>
       </c>
       <c r="P139" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="140" spans="1:16">
       <c r="A140">
         <v>733</v>
       </c>
       <c r="B140">
         <v>24</v>
       </c>
       <c r="C140" t="s">
         <v>228</v>
       </c>
       <c r="D140" t="s">
@@ -7618,51 +7699,51 @@
       <c r="B141">
         <v>17</v>
       </c>
       <c r="C141" t="s">
         <v>262</v>
       </c>
       <c r="D141" t="s">
         <v>263</v>
       </c>
       <c r="E141">
         <v>7</v>
       </c>
       <c r="F141">
         <v>40</v>
       </c>
       <c r="G141" t="s">
         <v>14</v>
       </c>
       <c r="H141" t="s">
         <v>220</v>
       </c>
       <c r="I141" t="s">
         <v>16</v>
       </c>
       <c r="J141">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="K141">
         <v>5</v>
       </c>
       <c r="L141">
         <v>3</v>
       </c>
       <c r="M141">
         <v>8</v>
       </c>
       <c r="N141">
         <v>2</v>
       </c>
       <c r="O141">
         <v>1</v>
       </c>
       <c r="P141" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="142" spans="1:16">
       <c r="A142">
         <v>735</v>
       </c>
       <c r="B142">
@@ -7747,177 +7828,236 @@
       <c r="A144">
         <v>740</v>
       </c>
       <c r="B144">
         <v>19</v>
       </c>
       <c r="C144" t="s">
         <v>266</v>
       </c>
       <c r="D144" t="s">
         <v>267</v>
       </c>
       <c r="E144">
         <v>5</v>
       </c>
       <c r="G144" t="s">
         <v>14</v>
       </c>
       <c r="H144" t="s">
         <v>220</v>
       </c>
       <c r="I144" t="s">
         <v>16</v>
       </c>
       <c r="J144">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="K144">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="L144">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M144">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="P144" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="145" spans="1:16">
       <c r="A145">
         <v>741</v>
       </c>
       <c r="B145">
         <v>13</v>
       </c>
       <c r="C145" t="s">
         <v>34</v>
       </c>
       <c r="D145" t="s">
         <v>268</v>
       </c>
       <c r="E145">
         <v>4</v>
       </c>
       <c r="F145">
         <v>67</v>
       </c>
       <c r="G145" t="s">
         <v>14</v>
       </c>
       <c r="H145" t="s">
         <v>220</v>
       </c>
       <c r="I145" t="s">
         <v>16</v>
       </c>
       <c r="J145">
+        <v>4</v>
+      </c>
+      <c r="K145">
+        <v>1</v>
+      </c>
+      <c r="M145">
         <v>1</v>
       </c>
       <c r="P145" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="146" spans="1:16">
       <c r="A146">
         <v>742</v>
       </c>
       <c r="B146">
         <v>19</v>
       </c>
       <c r="C146" t="s">
         <v>58</v>
       </c>
       <c r="D146" t="s">
         <v>269</v>
       </c>
       <c r="E146">
         <v>6</v>
       </c>
       <c r="F146">
         <v>37</v>
       </c>
       <c r="G146" t="s">
         <v>14</v>
       </c>
       <c r="H146" t="s">
         <v>220</v>
       </c>
       <c r="I146" t="s">
         <v>16</v>
       </c>
       <c r="J146">
-        <v>2</v>
+        <v>6</v>
+      </c>
+      <c r="K146">
+        <v>1</v>
       </c>
       <c r="L146">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M146">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="N146">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O146">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="P146" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="147" spans="1:16">
       <c r="A147">
         <v>744</v>
       </c>
       <c r="B147">
         <v>16</v>
       </c>
       <c r="C147" t="s">
         <v>41</v>
       </c>
       <c r="D147" t="s">
         <v>270</v>
       </c>
       <c r="E147">
         <v>7</v>
       </c>
       <c r="G147" t="s">
         <v>14</v>
       </c>
       <c r="H147" t="s">
         <v>220</v>
       </c>
       <c r="I147" t="s">
         <v>16</v>
       </c>
       <c r="J147">
-        <v>1</v>
+        <v>5</v>
+      </c>
+      <c r="K147">
+        <v>1</v>
+      </c>
+      <c r="L147">
+        <v>1</v>
+      </c>
+      <c r="M147">
+        <v>2</v>
       </c>
       <c r="P147" t="s">
         <v>75</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148">
+        <v>745</v>
+      </c>
+      <c r="B148">
+        <v>20</v>
+      </c>
+      <c r="C148" t="s">
+        <v>186</v>
+      </c>
+      <c r="D148" t="s">
+        <v>271</v>
+      </c>
+      <c r="E148">
+        <v>5</v>
+      </c>
+      <c r="G148" t="s">
+        <v>14</v>
+      </c>
+      <c r="H148" t="s">
+        <v>220</v>
+      </c>
+      <c r="I148" t="s">
+        <v>16</v>
+      </c>
+      <c r="J148">
+        <v>2</v>
+      </c>
+      <c r="K148">
+        <v>1</v>
+      </c>
+      <c r="L148">
+        <v>2</v>
+      </c>
+      <c r="M148">
+        <v>3</v>
+      </c>
+      <c r="P148" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">