--- v4 (2026-02-04)
+++ v5 (2026-02-25)
@@ -12,866 +12,749 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Pens" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="272">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
   <si>
     <t>Player Id</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
-    <t>Lastn Name</t>
+    <t>Last Name</t>
   </si>
   <si>
     <t>Team Id</t>
   </si>
   <si>
     <t>Games Played</t>
   </si>
   <si>
     <t>Goals</t>
   </si>
   <si>
     <t>Assists</t>
   </si>
   <si>
     <t>Points</t>
   </si>
   <si>
     <t>Pims</t>
   </si>
   <si>
     <t>Pen Instances</t>
   </si>
   <si>
     <t>Team</t>
   </si>
   <si>
+    <t>Season</t>
+  </si>
+  <si>
     <t>Trevor</t>
   </si>
   <si>
     <t>Travis</t>
   </si>
   <si>
-    <t>In Active</t>
-[...8 lines deleted...]
-    <t>{"Blue Goose":6}</t>
+    <t>Blue Goose</t>
+  </si>
+  <si>
+    <t>Winter 2025-26 Playoffs</t>
   </si>
   <si>
     <t>Mike</t>
   </si>
   <si>
     <t>MacMillan</t>
   </si>
   <si>
     <t>Murray</t>
   </si>
   <si>
     <t>Cooke</t>
   </si>
   <si>
     <t>Barry</t>
   </si>
   <si>
     <t>Boettcher</t>
   </si>
   <si>
     <t>Dave</t>
   </si>
   <si>
     <t>McCharles</t>
   </si>
   <si>
-    <t>Parise</t>
-[...4 lines deleted...]
-  <si>
     <t>Warren</t>
   </si>
   <si>
     <t>Nazareth</t>
   </si>
   <si>
+    <t>Mimico Creaks</t>
+  </si>
+  <si>
     <t>Tim</t>
   </si>
   <si>
     <t>Lang</t>
   </si>
   <si>
     <t>Chris</t>
   </si>
   <si>
     <t>Romanick</t>
   </si>
   <si>
     <t>Brian</t>
   </si>
   <si>
     <t>Booth</t>
   </si>
   <si>
-    <t>Rob</t>
-[...4 lines deleted...]
-  <si>
     <t>Craig</t>
   </si>
   <si>
     <t>Stadig</t>
   </si>
   <si>
-    <t>Summer 2018 Playoffs</t>
-[...1 lines deleted...]
-  <si>
     <t>John</t>
   </si>
   <si>
     <t>Zarand</t>
   </si>
   <si>
     <t>Jeff</t>
   </si>
   <si>
     <t>Weir</t>
   </si>
   <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>Marshall</t>
   </si>
   <si>
-    <t>{"Mimico Old Boys":8}</t>
+    <t>Mimico Old Boys</t>
   </si>
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>Stiles</t>
   </si>
   <si>
-    <t>Summer 2019 Playoffs</t>
-[...1 lines deleted...]
-  <si>
     <t>Sharpe</t>
   </si>
   <si>
     <t>Mak</t>
   </si>
   <si>
     <t>Vilip</t>
   </si>
   <si>
+    <t>Terry</t>
+  </si>
+  <si>
+    <t>Durette</t>
+  </si>
+  <si>
+    <t>Ken</t>
+  </si>
+  <si>
+    <t>Graydon</t>
+  </si>
+  <si>
+    <t>Blair</t>
+  </si>
+  <si>
+    <t>Cameron</t>
+  </si>
+  <si>
+    <t>Shawn</t>
+  </si>
+  <si>
+    <t>Hughes</t>
+  </si>
+  <si>
+    <t>James</t>
+  </si>
+  <si>
+    <t>Coon</t>
+  </si>
+  <si>
+    <t>Szarka</t>
+  </si>
+  <si>
+    <t>Juilian</t>
+  </si>
+  <si>
+    <t>Deschatelets</t>
+  </si>
+  <si>
+    <t>Brent</t>
+  </si>
+  <si>
+    <t>Harris</t>
+  </si>
+  <si>
+    <t>Fossils</t>
+  </si>
+  <si>
+    <t>Bulley</t>
+  </si>
+  <si>
+    <t>Jim</t>
+  </si>
+  <si>
+    <t>Henderson</t>
+  </si>
+  <si>
+    <t>Hugh</t>
+  </si>
+  <si>
+    <t>Drennan</t>
+  </si>
+  <si>
+    <t>Brad</t>
+  </si>
+  <si>
+    <t>Buchanan</t>
+  </si>
+  <si>
+    <t>Ian</t>
+  </si>
+  <si>
+    <t>Campbell</t>
+  </si>
+  <si>
+    <t>Darrin</t>
+  </si>
+  <si>
+    <t>Riemer</t>
+  </si>
+  <si>
+    <t>Greg</t>
+  </si>
+  <si>
+    <t>Ellis</t>
+  </si>
+  <si>
+    <t>Etobicoke Wings</t>
+  </si>
+  <si>
+    <t>Paul</t>
+  </si>
+  <si>
+    <t>Riopelle</t>
+  </si>
+  <si>
+    <t>Stephane</t>
+  </si>
+  <si>
+    <t>Lecuyer</t>
+  </si>
+  <si>
+    <t>Kirby</t>
+  </si>
+  <si>
+    <t>Jamie</t>
+  </si>
+  <si>
+    <t>Allan</t>
+  </si>
+  <si>
+    <t>Joe</t>
+  </si>
+  <si>
+    <t>Dixon</t>
+  </si>
+  <si>
+    <t>Theodore</t>
+  </si>
+  <si>
+    <t>Linseman</t>
+  </si>
+  <si>
+    <t>Frank</t>
+  </si>
+  <si>
+    <t>Miotto</t>
+  </si>
+  <si>
+    <t>Welsh</t>
+  </si>
+  <si>
+    <t>Jon</t>
+  </si>
+  <si>
+    <t>Land</t>
+  </si>
+  <si>
+    <t>Jay</t>
+  </si>
+  <si>
+    <t>Stenhouse</t>
+  </si>
+  <si>
+    <t>Lee</t>
+  </si>
+  <si>
+    <t>Barter</t>
+  </si>
+  <si>
+    <t>McLeod</t>
+  </si>
+  <si>
+    <t>Pat</t>
+  </si>
+  <si>
+    <t>Celik</t>
+  </si>
+  <si>
+    <t>Derek</t>
+  </si>
+  <si>
+    <t>Sweeney</t>
+  </si>
+  <si>
+    <t>Dan</t>
+  </si>
+  <si>
+    <t>Meister</t>
+  </si>
+  <si>
+    <t>Radoslav</t>
+  </si>
+  <si>
+    <t>Pencak</t>
+  </si>
+  <si>
+    <t>Weston</t>
+  </si>
+  <si>
+    <t>Adam</t>
+  </si>
+  <si>
+    <t>Crisp</t>
+  </si>
+  <si>
+    <t>Caranci</t>
+  </si>
+  <si>
+    <t>Peter</t>
+  </si>
+  <si>
+    <t>Koehler</t>
+  </si>
+  <si>
+    <t>Noble</t>
+  </si>
+  <si>
+    <t>Walter</t>
+  </si>
+  <si>
+    <t>Fantin</t>
+  </si>
+  <si>
+    <t>Al</t>
+  </si>
+  <si>
+    <t>Cooper</t>
+  </si>
+  <si>
+    <t>Jeffery</t>
+  </si>
+  <si>
+    <t>Lulham</t>
+  </si>
+  <si>
+    <t>Blades</t>
+  </si>
+  <si>
+    <t>Clarke</t>
+  </si>
+  <si>
+    <t>Tedesco</t>
+  </si>
+  <si>
+    <t>Keith</t>
+  </si>
+  <si>
+    <t>Rogers</t>
+  </si>
+  <si>
+    <t>Tedford</t>
+  </si>
+  <si>
+    <t>Nick</t>
+  </si>
+  <si>
+    <t>Gray</t>
+  </si>
+  <si>
+    <t>Patrick</t>
+  </si>
+  <si>
+    <t>Magee</t>
+  </si>
+  <si>
+    <t>Jake</t>
+  </si>
+  <si>
+    <t>Irwin</t>
+  </si>
+  <si>
+    <t>Russell</t>
+  </si>
+  <si>
+    <t>Sam</t>
+  </si>
+  <si>
+    <t>Mouratidis</t>
+  </si>
+  <si>
+    <t>Austen</t>
+  </si>
+  <si>
+    <t>MacDonald</t>
+  </si>
+  <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>Pomakov</t>
+  </si>
+  <si>
+    <t>Warran</t>
+  </si>
+  <si>
+    <t>Kyle</t>
+  </si>
+  <si>
+    <t>Battiston</t>
+  </si>
+  <si>
+    <t>Ryan</t>
+  </si>
+  <si>
+    <t>Soderberg</t>
+  </si>
+  <si>
+    <t>Desimone</t>
+  </si>
+  <si>
+    <t>Brown</t>
+  </si>
+  <si>
+    <t>Gord</t>
+  </si>
+  <si>
+    <t>Jessop</t>
+  </si>
+  <si>
+    <t>Bert</t>
+  </si>
+  <si>
+    <t>Belvedere</t>
+  </si>
+  <si>
+    <t>Josh</t>
+  </si>
+  <si>
+    <t>Visser</t>
+  </si>
+  <si>
+    <t>Dale</t>
+  </si>
+  <si>
+    <t>Beesley</t>
+  </si>
+  <si>
+    <t>Harvey</t>
+  </si>
+  <si>
+    <t>Olsen</t>
+  </si>
+  <si>
+    <t>Greenshields</t>
+  </si>
+  <si>
+    <t>Sherrard</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Kapshey</t>
+  </si>
+  <si>
+    <t>Bob</t>
+  </si>
+  <si>
+    <t>Greig</t>
+  </si>
+  <si>
+    <t>Love</t>
+  </si>
+  <si>
+    <t>Fireball Dragons</t>
+  </si>
+  <si>
+    <t>Matt</t>
+  </si>
+  <si>
+    <t>Dunlop</t>
+  </si>
+  <si>
     <t>Kevin</t>
   </si>
   <si>
-    <t>Johnson</t>
-[...5 lines deleted...]
-    <t>Durette</t>
+    <t>Delano</t>
+  </si>
+  <si>
+    <t>Lorenzo</t>
+  </si>
+  <si>
+    <t>Perozzo</t>
+  </si>
+  <si>
+    <t>Darren</t>
+  </si>
+  <si>
+    <t>Gornall</t>
+  </si>
+  <si>
+    <t>Brady</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>Britten</t>
+  </si>
+  <si>
+    <t>Hanlon</t>
+  </si>
+  <si>
+    <t>Spoja</t>
+  </si>
+  <si>
+    <t>Scott</t>
+  </si>
+  <si>
+    <t>Walling</t>
+  </si>
+  <si>
+    <t>Thompson</t>
+  </si>
+  <si>
+    <t>Conor</t>
+  </si>
+  <si>
+    <t>Wilson</t>
+  </si>
+  <si>
+    <t>Bonello</t>
+  </si>
+  <si>
+    <t>Brandon</t>
+  </si>
+  <si>
+    <t>Cahill</t>
+  </si>
+  <si>
+    <t>Dubbin</t>
+  </si>
+  <si>
+    <t>Steve</t>
+  </si>
+  <si>
+    <t>Bojcun</t>
+  </si>
+  <si>
+    <t>Josef</t>
+  </si>
+  <si>
+    <t>Maly</t>
+  </si>
+  <si>
+    <t>Dupree</t>
+  </si>
+  <si>
+    <t>Toli</t>
+  </si>
+  <si>
+    <t>Anastassiou</t>
+  </si>
+  <si>
+    <t>Walton</t>
+  </si>
+  <si>
+    <t>Seckington</t>
+  </si>
+  <si>
+    <t>Noon</t>
+  </si>
+  <si>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>Dineley</t>
+  </si>
+  <si>
+    <t>Shane</t>
+  </si>
+  <si>
+    <t>Sinclair</t>
+  </si>
+  <si>
+    <t>Evan</t>
+  </si>
+  <si>
+    <t>Delcogliano</t>
+  </si>
+  <si>
+    <t>Connor</t>
+  </si>
+  <si>
+    <t>Donaldson</t>
+  </si>
+  <si>
+    <t>Caetano</t>
+  </si>
+  <si>
+    <t>Nadon</t>
+  </si>
+  <si>
+    <t>Tom</t>
+  </si>
+  <si>
+    <t>Paterson</t>
+  </si>
+  <si>
+    <t>Dodson</t>
+  </si>
+  <si>
+    <t>Clinton</t>
+  </si>
+  <si>
+    <t>Nowack</t>
+  </si>
+  <si>
+    <t>Hindle</t>
+  </si>
+  <si>
+    <t>Rick</t>
+  </si>
+  <si>
+    <t>Hahn</t>
+  </si>
+  <si>
+    <t>Justin</t>
+  </si>
+  <si>
+    <t>Necpal</t>
+  </si>
+  <si>
+    <t>Tsoy</t>
+  </si>
+  <si>
+    <t>Robin</t>
+  </si>
+  <si>
+    <t>Chantaz</t>
+  </si>
+  <si>
+    <t>Geoff</t>
+  </si>
+  <si>
+    <t>Wells</t>
+  </si>
+  <si>
+    <t>Joanathan</t>
+  </si>
+  <si>
+    <t>Kay</t>
   </si>
   <si>
     <t>Michael</t>
   </si>
   <si>
-    <t>Giacco</t>
-[...601 lines deleted...]
-  <si>
     <t>Maciel</t>
   </si>
   <si>
     <t>Da Silva</t>
   </si>
   <si>
     <t>Jack</t>
   </si>
   <si>
     <t>MacLaren</t>
   </si>
   <si>
-    <t>Eric</t>
-[...4 lines deleted...]
-  <si>
     <t>Carlos</t>
   </si>
   <si>
     <t>Canejo</t>
   </si>
   <si>
     <t>Heyland</t>
   </si>
   <si>
     <t>Luckese</t>
   </si>
   <si>
     <t>Willis</t>
-  </si>
-[...1 lines deleted...]
-    <t>Duffin</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1174,6890 +1057,3753 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P148"/>
+  <dimension ref="A1:U130"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
     <col min="9" max="9" width="10" customWidth="true" style="0"/>
     <col min="10" max="10" width="10" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
+    <col min="13" max="13" width="25" customWidth="true" style="0"/>
+    <col min="14" max="14" width="10" customWidth="true" style="0"/>
+    <col min="15" max="15" width="10" customWidth="true" style="0"/>
+    <col min="16" max="16" width="10" customWidth="true" style="0"/>
+    <col min="17" max="17" width="10" customWidth="true" style="0"/>
+    <col min="18" max="18" width="10" customWidth="true" style="0"/>
+    <col min="19" max="19" width="10" customWidth="true" style="0"/>
+    <col min="20" max="20" width="10" customWidth="true" style="0"/>
+    <col min="21" max="21" width="10" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:21">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
-    </row>
-    <row r="2" spans="1:16">
+      <c r="M1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="2" spans="1:21">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>2</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E2">
         <v>6</v>
       </c>
       <c r="F2">
-        <v>59</v>
-[...4 lines deleted...]
-      <c r="H2" t="s">
+        <v>1</v>
+      </c>
+      <c r="H2">
+        <v>1</v>
+      </c>
+      <c r="I2">
+        <v>1</v>
+      </c>
+      <c r="L2" t="s">
         <v>15</v>
       </c>
-      <c r="I2" t="s">
-[...21 lines deleted...]
-    <row r="3" spans="1:16">
+      <c r="M2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="3" spans="1:21">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>3</v>
       </c>
       <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="E3">
         <v>6</v>
       </c>
       <c r="F3">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="H3" t="s">
+        <v>1</v>
+      </c>
+      <c r="G3">
+        <v>1</v>
+      </c>
+      <c r="I3">
+        <v>1</v>
+      </c>
+      <c r="L3" t="s">
         <v>15</v>
       </c>
-      <c r="I3" t="s">
-[...24 lines deleted...]
-    <row r="4" spans="1:16">
+      <c r="M3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="4" spans="1:21">
       <c r="A4">
         <v>4</v>
       </c>
       <c r="B4">
         <v>10</v>
       </c>
       <c r="C4" t="s">
+        <v>19</v>
+      </c>
+      <c r="D4" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="E4">
         <v>6</v>
       </c>
       <c r="F4">
-        <v>55</v>
-[...4 lines deleted...]
-      <c r="H4" t="s">
+        <v>1</v>
+      </c>
+      <c r="L4" t="s">
         <v>15</v>
       </c>
-      <c r="I4" t="s">
-[...24 lines deleted...]
-    <row r="5" spans="1:16">
+      <c r="M4" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="5" spans="1:21">
       <c r="A5">
         <v>15</v>
       </c>
       <c r="B5">
         <v>55</v>
       </c>
       <c r="C5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="E5">
         <v>6</v>
       </c>
       <c r="F5">
-        <v>70</v>
-[...4 lines deleted...]
-      <c r="H5" t="s">
+        <v>1</v>
+      </c>
+      <c r="L5" t="s">
         <v>15</v>
       </c>
-      <c r="I5" t="s">
-[...21 lines deleted...]
-    <row r="6" spans="1:16">
+      <c r="M5" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:21">
       <c r="A6">
         <v>18</v>
       </c>
       <c r="B6">
         <v>75</v>
       </c>
       <c r="C6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D6" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="E6">
         <v>6</v>
       </c>
       <c r="F6">
-        <v>50</v>
-[...4 lines deleted...]
-      <c r="H6" t="s">
+        <v>1</v>
+      </c>
+      <c r="L6" t="s">
         <v>15</v>
       </c>
-      <c r="I6" t="s">
-[...21 lines deleted...]
-    <row r="7" spans="1:16">
+      <c r="M6" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="7" spans="1:21">
       <c r="A7">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B7">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7">
         <v>5</v>
       </c>
-      <c r="F7">
-[...14 lines deleted...]
-      <c r="P7" t="s">
+      <c r="L7" t="s">
         <v>27</v>
       </c>
-    </row>
-    <row r="8" spans="1:16">
+      <c r="M7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:21">
       <c r="A8">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B8">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>28</v>
       </c>
       <c r="D8" t="s">
         <v>29</v>
       </c>
       <c r="E8">
         <v>5</v>
       </c>
       <c r="F8">
-        <v>54</v>
-[...28 lines deleted...]
-      <c r="P8" t="s">
+        <v>1</v>
+      </c>
+      <c r="L8" t="s">
         <v>27</v>
       </c>
-    </row>
-    <row r="9" spans="1:16">
+      <c r="M8" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:21">
       <c r="A9">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B9">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9" t="s">
         <v>31</v>
       </c>
       <c r="E9">
         <v>5</v>
       </c>
       <c r="F9">
-        <v>60</v>
-[...19 lines deleted...]
-      <c r="P9" t="s">
+        <v>1</v>
+      </c>
+      <c r="L9" t="s">
         <v>27</v>
       </c>
-    </row>
-    <row r="10" spans="1:16">
+      <c r="M9" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="10" spans="1:21">
       <c r="A10">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B10">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10">
         <v>5</v>
       </c>
       <c r="F10">
-        <v>62</v>
-[...28 lines deleted...]
-      <c r="P10" t="s">
+        <v>1</v>
+      </c>
+      <c r="L10" t="s">
         <v>27</v>
       </c>
-    </row>
-    <row r="11" spans="1:16">
+      <c r="M10" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="11" spans="1:21">
       <c r="A11">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="B11">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11" t="s">
         <v>35</v>
       </c>
       <c r="E11">
         <v>5</v>
       </c>
       <c r="F11">
-        <v>53</v>
-[...22 lines deleted...]
-      <c r="P11" t="s">
+        <v>1</v>
+      </c>
+      <c r="H11">
+        <v>1</v>
+      </c>
+      <c r="I11">
+        <v>1</v>
+      </c>
+      <c r="L11" t="s">
         <v>27</v>
       </c>
-    </row>
-    <row r="12" spans="1:16">
+      <c r="M11" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="12" spans="1:21">
       <c r="A12">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="B12">
-        <v>91</v>
+        <v>52</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
       <c r="E12">
         <v>5</v>
       </c>
       <c r="F12">
-        <v>58</v>
-[...22 lines deleted...]
-      <c r="P12" t="s">
+        <v>1</v>
+      </c>
+      <c r="L12" t="s">
         <v>27</v>
       </c>
-    </row>
-    <row r="13" spans="1:16">
+      <c r="M12" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="13" spans="1:21">
       <c r="A13">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="B13">
-        <v>22</v>
+        <v>95</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
         <v>39</v>
       </c>
       <c r="E13">
         <v>5</v>
       </c>
       <c r="F13">
-        <v>55</v>
-[...4 lines deleted...]
-      <c r="H13" t="s">
+        <v>1</v>
+      </c>
+      <c r="L13" t="s">
+        <v>27</v>
+      </c>
+      <c r="M13" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="14" spans="1:21">
+      <c r="A14">
+        <v>65</v>
+      </c>
+      <c r="B14">
+        <v>44</v>
+      </c>
+      <c r="C14" t="s">
         <v>40</v>
       </c>
-      <c r="I13" t="s">
-[...25 lines deleted...]
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>41</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14">
+        <v>8</v>
+      </c>
+      <c r="L14" t="s">
         <v>42</v>
       </c>
-      <c r="E14">
-[...36 lines deleted...]
-    <row r="15" spans="1:16">
+      <c r="M14" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="15" spans="1:21">
       <c r="A15">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="B15">
-        <v>95</v>
+        <v>20</v>
       </c>
       <c r="C15" t="s">
         <v>43</v>
       </c>
       <c r="D15" t="s">
         <v>44</v>
       </c>
       <c r="E15">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F15">
-        <v>61</v>
-[...29 lines deleted...]
-    <row r="16" spans="1:16">
+        <v>1</v>
+      </c>
+      <c r="G15">
+        <v>1</v>
+      </c>
+      <c r="I15">
+        <v>1</v>
+      </c>
+      <c r="L15" t="s">
+        <v>42</v>
+      </c>
+      <c r="M15" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="16" spans="1:21">
       <c r="A16">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B16">
-        <v>44</v>
+        <v>7</v>
       </c>
       <c r="C16" t="s">
+        <v>30</v>
+      </c>
+      <c r="D16" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="E16">
         <v>8</v>
       </c>
       <c r="F16">
-        <v>55</v>
-[...19 lines deleted...]
-      <c r="P16" t="s">
+        <v>1</v>
+      </c>
+      <c r="H16">
+        <v>1</v>
+      </c>
+      <c r="I16">
+        <v>1</v>
+      </c>
+      <c r="L16" t="s">
+        <v>42</v>
+      </c>
+      <c r="M16" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="17" spans="1:21">
+      <c r="A17">
+        <v>68</v>
+      </c>
+      <c r="B17">
+        <v>8</v>
+      </c>
+      <c r="C17" t="s">
+        <v>46</v>
+      </c>
+      <c r="D17" t="s">
         <v>47</v>
-      </c>
-[...12 lines deleted...]
-        <v>49</v>
       </c>
       <c r="E17">
         <v>8</v>
       </c>
       <c r="F17">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="G17" t="s">
+        <v>1</v>
+      </c>
+      <c r="L17" t="s">
+        <v>42</v>
+      </c>
+      <c r="M17" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="18" spans="1:21">
+      <c r="A18">
+        <v>70</v>
+      </c>
+      <c r="B18">
         <v>14</v>
       </c>
-      <c r="H17" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="C18" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E18">
         <v>8</v>
       </c>
       <c r="F18">
-        <v>54</v>
-[...4 lines deleted...]
-      <c r="H18" t="s">
+        <v>1</v>
+      </c>
+      <c r="H18">
+        <v>1</v>
+      </c>
+      <c r="I18">
+        <v>1</v>
+      </c>
+      <c r="L18" t="s">
+        <v>42</v>
+      </c>
+      <c r="M18" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="19" spans="1:21">
+      <c r="A19">
+        <v>74</v>
+      </c>
+      <c r="B19">
+        <v>5</v>
+      </c>
+      <c r="C19" t="s">
         <v>50</v>
       </c>
-      <c r="I18" t="s">
-[...24 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="E19">
         <v>8</v>
       </c>
       <c r="F19">
-        <v>62</v>
-[...23 lines deleted...]
-    <row r="20" spans="1:16">
+        <v>1</v>
+      </c>
+      <c r="G19">
+        <v>1</v>
+      </c>
+      <c r="I19">
+        <v>1</v>
+      </c>
+      <c r="L19" t="s">
+        <v>42</v>
+      </c>
+      <c r="M19" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="20" spans="1:21">
       <c r="A20">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="B20">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C20" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D20" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="E20">
         <v>8</v>
       </c>
       <c r="F20">
-        <v>53</v>
-[...26 lines deleted...]
-    <row r="21" spans="1:16">
+        <v>1</v>
+      </c>
+      <c r="L20" t="s">
+        <v>42</v>
+      </c>
+      <c r="M20" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="21" spans="1:21">
       <c r="A21">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B21">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C21" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="E21">
         <v>8</v>
       </c>
       <c r="F21">
-        <v>63</v>
-[...26 lines deleted...]
-    <row r="22" spans="1:16">
+        <v>1</v>
+      </c>
+      <c r="H21">
+        <v>1</v>
+      </c>
+      <c r="I21">
+        <v>1</v>
+      </c>
+      <c r="L21" t="s">
+        <v>42</v>
+      </c>
+      <c r="M21" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="22" spans="1:21">
       <c r="A22">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="B22">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="C22" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D22" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="E22">
         <v>8</v>
       </c>
       <c r="F22">
-        <v>59</v>
-[...23 lines deleted...]
-    <row r="23" spans="1:16">
+        <v>1</v>
+      </c>
+      <c r="H22">
+        <v>1</v>
+      </c>
+      <c r="I22">
+        <v>1</v>
+      </c>
+      <c r="L22" t="s">
+        <v>42</v>
+      </c>
+      <c r="M22" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="23" spans="1:21">
       <c r="A23">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="B23">
-        <v>5</v>
+        <v>54</v>
       </c>
       <c r="C23" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="D23" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E23">
         <v>8</v>
       </c>
       <c r="F23">
-        <v>53</v>
-[...8 lines deleted...]
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="J23">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="K23">
         <v>1</v>
       </c>
-      <c r="L23">
-[...15 lines deleted...]
-    <row r="24" spans="1:16">
+      <c r="L23" t="s">
+        <v>42</v>
+      </c>
+      <c r="M23" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="24" spans="1:21">
       <c r="A24">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="B24">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C24" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D24" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="E24">
         <v>8</v>
       </c>
       <c r="F24">
-        <v>53</v>
-[...8 lines deleted...]
-        <v>16</v>
+        <v>1</v>
+      </c>
+      <c r="G24">
+        <v>1</v>
+      </c>
+      <c r="H24">
+        <v>1</v>
+      </c>
+      <c r="I24">
+        <v>2</v>
       </c>
       <c r="J24">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="K24">
         <v>1</v>
       </c>
-      <c r="L24">
-[...9 lines deleted...]
-    <row r="25" spans="1:16">
+      <c r="L24" t="s">
+        <v>42</v>
+      </c>
+      <c r="M24" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="25" spans="1:21">
       <c r="A25">
-        <v>76</v>
+        <v>130</v>
       </c>
       <c r="B25">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C25" t="s">
+        <v>61</v>
+      </c>
+      <c r="D25" t="s">
+        <v>62</v>
+      </c>
+      <c r="E25">
+        <v>7</v>
+      </c>
+      <c r="L25" t="s">
+        <v>63</v>
+      </c>
+      <c r="M25" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="26" spans="1:21">
+      <c r="A26">
+        <v>134</v>
+      </c>
+      <c r="B26">
+        <v>18</v>
+      </c>
+      <c r="C26" t="s">
+        <v>30</v>
+      </c>
+      <c r="D26" t="s">
+        <v>64</v>
+      </c>
+      <c r="E26">
+        <v>7</v>
+      </c>
+      <c r="F26">
+        <v>1</v>
+      </c>
+      <c r="L26" t="s">
+        <v>63</v>
+      </c>
+      <c r="M26" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="27" spans="1:21">
+      <c r="A27">
+        <v>135</v>
+      </c>
+      <c r="B27">
+        <v>5</v>
+      </c>
+      <c r="C27" t="s">
         <v>65</v>
       </c>
-      <c r="D25" t="s">
+      <c r="D27" t="s">
         <v>66</v>
       </c>
-      <c r="E25">
-[...20 lines deleted...]
-      <c r="L25">
+      <c r="E27">
         <v>7</v>
       </c>
-      <c r="M25">
-[...19 lines deleted...]
-      <c r="C26" t="s">
+      <c r="F27">
+        <v>1</v>
+      </c>
+      <c r="L27" t="s">
+        <v>63</v>
+      </c>
+      <c r="M27" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="28" spans="1:21">
+      <c r="A28">
+        <v>136</v>
+      </c>
+      <c r="B28">
+        <v>20</v>
+      </c>
+      <c r="C28" t="s">
         <v>67</v>
       </c>
-      <c r="D26" t="s">
+      <c r="D28" t="s">
         <v>68</v>
       </c>
-      <c r="E26">
-[...40 lines deleted...]
-      <c r="D27" t="s">
+      <c r="E28">
+        <v>7</v>
+      </c>
+      <c r="F28">
+        <v>1</v>
+      </c>
+      <c r="L28" t="s">
+        <v>63</v>
+      </c>
+      <c r="M28" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="29" spans="1:21">
+      <c r="A29">
+        <v>137</v>
+      </c>
+      <c r="B29">
+        <v>21</v>
+      </c>
+      <c r="C29" t="s">
         <v>69</v>
       </c>
-      <c r="E27">
-[...43 lines deleted...]
-      <c r="C28" t="s">
+      <c r="D29" t="s">
         <v>70</v>
-      </c>
-[...45 lines deleted...]
-        <v>73</v>
       </c>
       <c r="E29">
         <v>7</v>
       </c>
       <c r="F29">
-        <v>53</v>
-[...32 lines deleted...]
-    <row r="30" spans="1:16">
+        <v>1</v>
+      </c>
+      <c r="L29" t="s">
+        <v>63</v>
+      </c>
+      <c r="M29" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="30" spans="1:21">
       <c r="A30">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="B30">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="C30" t="s">
-        <v>32</v>
+        <v>71</v>
       </c>
       <c r="D30" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="E30">
         <v>7</v>
       </c>
       <c r="F30">
-        <v>55</v>
-[...4 lines deleted...]
-      <c r="H30" t="s">
+        <v>1</v>
+      </c>
+      <c r="J30">
+        <v>2</v>
+      </c>
+      <c r="K30">
+        <v>1</v>
+      </c>
+      <c r="L30" t="s">
+        <v>63</v>
+      </c>
+      <c r="M30" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="31" spans="1:21">
+      <c r="A31">
+        <v>139</v>
+      </c>
+      <c r="B31">
+        <v>77</v>
+      </c>
+      <c r="C31" t="s">
+        <v>73</v>
+      </c>
+      <c r="D31" t="s">
         <v>74</v>
-      </c>
-[...36 lines deleted...]
-        <v>78</v>
       </c>
       <c r="E31">
         <v>7</v>
       </c>
       <c r="F31">
-        <v>55</v>
-[...8 lines deleted...]
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="J31">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="K31">
         <v>1</v>
       </c>
-      <c r="L31">
+      <c r="L31" t="s">
+        <v>63</v>
+      </c>
+      <c r="M31" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="32" spans="1:21">
+      <c r="A32">
+        <v>149</v>
+      </c>
+      <c r="B32">
         <v>6</v>
       </c>
-      <c r="M31">
-[...2 lines deleted...]
-      <c r="P31" t="s">
+      <c r="C32" t="s">
         <v>75</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>76</v>
+      </c>
+      <c r="E32">
+        <v>4</v>
+      </c>
+      <c r="F32">
+        <v>1</v>
+      </c>
+      <c r="G32">
+        <v>1</v>
+      </c>
+      <c r="I32">
+        <v>1</v>
+      </c>
+      <c r="L32" t="s">
+        <v>77</v>
+      </c>
+      <c r="M32" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="33" spans="1:21">
+      <c r="A33">
+        <v>155</v>
+      </c>
+      <c r="B33">
+        <v>26</v>
+      </c>
+      <c r="C33" t="s">
+        <v>78</v>
+      </c>
+      <c r="D33" t="s">
         <v>79</v>
       </c>
-      <c r="D32" t="s">
+      <c r="E33">
+        <v>4</v>
+      </c>
+      <c r="F33">
+        <v>1</v>
+      </c>
+      <c r="H33">
+        <v>1</v>
+      </c>
+      <c r="I33">
+        <v>1</v>
+      </c>
+      <c r="L33" t="s">
+        <v>77</v>
+      </c>
+      <c r="M33" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="34" spans="1:21">
+      <c r="A34">
+        <v>156</v>
+      </c>
+      <c r="B34">
+        <v>8</v>
+      </c>
+      <c r="C34" t="s">
         <v>80</v>
       </c>
-      <c r="E32">
-[...23 lines deleted...]
-      <c r="M32">
+      <c r="D34" t="s">
+        <v>81</v>
+      </c>
+      <c r="E34">
         <v>4</v>
       </c>
-      <c r="P32" t="s">
-[...13 lines deleted...]
-      <c r="D33" t="s">
+      <c r="L34" t="s">
+        <v>77</v>
+      </c>
+      <c r="M34" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="35" spans="1:21">
+      <c r="A35">
+        <v>158</v>
+      </c>
+      <c r="B35">
+        <v>30</v>
+      </c>
+      <c r="C35" t="s">
+        <v>23</v>
+      </c>
+      <c r="D35" t="s">
         <v>82</v>
       </c>
-      <c r="E33">
-[...40 lines deleted...]
-      <c r="C34" t="s">
+      <c r="E35">
+        <v>4</v>
+      </c>
+      <c r="F35">
+        <v>1</v>
+      </c>
+      <c r="G35">
+        <v>1</v>
+      </c>
+      <c r="I35">
+        <v>1</v>
+      </c>
+      <c r="L35" t="s">
+        <v>77</v>
+      </c>
+      <c r="M35" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="36" spans="1:21">
+      <c r="A36">
+        <v>184</v>
+      </c>
+      <c r="B36">
+        <v>25</v>
+      </c>
+      <c r="C36" t="s">
         <v>83</v>
       </c>
-      <c r="D34" t="s">
+      <c r="D36" t="s">
         <v>84</v>
-      </c>
-[...92 lines deleted...]
-        <v>88</v>
       </c>
       <c r="E36">
         <v>4</v>
       </c>
       <c r="F36">
-        <v>55</v>
-[...13 lines deleted...]
-      <c r="K36">
+        <v>1</v>
+      </c>
+      <c r="G36">
         <v>2</v>
       </c>
-      <c r="L36">
-[...8 lines deleted...]
-      <c r="O36">
+      <c r="H36">
+        <v>1</v>
+      </c>
+      <c r="I36">
+        <v>3</v>
+      </c>
+      <c r="L36" t="s">
+        <v>77</v>
+      </c>
+      <c r="M36" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="37" spans="1:21">
+      <c r="A37">
+        <v>189</v>
+      </c>
+      <c r="B37">
+        <v>16</v>
+      </c>
+      <c r="C37" t="s">
+        <v>85</v>
+      </c>
+      <c r="D37" t="s">
+        <v>86</v>
+      </c>
+      <c r="E37">
+        <v>8</v>
+      </c>
+      <c r="F37">
+        <v>1</v>
+      </c>
+      <c r="H37">
+        <v>1</v>
+      </c>
+      <c r="I37">
+        <v>1</v>
+      </c>
+      <c r="J37">
         <v>2</v>
       </c>
-      <c r="P36" t="s">
+      <c r="K37">
+        <v>1</v>
+      </c>
+      <c r="L37" t="s">
+        <v>42</v>
+      </c>
+      <c r="M37" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="38" spans="1:21">
+      <c r="A38">
+        <v>192</v>
+      </c>
+      <c r="B38">
+        <v>12</v>
+      </c>
+      <c r="C38" t="s">
+        <v>87</v>
+      </c>
+      <c r="D38" t="s">
+        <v>88</v>
+      </c>
+      <c r="E38">
+        <v>8</v>
+      </c>
+      <c r="F38">
+        <v>1</v>
+      </c>
+      <c r="L38" t="s">
+        <v>42</v>
+      </c>
+      <c r="M38" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="39" spans="1:21">
+      <c r="A39">
+        <v>204</v>
+      </c>
+      <c r="B39">
+        <v>7</v>
+      </c>
+      <c r="C39" t="s">
         <v>89</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C37" t="s">
+      <c r="D39" t="s">
         <v>90</v>
       </c>
-      <c r="D37" t="s">
+      <c r="E39">
+        <v>7</v>
+      </c>
+      <c r="F39">
+        <v>1</v>
+      </c>
+      <c r="L39" t="s">
+        <v>63</v>
+      </c>
+      <c r="M39" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="40" spans="1:21">
+      <c r="A40">
+        <v>216</v>
+      </c>
+      <c r="B40">
+        <v>13</v>
+      </c>
+      <c r="C40" t="s">
+        <v>28</v>
+      </c>
+      <c r="D40" t="s">
         <v>91</v>
       </c>
-      <c r="E37">
-[...23 lines deleted...]
-      <c r="M37">
+      <c r="E40">
         <v>8</v>
       </c>
-      <c r="N37">
-[...16 lines deleted...]
-      <c r="C38" t="s">
+      <c r="F40">
+        <v>1</v>
+      </c>
+      <c r="G40">
+        <v>1</v>
+      </c>
+      <c r="I40">
+        <v>1</v>
+      </c>
+      <c r="L40" t="s">
+        <v>42</v>
+      </c>
+      <c r="M40" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="41" spans="1:21">
+      <c r="A41">
+        <v>237</v>
+      </c>
+      <c r="B41">
+        <v>27</v>
+      </c>
+      <c r="C41" t="s">
         <v>92</v>
       </c>
-      <c r="D38" t="s">
+      <c r="D41" t="s">
         <v>93</v>
-      </c>
-[...133 lines deleted...]
-        <v>99</v>
       </c>
       <c r="E41">
         <v>8</v>
       </c>
-      <c r="F41">
-[...2 lines deleted...]
-      <c r="G41" t="s">
+      <c r="L41" t="s">
+        <v>42</v>
+      </c>
+      <c r="M41" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="42" spans="1:21">
+      <c r="A42">
+        <v>243</v>
+      </c>
+      <c r="B42">
+        <v>1</v>
+      </c>
+      <c r="C42" t="s">
+        <v>94</v>
+      </c>
+      <c r="D42" t="s">
+        <v>95</v>
+      </c>
+      <c r="E42">
+        <v>5</v>
+      </c>
+      <c r="F42">
+        <v>1</v>
+      </c>
+      <c r="L42" t="s">
+        <v>27</v>
+      </c>
+      <c r="M42" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="43" spans="1:21">
+      <c r="A43">
+        <v>275</v>
+      </c>
+      <c r="B43">
+        <v>23</v>
+      </c>
+      <c r="C43" t="s">
+        <v>96</v>
+      </c>
+      <c r="D43" t="s">
+        <v>97</v>
+      </c>
+      <c r="E43">
+        <v>8</v>
+      </c>
+      <c r="L43" t="s">
+        <v>42</v>
+      </c>
+      <c r="M43" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="44" spans="1:21">
+      <c r="A44">
+        <v>342</v>
+      </c>
+      <c r="B44">
+        <v>17</v>
+      </c>
+      <c r="C44" t="s">
+        <v>40</v>
+      </c>
+      <c r="D44" t="s">
+        <v>98</v>
+      </c>
+      <c r="E44">
+        <v>5</v>
+      </c>
+      <c r="F44">
+        <v>1</v>
+      </c>
+      <c r="L44" t="s">
+        <v>27</v>
+      </c>
+      <c r="M44" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="45" spans="1:21">
+      <c r="A45">
+        <v>366</v>
+      </c>
+      <c r="B45">
+        <v>16</v>
+      </c>
+      <c r="C45" t="s">
+        <v>99</v>
+      </c>
+      <c r="D45" t="s">
+        <v>100</v>
+      </c>
+      <c r="E45">
+        <v>4</v>
+      </c>
+      <c r="F45">
+        <v>1</v>
+      </c>
+      <c r="L45" t="s">
+        <v>77</v>
+      </c>
+      <c r="M45" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="46" spans="1:21">
+      <c r="A46">
+        <v>380</v>
+      </c>
+      <c r="B46">
+        <v>44</v>
+      </c>
+      <c r="C46" t="s">
+        <v>101</v>
+      </c>
+      <c r="D46" t="s">
+        <v>102</v>
+      </c>
+      <c r="E46">
+        <v>6</v>
+      </c>
+      <c r="L46" t="s">
+        <v>15</v>
+      </c>
+      <c r="M46" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="47" spans="1:21">
+      <c r="A47">
+        <v>389</v>
+      </c>
+      <c r="B47">
         <v>14</v>
       </c>
-      <c r="H41" t="s">
-[...87 lines deleted...]
-      <c r="D43" t="s">
+      <c r="C47" t="s">
         <v>103</v>
       </c>
-      <c r="E43">
+      <c r="D47" t="s">
+        <v>104</v>
+      </c>
+      <c r="E47">
         <v>7</v>
       </c>
-      <c r="F43">
-[...58 lines deleted...]
-      <c r="L44">
+      <c r="F47">
+        <v>1</v>
+      </c>
+      <c r="L47" t="s">
+        <v>63</v>
+      </c>
+      <c r="M47" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="48" spans="1:21">
+      <c r="A48">
+        <v>390</v>
+      </c>
+      <c r="B48">
+        <v>33</v>
+      </c>
+      <c r="C48" t="s">
+        <v>105</v>
+      </c>
+      <c r="D48" t="s">
+        <v>106</v>
+      </c>
+      <c r="E48">
         <v>11</v>
       </c>
-      <c r="M44">
-[...40 lines deleted...]
-      <c r="J45">
+      <c r="F48">
+        <v>1</v>
+      </c>
+      <c r="L48" t="s">
+        <v>107</v>
+      </c>
+      <c r="M48" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="49" spans="1:21">
+      <c r="A49">
+        <v>391</v>
+      </c>
+      <c r="B49">
         <v>7</v>
       </c>
-      <c r="K45">
-[...19 lines deleted...]
-      <c r="C46" t="s">
+      <c r="C49" t="s">
+        <v>108</v>
+      </c>
+      <c r="D49" t="s">
+        <v>109</v>
+      </c>
+      <c r="E49">
+        <v>11</v>
+      </c>
+      <c r="F49">
+        <v>1</v>
+      </c>
+      <c r="L49" t="s">
         <v>107</v>
       </c>
-      <c r="D46" t="s">
-[...49 lines deleted...]
-      <c r="D47" t="s">
+      <c r="M49" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="50" spans="1:21">
+      <c r="A50">
+        <v>393</v>
+      </c>
+      <c r="B50">
+        <v>96</v>
+      </c>
+      <c r="C50" t="s">
+        <v>17</v>
+      </c>
+      <c r="D50" t="s">
         <v>110</v>
       </c>
-      <c r="E47">
-[...34 lines deleted...]
-      <c r="C48" t="s">
+      <c r="E50">
+        <v>11</v>
+      </c>
+      <c r="F50">
+        <v>1</v>
+      </c>
+      <c r="L50" t="s">
+        <v>107</v>
+      </c>
+      <c r="M50" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="51" spans="1:21">
+      <c r="A51">
+        <v>395</v>
+      </c>
+      <c r="B51">
+        <v>20</v>
+      </c>
+      <c r="C51" t="s">
+        <v>111</v>
+      </c>
+      <c r="D51" t="s">
+        <v>112</v>
+      </c>
+      <c r="E51">
+        <v>11</v>
+      </c>
+      <c r="F51">
+        <v>1</v>
+      </c>
+      <c r="L51" t="s">
+        <v>107</v>
+      </c>
+      <c r="M51" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="52" spans="1:21">
+      <c r="A52">
+        <v>396</v>
+      </c>
+      <c r="B52">
         <v>45</v>
       </c>
-      <c r="D48" t="s">
-[...43 lines deleted...]
-      <c r="D49" t="s">
+      <c r="C52" t="s">
+        <v>54</v>
+      </c>
+      <c r="D52" t="s">
         <v>113</v>
       </c>
-      <c r="E49">
-[...8 lines deleted...]
-      <c r="H49" t="s">
+      <c r="E52">
+        <v>11</v>
+      </c>
+      <c r="L52" t="s">
+        <v>107</v>
+      </c>
+      <c r="M52" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="53" spans="1:21">
+      <c r="A53">
+        <v>398</v>
+      </c>
+      <c r="B53">
+        <v>88</v>
+      </c>
+      <c r="C53" t="s">
         <v>114</v>
       </c>
-      <c r="I49" t="s">
-[...16 lines deleted...]
-      <c r="C50" t="s">
+      <c r="D53" t="s">
         <v>115</v>
-      </c>
-[...145 lines deleted...]
-        <v>123</v>
       </c>
       <c r="E53">
         <v>11</v>
       </c>
       <c r="F53">
-        <v>51</v>
-[...8 lines deleted...]
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="J53">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="K53">
-        <v>6</v>
-[...17 lines deleted...]
-    <row r="54" spans="1:16">
+        <v>1</v>
+      </c>
+      <c r="L53" t="s">
+        <v>107</v>
+      </c>
+      <c r="M53" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="54" spans="1:21">
       <c r="A54">
-        <v>391</v>
+        <v>399</v>
       </c>
       <c r="B54">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="C54" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="D54" t="s">
-        <v>127</v>
+        <v>117</v>
       </c>
       <c r="E54">
         <v>11</v>
       </c>
       <c r="F54">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="G54" t="s">
+        <v>1</v>
+      </c>
+      <c r="L54" t="s">
+        <v>107</v>
+      </c>
+      <c r="M54" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="55" spans="1:21">
+      <c r="A55">
+        <v>414</v>
+      </c>
+      <c r="B55">
+        <v>7</v>
+      </c>
+      <c r="C55" t="s">
+        <v>118</v>
+      </c>
+      <c r="D55" t="s">
+        <v>119</v>
+      </c>
+      <c r="E55">
+        <v>12</v>
+      </c>
+      <c r="F55">
+        <v>1</v>
+      </c>
+      <c r="L55" t="s">
+        <v>120</v>
+      </c>
+      <c r="M55" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="56" spans="1:21">
+      <c r="A56">
+        <v>416</v>
+      </c>
+      <c r="B56">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>121</v>
+      </c>
+      <c r="D56" t="s">
+        <v>122</v>
+      </c>
+      <c r="E56">
+        <v>12</v>
+      </c>
+      <c r="F56">
+        <v>1</v>
+      </c>
+      <c r="G56">
+        <v>1</v>
+      </c>
+      <c r="I56">
+        <v>1</v>
+      </c>
+      <c r="L56" t="s">
+        <v>120</v>
+      </c>
+      <c r="M56" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="57" spans="1:21">
+      <c r="A57">
+        <v>417</v>
+      </c>
+      <c r="B57">
+        <v>10</v>
+      </c>
+      <c r="C57" t="s">
+        <v>123</v>
+      </c>
+      <c r="D57" t="s">
+        <v>124</v>
+      </c>
+      <c r="E57">
+        <v>12</v>
+      </c>
+      <c r="F57">
+        <v>1</v>
+      </c>
+      <c r="H57">
+        <v>1</v>
+      </c>
+      <c r="I57">
+        <v>1</v>
+      </c>
+      <c r="L57" t="s">
+        <v>120</v>
+      </c>
+      <c r="M57" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="58" spans="1:21">
+      <c r="A58">
+        <v>420</v>
+      </c>
+      <c r="B58">
+        <v>25</v>
+      </c>
+      <c r="C58" t="s">
+        <v>34</v>
+      </c>
+      <c r="D58" t="s">
+        <v>125</v>
+      </c>
+      <c r="E58">
+        <v>12</v>
+      </c>
+      <c r="F58">
+        <v>1</v>
+      </c>
+      <c r="L58" t="s">
+        <v>120</v>
+      </c>
+      <c r="M58" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="59" spans="1:21">
+      <c r="A59">
+        <v>421</v>
+      </c>
+      <c r="B59">
         <v>14</v>
       </c>
-      <c r="H54" t="s">
-[...34 lines deleted...]
-      <c r="D55" t="s">
+      <c r="C59" t="s">
+        <v>126</v>
+      </c>
+      <c r="D59" t="s">
+        <v>127</v>
+      </c>
+      <c r="E59">
+        <v>12</v>
+      </c>
+      <c r="L59" t="s">
+        <v>120</v>
+      </c>
+      <c r="M59" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="60" spans="1:21">
+      <c r="A60">
+        <v>422</v>
+      </c>
+      <c r="B60">
+        <v>15</v>
+      </c>
+      <c r="C60" t="s">
         <v>128</v>
       </c>
-      <c r="E55">
-[...43 lines deleted...]
-      <c r="C56" t="s">
+      <c r="D60" t="s">
         <v>129</v>
-      </c>
-[...189 lines deleted...]
-        <v>137</v>
       </c>
       <c r="E60">
         <v>12</v>
       </c>
       <c r="F60">
-        <v>43</v>
-[...32 lines deleted...]
-    <row r="61" spans="1:16">
+        <v>1</v>
+      </c>
+      <c r="L60" t="s">
+        <v>120</v>
+      </c>
+      <c r="M60" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="61" spans="1:21">
       <c r="A61">
-        <v>416</v>
+        <v>423</v>
       </c>
       <c r="B61">
-        <v>9</v>
+        <v>91</v>
       </c>
       <c r="C61" t="s">
-        <v>113</v>
+        <v>130</v>
       </c>
       <c r="D61" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="E61">
         <v>12</v>
       </c>
       <c r="F61">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G61" t="s">
+        <v>1</v>
+      </c>
+      <c r="L61" t="s">
+        <v>120</v>
+      </c>
+      <c r="M61" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="62" spans="1:21">
+      <c r="A62">
+        <v>426</v>
+      </c>
+      <c r="B62">
+        <v>91</v>
+      </c>
+      <c r="C62" t="s">
+        <v>17</v>
+      </c>
+      <c r="D62" t="s">
+        <v>132</v>
+      </c>
+      <c r="E62">
+        <v>6</v>
+      </c>
+      <c r="F62">
+        <v>1</v>
+      </c>
+      <c r="G62">
+        <v>1</v>
+      </c>
+      <c r="H62">
+        <v>1</v>
+      </c>
+      <c r="I62">
+        <v>2</v>
+      </c>
+      <c r="L62" t="s">
+        <v>15</v>
+      </c>
+      <c r="M62" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="63" spans="1:21">
+      <c r="A63">
+        <v>428</v>
+      </c>
+      <c r="B63">
         <v>14</v>
       </c>
-      <c r="H61" t="s">
-[...64 lines deleted...]
-      <c r="M62">
+      <c r="C63" t="s">
+        <v>133</v>
+      </c>
+      <c r="D63" t="s">
+        <v>134</v>
+      </c>
+      <c r="E63">
+        <v>11</v>
+      </c>
+      <c r="F63">
+        <v>1</v>
+      </c>
+      <c r="L63" t="s">
+        <v>107</v>
+      </c>
+      <c r="M63" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="64" spans="1:21">
+      <c r="A64">
+        <v>431</v>
+      </c>
+      <c r="B64">
+        <v>16</v>
+      </c>
+      <c r="C64" t="s">
         <v>17</v>
       </c>
-      <c r="N62">
-[...65 lines deleted...]
-      </c>
       <c r="D64" t="s">
-        <v>144</v>
+        <v>135</v>
       </c>
       <c r="E64">
         <v>12</v>
       </c>
       <c r="F64">
-        <v>44</v>
-[...28 lines deleted...]
-      <c r="P64" t="s">
+        <v>1</v>
+      </c>
+      <c r="L64" t="s">
+        <v>120</v>
+      </c>
+      <c r="M64" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="65" spans="1:21">
+      <c r="A65">
+        <v>435</v>
+      </c>
+      <c r="B65">
+        <v>10</v>
+      </c>
+      <c r="C65" t="s">
+        <v>101</v>
+      </c>
+      <c r="D65" t="s">
+        <v>136</v>
+      </c>
+      <c r="E65">
+        <v>11</v>
+      </c>
+      <c r="F65">
+        <v>1</v>
+      </c>
+      <c r="L65" t="s">
+        <v>107</v>
+      </c>
+      <c r="M65" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="66" spans="1:21">
+      <c r="A66">
+        <v>454</v>
+      </c>
+      <c r="B66">
+        <v>6</v>
+      </c>
+      <c r="C66" t="s">
+        <v>137</v>
+      </c>
+      <c r="D66" t="s">
         <v>138</v>
-      </c>
-[...59 lines deleted...]
-        <v>148</v>
       </c>
       <c r="E66">
         <v>12</v>
       </c>
       <c r="F66">
-        <v>44</v>
-[...13 lines deleted...]
-      <c r="L66">
+        <v>1</v>
+      </c>
+      <c r="L66" t="s">
+        <v>120</v>
+      </c>
+      <c r="M66" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="67" spans="1:21">
+      <c r="A67">
+        <v>457</v>
+      </c>
+      <c r="B67">
+        <v>15</v>
+      </c>
+      <c r="C67" t="s">
+        <v>108</v>
+      </c>
+      <c r="D67" t="s">
+        <v>139</v>
+      </c>
+      <c r="E67">
+        <v>5</v>
+      </c>
+      <c r="F67">
+        <v>1</v>
+      </c>
+      <c r="H67">
+        <v>1</v>
+      </c>
+      <c r="I67">
+        <v>1</v>
+      </c>
+      <c r="L67" t="s">
+        <v>27</v>
+      </c>
+      <c r="M67" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="68" spans="1:21">
+      <c r="A68">
+        <v>460</v>
+      </c>
+      <c r="B68">
+        <v>2</v>
+      </c>
+      <c r="C68" t="s">
+        <v>140</v>
+      </c>
+      <c r="D68" t="s">
+        <v>141</v>
+      </c>
+      <c r="E68">
         <v>4</v>
       </c>
-      <c r="M66">
+      <c r="L68" t="s">
+        <v>77</v>
+      </c>
+      <c r="M68" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="69" spans="1:21">
+      <c r="A69">
+        <v>462</v>
+      </c>
+      <c r="B69">
         <v>4</v>
       </c>
-      <c r="N66">
+      <c r="C69" t="s">
+        <v>142</v>
+      </c>
+      <c r="D69" t="s">
+        <v>143</v>
+      </c>
+      <c r="E69">
+        <v>4</v>
+      </c>
+      <c r="F69">
+        <v>1</v>
+      </c>
+      <c r="G69">
+        <v>1</v>
+      </c>
+      <c r="H69">
         <v>2</v>
       </c>
-      <c r="O66">
-[...13 lines deleted...]
-      <c r="C67" t="s">
+      <c r="I69">
+        <v>3</v>
+      </c>
+      <c r="J69">
+        <v>2</v>
+      </c>
+      <c r="K69">
+        <v>1</v>
+      </c>
+      <c r="L69" t="s">
+        <v>77</v>
+      </c>
+      <c r="M69" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="70" spans="1:21">
+      <c r="A70">
+        <v>463</v>
+      </c>
+      <c r="B70">
+        <v>15</v>
+      </c>
+      <c r="C70" t="s">
+        <v>78</v>
+      </c>
+      <c r="D70" t="s">
+        <v>144</v>
+      </c>
+      <c r="E70">
+        <v>4</v>
+      </c>
+      <c r="F70">
+        <v>1</v>
+      </c>
+      <c r="L70" t="s">
+        <v>77</v>
+      </c>
+      <c r="M70" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="71" spans="1:21">
+      <c r="A71">
+        <v>509</v>
+      </c>
+      <c r="B71">
+        <v>20</v>
+      </c>
+      <c r="C71" t="s">
+        <v>23</v>
+      </c>
+      <c r="D71" t="s">
+        <v>145</v>
+      </c>
+      <c r="E71">
+        <v>4</v>
+      </c>
+      <c r="L71" t="s">
+        <v>77</v>
+      </c>
+      <c r="M71" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="72" spans="1:21">
+      <c r="A72">
+        <v>511</v>
+      </c>
+      <c r="B72">
+        <v>3</v>
+      </c>
+      <c r="C72" t="s">
+        <v>146</v>
+      </c>
+      <c r="D72" t="s">
+        <v>147</v>
+      </c>
+      <c r="E72">
+        <v>7</v>
+      </c>
+      <c r="L72" t="s">
+        <v>63</v>
+      </c>
+      <c r="M72" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="73" spans="1:21">
+      <c r="A73">
+        <v>513</v>
+      </c>
+      <c r="B73">
+        <v>28</v>
+      </c>
+      <c r="C73" t="s">
+        <v>148</v>
+      </c>
+      <c r="D73" t="s">
         <v>149</v>
       </c>
-      <c r="D67" t="s">
+      <c r="E73">
+        <v>11</v>
+      </c>
+      <c r="F73">
+        <v>1</v>
+      </c>
+      <c r="L73" t="s">
+        <v>107</v>
+      </c>
+      <c r="M73" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="74" spans="1:21">
+      <c r="A74">
+        <v>517</v>
+      </c>
+      <c r="B74">
+        <v>20</v>
+      </c>
+      <c r="C74" t="s">
         <v>150</v>
       </c>
-      <c r="E67">
+      <c r="D74" t="s">
+        <v>151</v>
+      </c>
+      <c r="E74">
+        <v>6</v>
+      </c>
+      <c r="F74">
+        <v>1</v>
+      </c>
+      <c r="L74" t="s">
+        <v>15</v>
+      </c>
+      <c r="M74" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="75" spans="1:21">
+      <c r="A75">
+        <v>536</v>
+      </c>
+      <c r="B75">
+        <v>2</v>
+      </c>
+      <c r="C75" t="s">
+        <v>152</v>
+      </c>
+      <c r="D75" t="s">
+        <v>153</v>
+      </c>
+      <c r="E75">
         <v>12</v>
       </c>
-      <c r="F67">
-[...131 lines deleted...]
-      <c r="D70" t="s">
+      <c r="F75">
+        <v>1</v>
+      </c>
+      <c r="H75">
+        <v>1</v>
+      </c>
+      <c r="I75">
+        <v>1</v>
+      </c>
+      <c r="L75" t="s">
+        <v>120</v>
+      </c>
+      <c r="M75" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="76" spans="1:21">
+      <c r="A76">
+        <v>539</v>
+      </c>
+      <c r="B76">
+        <v>40</v>
+      </c>
+      <c r="C76" t="s">
+        <v>142</v>
+      </c>
+      <c r="D76" t="s">
         <v>154</v>
-      </c>
-[...286 lines deleted...]
-        <v>163</v>
       </c>
       <c r="E76">
         <v>4</v>
       </c>
       <c r="F76">
-        <v>57</v>
-[...13 lines deleted...]
-      <c r="K76">
+        <v>1</v>
+      </c>
+      <c r="G76">
+        <v>1</v>
+      </c>
+      <c r="H76">
+        <v>2</v>
+      </c>
+      <c r="I76">
+        <v>3</v>
+      </c>
+      <c r="L76" t="s">
+        <v>77</v>
+      </c>
+      <c r="M76" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="77" spans="1:21">
+      <c r="A77">
+        <v>544</v>
+      </c>
+      <c r="B77">
+        <v>11</v>
+      </c>
+      <c r="C77" t="s">
+        <v>17</v>
+      </c>
+      <c r="D77" t="s">
+        <v>155</v>
+      </c>
+      <c r="E77">
+        <v>5</v>
+      </c>
+      <c r="F77">
+        <v>1</v>
+      </c>
+      <c r="G77">
+        <v>1</v>
+      </c>
+      <c r="H77">
+        <v>1</v>
+      </c>
+      <c r="I77">
+        <v>2</v>
+      </c>
+      <c r="L77" t="s">
+        <v>27</v>
+      </c>
+      <c r="M77" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="78" spans="1:21">
+      <c r="A78">
+        <v>546</v>
+      </c>
+      <c r="B78">
+        <v>8</v>
+      </c>
+      <c r="C78" t="s">
+        <v>69</v>
+      </c>
+      <c r="D78" t="s">
+        <v>156</v>
+      </c>
+      <c r="E78">
         <v>12</v>
       </c>
-      <c r="L76">
-[...22 lines deleted...]
-      <c r="E77">
+      <c r="F78">
+        <v>1</v>
+      </c>
+      <c r="J78">
+        <v>2</v>
+      </c>
+      <c r="K78">
+        <v>1</v>
+      </c>
+      <c r="L78" t="s">
+        <v>120</v>
+      </c>
+      <c r="M78" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="79" spans="1:21">
+      <c r="A79">
+        <v>559</v>
+      </c>
+      <c r="B79">
+        <v>27</v>
+      </c>
+      <c r="C79" t="s">
+        <v>40</v>
+      </c>
+      <c r="D79" t="s">
+        <v>157</v>
+      </c>
+      <c r="E79">
         <v>4</v>
       </c>
-      <c r="F77">
-[...20 lines deleted...]
-      <c r="M77">
+      <c r="L79" t="s">
+        <v>77</v>
+      </c>
+      <c r="M79" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="80" spans="1:21">
+      <c r="A80">
+        <v>568</v>
+      </c>
+      <c r="B80">
+        <v>21</v>
+      </c>
+      <c r="C80" t="s">
+        <v>158</v>
+      </c>
+      <c r="D80" t="s">
+        <v>159</v>
+      </c>
+      <c r="E80">
         <v>5</v>
       </c>
-      <c r="P77" t="s">
-[...140 lines deleted...]
-      <c r="N80">
+      <c r="L80" t="s">
+        <v>27</v>
+      </c>
+      <c r="M80" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="81" spans="1:21">
+      <c r="A81">
+        <v>584</v>
+      </c>
+      <c r="B81">
+        <v>5</v>
+      </c>
+      <c r="C81" t="s">
+        <v>160</v>
+      </c>
+      <c r="D81" t="s">
+        <v>145</v>
+      </c>
+      <c r="E81">
+        <v>5</v>
+      </c>
+      <c r="F81">
+        <v>1</v>
+      </c>
+      <c r="L81" t="s">
+        <v>27</v>
+      </c>
+      <c r="M81" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="82" spans="1:21">
+      <c r="A82">
+        <v>593</v>
+      </c>
+      <c r="B82">
         <v>4</v>
-      </c>
-[...62 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C82" t="s">
         <v>161</v>
       </c>
       <c r="D82" t="s">
+        <v>162</v>
+      </c>
+      <c r="E82">
+        <v>16</v>
+      </c>
+      <c r="F82">
+        <v>1</v>
+      </c>
+      <c r="J82">
+        <v>4</v>
+      </c>
+      <c r="K82">
+        <v>1</v>
+      </c>
+      <c r="L82" t="s">
+        <v>163</v>
+      </c>
+      <c r="M82" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="83" spans="1:21">
+      <c r="A83">
+        <v>594</v>
+      </c>
+      <c r="B83">
+        <v>6</v>
+      </c>
+      <c r="C83" t="s">
+        <v>164</v>
+      </c>
+      <c r="D83" t="s">
+        <v>165</v>
+      </c>
+      <c r="E83">
+        <v>16</v>
+      </c>
+      <c r="F83">
+        <v>1</v>
+      </c>
+      <c r="L83" t="s">
+        <v>163</v>
+      </c>
+      <c r="M83" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="84" spans="1:21">
+      <c r="A84">
+        <v>595</v>
+      </c>
+      <c r="B84">
+        <v>7</v>
+      </c>
+      <c r="C84" t="s">
+        <v>166</v>
+      </c>
+      <c r="D84" t="s">
+        <v>167</v>
+      </c>
+      <c r="E84">
+        <v>16</v>
+      </c>
+      <c r="F84">
+        <v>1</v>
+      </c>
+      <c r="L84" t="s">
+        <v>163</v>
+      </c>
+      <c r="M84" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="85" spans="1:21">
+      <c r="A85">
+        <v>596</v>
+      </c>
+      <c r="B85">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>168</v>
+      </c>
+      <c r="D85" t="s">
+        <v>169</v>
+      </c>
+      <c r="E85">
+        <v>16</v>
+      </c>
+      <c r="F85">
+        <v>1</v>
+      </c>
+      <c r="L85" t="s">
+        <v>163</v>
+      </c>
+      <c r="M85" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="86" spans="1:21">
+      <c r="A86">
+        <v>598</v>
+      </c>
+      <c r="B86">
+        <v>12</v>
+      </c>
+      <c r="C86" t="s">
+        <v>170</v>
+      </c>
+      <c r="D86" t="s">
+        <v>171</v>
+      </c>
+      <c r="E86">
+        <v>16</v>
+      </c>
+      <c r="F86">
+        <v>1</v>
+      </c>
+      <c r="G86">
+        <v>1</v>
+      </c>
+      <c r="H86">
+        <v>1</v>
+      </c>
+      <c r="I86">
+        <v>2</v>
+      </c>
+      <c r="L86" t="s">
+        <v>163</v>
+      </c>
+      <c r="M86" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="87" spans="1:21">
+      <c r="A87">
+        <v>600</v>
+      </c>
+      <c r="B87">
+        <v>20</v>
+      </c>
+      <c r="C87" t="s">
+        <v>17</v>
+      </c>
+      <c r="D87" t="s">
+        <v>172</v>
+      </c>
+      <c r="E87">
+        <v>16</v>
+      </c>
+      <c r="F87">
+        <v>1</v>
+      </c>
+      <c r="G87">
+        <v>1</v>
+      </c>
+      <c r="H87">
+        <v>1</v>
+      </c>
+      <c r="I87">
+        <v>2</v>
+      </c>
+      <c r="L87" t="s">
+        <v>163</v>
+      </c>
+      <c r="M87" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="88" spans="1:21">
+      <c r="A88">
+        <v>602</v>
+      </c>
+      <c r="B88">
+        <v>24</v>
+      </c>
+      <c r="C88" t="s">
+        <v>69</v>
+      </c>
+      <c r="D88" t="s">
+        <v>173</v>
+      </c>
+      <c r="E88">
+        <v>16</v>
+      </c>
+      <c r="F88">
+        <v>1</v>
+      </c>
+      <c r="L88" t="s">
+        <v>163</v>
+      </c>
+      <c r="M88" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="89" spans="1:21">
+      <c r="A89">
+        <v>604</v>
+      </c>
+      <c r="B89">
+        <v>66</v>
+      </c>
+      <c r="C89" t="s">
+        <v>28</v>
+      </c>
+      <c r="D89" t="s">
         <v>174</v>
       </c>
-      <c r="E82">
+      <c r="E89">
+        <v>16</v>
+      </c>
+      <c r="F89">
+        <v>1</v>
+      </c>
+      <c r="G89">
+        <v>1</v>
+      </c>
+      <c r="I89">
+        <v>1</v>
+      </c>
+      <c r="L89" t="s">
+        <v>163</v>
+      </c>
+      <c r="M89" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="90" spans="1:21">
+      <c r="A90">
+        <v>606</v>
+      </c>
+      <c r="B90">
+        <v>15</v>
+      </c>
+      <c r="C90" t="s">
+        <v>128</v>
+      </c>
+      <c r="D90" t="s">
+        <v>175</v>
+      </c>
+      <c r="E90">
+        <v>16</v>
+      </c>
+      <c r="F90">
+        <v>1</v>
+      </c>
+      <c r="J90">
         <v>4</v>
-      </c>
-[...404 lines deleted...]
-        <v>13</v>
       </c>
       <c r="K90">
         <v>2</v>
       </c>
-      <c r="L90">
+      <c r="L90" t="s">
+        <v>163</v>
+      </c>
+      <c r="M90" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="91" spans="1:21">
+      <c r="A91">
+        <v>608</v>
+      </c>
+      <c r="B91">
+        <v>8</v>
+      </c>
+      <c r="C91" t="s">
+        <v>114</v>
+      </c>
+      <c r="D91" t="s">
+        <v>176</v>
+      </c>
+      <c r="E91">
+        <v>16</v>
+      </c>
+      <c r="L91" t="s">
+        <v>163</v>
+      </c>
+      <c r="M91" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="92" spans="1:21">
+      <c r="A92">
+        <v>613</v>
+      </c>
+      <c r="B92">
+        <v>62</v>
+      </c>
+      <c r="C92" t="s">
+        <v>177</v>
+      </c>
+      <c r="D92" t="s">
+        <v>178</v>
+      </c>
+      <c r="E92">
+        <v>6</v>
+      </c>
+      <c r="L92" t="s">
+        <v>15</v>
+      </c>
+      <c r="M92" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="93" spans="1:21">
+      <c r="A93">
+        <v>614</v>
+      </c>
+      <c r="B93">
+        <v>4</v>
+      </c>
+      <c r="C93" t="s">
+        <v>40</v>
+      </c>
+      <c r="D93" t="s">
+        <v>179</v>
+      </c>
+      <c r="E93">
+        <v>12</v>
+      </c>
+      <c r="F93">
+        <v>1</v>
+      </c>
+      <c r="J93">
+        <v>4</v>
+      </c>
+      <c r="K93">
+        <v>2</v>
+      </c>
+      <c r="L93" t="s">
+        <v>120</v>
+      </c>
+      <c r="M93" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="94" spans="1:21">
+      <c r="A94">
+        <v>615</v>
+      </c>
+      <c r="B94">
+        <v>99</v>
+      </c>
+      <c r="C94" t="s">
+        <v>180</v>
+      </c>
+      <c r="D94" t="s">
+        <v>181</v>
+      </c>
+      <c r="E94">
+        <v>12</v>
+      </c>
+      <c r="F94">
+        <v>1</v>
+      </c>
+      <c r="L94" t="s">
+        <v>120</v>
+      </c>
+      <c r="M94" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="95" spans="1:21">
+      <c r="A95">
+        <v>618</v>
+      </c>
+      <c r="B95">
+        <v>24</v>
+      </c>
+      <c r="C95" t="s">
+        <v>166</v>
+      </c>
+      <c r="D95" t="s">
+        <v>182</v>
+      </c>
+      <c r="E95">
+        <v>11</v>
+      </c>
+      <c r="L95" t="s">
+        <v>107</v>
+      </c>
+      <c r="M95" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="96" spans="1:21">
+      <c r="A96">
+        <v>622</v>
+      </c>
+      <c r="B96">
+        <v>11</v>
+      </c>
+      <c r="C96" t="s">
+        <v>183</v>
+      </c>
+      <c r="D96" t="s">
+        <v>184</v>
+      </c>
+      <c r="E96">
+        <v>12</v>
+      </c>
+      <c r="L96" t="s">
+        <v>120</v>
+      </c>
+      <c r="M96" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="97" spans="1:21">
+      <c r="A97">
+        <v>628</v>
+      </c>
+      <c r="B97">
+        <v>8</v>
+      </c>
+      <c r="C97" t="s">
+        <v>158</v>
+      </c>
+      <c r="D97" t="s">
+        <v>185</v>
+      </c>
+      <c r="E97">
+        <v>7</v>
+      </c>
+      <c r="F97">
+        <v>1</v>
+      </c>
+      <c r="J97">
+        <v>2</v>
+      </c>
+      <c r="K97">
+        <v>1</v>
+      </c>
+      <c r="L97" t="s">
+        <v>63</v>
+      </c>
+      <c r="M97" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="98" spans="1:21">
+      <c r="A98">
+        <v>631</v>
+      </c>
+      <c r="B98">
+        <v>11</v>
+      </c>
+      <c r="C98" t="s">
+        <v>186</v>
+      </c>
+      <c r="D98" t="s">
+        <v>187</v>
+      </c>
+      <c r="E98">
+        <v>11</v>
+      </c>
+      <c r="F98">
+        <v>1</v>
+      </c>
+      <c r="J98">
+        <v>2</v>
+      </c>
+      <c r="K98">
+        <v>1</v>
+      </c>
+      <c r="L98" t="s">
+        <v>107</v>
+      </c>
+      <c r="M98" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="99" spans="1:21">
+      <c r="A99">
+        <v>633</v>
+      </c>
+      <c r="B99">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>188</v>
+      </c>
+      <c r="D99" t="s">
+        <v>189</v>
+      </c>
+      <c r="E99">
+        <v>11</v>
+      </c>
+      <c r="L99" t="s">
+        <v>107</v>
+      </c>
+      <c r="M99" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="100" spans="1:21">
+      <c r="A100">
+        <v>639</v>
+      </c>
+      <c r="B100">
+        <v>3</v>
+      </c>
+      <c r="C100" t="s">
+        <v>13</v>
+      </c>
+      <c r="D100" t="s">
+        <v>190</v>
+      </c>
+      <c r="E100">
         <v>5</v>
       </c>
-      <c r="M90">
-[...2 lines deleted...]
-      <c r="N90">
+      <c r="F100">
+        <v>1</v>
+      </c>
+      <c r="L100" t="s">
+        <v>27</v>
+      </c>
+      <c r="M100" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="101" spans="1:21">
+      <c r="A101">
+        <v>672</v>
+      </c>
+      <c r="B101">
+        <v>12</v>
+      </c>
+      <c r="C101" t="s">
+        <v>191</v>
+      </c>
+      <c r="D101" t="s">
+        <v>192</v>
+      </c>
+      <c r="E101">
         <v>4</v>
       </c>
-      <c r="O90">
+      <c r="F101">
+        <v>1</v>
+      </c>
+      <c r="J101">
         <v>2</v>
       </c>
-      <c r="P90" t="s">
-[...78 lines deleted...]
-      <c r="J92">
+      <c r="K101">
+        <v>1</v>
+      </c>
+      <c r="L101" t="s">
+        <v>77</v>
+      </c>
+      <c r="M101" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="102" spans="1:21">
+      <c r="A102">
+        <v>675</v>
+      </c>
+      <c r="B102">
+        <v>21</v>
+      </c>
+      <c r="C102" t="s">
+        <v>142</v>
+      </c>
+      <c r="D102" t="s">
+        <v>193</v>
+      </c>
+      <c r="E102">
+        <v>16</v>
+      </c>
+      <c r="F102">
+        <v>1</v>
+      </c>
+      <c r="H102">
+        <v>1</v>
+      </c>
+      <c r="I102">
+        <v>1</v>
+      </c>
+      <c r="L102" t="s">
+        <v>163</v>
+      </c>
+      <c r="M102" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="103" spans="1:21">
+      <c r="A103">
+        <v>676</v>
+      </c>
+      <c r="B103">
+        <v>27</v>
+      </c>
+      <c r="C103" t="s">
+        <v>123</v>
+      </c>
+      <c r="D103" t="s">
+        <v>194</v>
+      </c>
+      <c r="E103">
+        <v>16</v>
+      </c>
+      <c r="F103">
+        <v>1</v>
+      </c>
+      <c r="H103">
+        <v>2</v>
+      </c>
+      <c r="I103">
+        <v>2</v>
+      </c>
+      <c r="L103" t="s">
+        <v>163</v>
+      </c>
+      <c r="M103" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="104" spans="1:21">
+      <c r="A104">
+        <v>677</v>
+      </c>
+      <c r="B104">
         <v>17</v>
       </c>
-      <c r="K92">
-[...8 lines deleted...]
-      <c r="N92">
+      <c r="C104" t="s">
+        <v>61</v>
+      </c>
+      <c r="D104" t="s">
+        <v>195</v>
+      </c>
+      <c r="E104">
+        <v>16</v>
+      </c>
+      <c r="F104">
+        <v>1</v>
+      </c>
+      <c r="J104">
         <v>2</v>
       </c>
-      <c r="O92">
-[...579 lines deleted...]
-    <row r="105" spans="1:16">
+      <c r="K104">
+        <v>1</v>
+      </c>
+      <c r="L104" t="s">
+        <v>163</v>
+      </c>
+      <c r="M104" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="105" spans="1:21">
       <c r="A105">
-        <v>631</v>
+        <v>679</v>
       </c>
       <c r="B105">
         <v>11</v>
       </c>
       <c r="C105" t="s">
-        <v>208</v>
+        <v>196</v>
       </c>
       <c r="D105" t="s">
-        <v>209</v>
+        <v>197</v>
       </c>
       <c r="E105">
+        <v>16</v>
+      </c>
+      <c r="F105">
+        <v>1</v>
+      </c>
+      <c r="G105">
+        <v>1</v>
+      </c>
+      <c r="I105">
+        <v>1</v>
+      </c>
+      <c r="J105">
+        <v>2</v>
+      </c>
+      <c r="K105">
+        <v>1</v>
+      </c>
+      <c r="L105" t="s">
+        <v>163</v>
+      </c>
+      <c r="M105" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="106" spans="1:21">
+      <c r="A106">
+        <v>680</v>
+      </c>
+      <c r="B106">
+        <v>12</v>
+      </c>
+      <c r="C106" t="s">
+        <v>198</v>
+      </c>
+      <c r="D106" t="s">
+        <v>199</v>
+      </c>
+      <c r="E106">
+        <v>6</v>
+      </c>
+      <c r="F106">
+        <v>1</v>
+      </c>
+      <c r="H106">
+        <v>1</v>
+      </c>
+      <c r="I106">
+        <v>1</v>
+      </c>
+      <c r="L106" t="s">
+        <v>15</v>
+      </c>
+      <c r="M106" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="107" spans="1:21">
+      <c r="A107">
+        <v>681</v>
+      </c>
+      <c r="B107">
+        <v>77</v>
+      </c>
+      <c r="C107" t="s">
+        <v>200</v>
+      </c>
+      <c r="D107" t="s">
+        <v>201</v>
+      </c>
+      <c r="E107">
+        <v>6</v>
+      </c>
+      <c r="F107">
+        <v>1</v>
+      </c>
+      <c r="L107" t="s">
+        <v>15</v>
+      </c>
+      <c r="M107" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="108" spans="1:21">
+      <c r="A108">
+        <v>682</v>
+      </c>
+      <c r="B108">
+        <v>15</v>
+      </c>
+      <c r="C108" t="s">
+        <v>202</v>
+      </c>
+      <c r="D108" t="s">
+        <v>203</v>
+      </c>
+      <c r="E108">
+        <v>6</v>
+      </c>
+      <c r="F108">
+        <v>1</v>
+      </c>
+      <c r="G108">
+        <v>1</v>
+      </c>
+      <c r="I108">
+        <v>1</v>
+      </c>
+      <c r="L108" t="s">
+        <v>15</v>
+      </c>
+      <c r="M108" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="109" spans="1:21">
+      <c r="A109">
+        <v>683</v>
+      </c>
+      <c r="B109">
+        <v>16</v>
+      </c>
+      <c r="C109" t="s">
+        <v>133</v>
+      </c>
+      <c r="D109" t="s">
+        <v>204</v>
+      </c>
+      <c r="E109">
         <v>11</v>
       </c>
-      <c r="F105">
-[...23 lines deleted...]
-      <c r="N105">
+      <c r="F109">
+        <v>1</v>
+      </c>
+      <c r="L109" t="s">
+        <v>107</v>
+      </c>
+      <c r="M109" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="110" spans="1:21">
+      <c r="A110">
+        <v>686</v>
+      </c>
+      <c r="B110">
         <v>4</v>
       </c>
-      <c r="O105">
-[...176 lines deleted...]
-      </c>
       <c r="C110" t="s">
-        <v>216</v>
+        <v>89</v>
       </c>
       <c r="D110" t="s">
-        <v>217</v>
+        <v>205</v>
       </c>
       <c r="E110">
         <v>8</v>
       </c>
-      <c r="F110">
-[...5 lines deleted...]
-      <c r="H110" t="s">
+      <c r="L110" t="s">
+        <v>42</v>
+      </c>
+      <c r="M110" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="111" spans="1:21">
+      <c r="A111">
+        <v>687</v>
+      </c>
+      <c r="B111">
+        <v>8</v>
+      </c>
+      <c r="C111" t="s">
+        <v>38</v>
+      </c>
+      <c r="D111" t="s">
+        <v>33</v>
+      </c>
+      <c r="E111">
+        <v>5</v>
+      </c>
+      <c r="F111">
+        <v>1</v>
+      </c>
+      <c r="J111">
+        <v>2</v>
+      </c>
+      <c r="K111">
+        <v>1</v>
+      </c>
+      <c r="L111" t="s">
+        <v>27</v>
+      </c>
+      <c r="M111" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="112" spans="1:21">
+      <c r="A112">
+        <v>689</v>
+      </c>
+      <c r="B112">
+        <v>67</v>
+      </c>
+      <c r="C112" t="s">
+        <v>206</v>
+      </c>
+      <c r="D112" t="s">
+        <v>207</v>
+      </c>
+      <c r="E112">
+        <v>6</v>
+      </c>
+      <c r="F112">
+        <v>1</v>
+      </c>
+      <c r="L112" t="s">
+        <v>15</v>
+      </c>
+      <c r="M112" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="113" spans="1:21">
+      <c r="A113">
+        <v>695</v>
+      </c>
+      <c r="B113">
+        <v>26</v>
+      </c>
+      <c r="C113" t="s">
+        <v>17</v>
+      </c>
+      <c r="D113" t="s">
+        <v>208</v>
+      </c>
+      <c r="E113">
+        <v>7</v>
+      </c>
+      <c r="F113">
+        <v>1</v>
+      </c>
+      <c r="L113" t="s">
+        <v>63</v>
+      </c>
+      <c r="M113" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="114" spans="1:21">
+      <c r="A114">
+        <v>707</v>
+      </c>
+      <c r="B114">
+        <v>25</v>
+      </c>
+      <c r="C114" t="s">
+        <v>209</v>
+      </c>
+      <c r="D114" t="s">
+        <v>210</v>
+      </c>
+      <c r="E114">
+        <v>5</v>
+      </c>
+      <c r="L114" t="s">
+        <v>27</v>
+      </c>
+      <c r="M114" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="115" spans="1:21">
+      <c r="A115">
+        <v>708</v>
+      </c>
+      <c r="B115">
+        <v>4</v>
+      </c>
+      <c r="C115" t="s">
+        <v>53</v>
+      </c>
+      <c r="D115" t="s">
+        <v>211</v>
+      </c>
+      <c r="E115">
+        <v>5</v>
+      </c>
+      <c r="F115">
+        <v>1</v>
+      </c>
+      <c r="G115">
+        <v>1</v>
+      </c>
+      <c r="I115">
+        <v>1</v>
+      </c>
+      <c r="L115" t="s">
+        <v>27</v>
+      </c>
+      <c r="M115" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="116" spans="1:21">
+      <c r="A116">
+        <v>720</v>
+      </c>
+      <c r="B116">
+        <v>21</v>
+      </c>
+      <c r="C116" t="s">
+        <v>212</v>
+      </c>
+      <c r="D116" t="s">
+        <v>213</v>
+      </c>
+      <c r="E116">
+        <v>4</v>
+      </c>
+      <c r="F116">
+        <v>1</v>
+      </c>
+      <c r="L116" t="s">
+        <v>77</v>
+      </c>
+      <c r="M116" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="117" spans="1:21">
+      <c r="A117">
+        <v>721</v>
+      </c>
+      <c r="B117">
+        <v>13</v>
+      </c>
+      <c r="C117" t="s">
+        <v>214</v>
+      </c>
+      <c r="D117" t="s">
         <v>215</v>
       </c>
-      <c r="I110" t="s">
-[...2 lines deleted...]
-      <c r="J110">
+      <c r="E117">
+        <v>12</v>
+      </c>
+      <c r="F117">
+        <v>1</v>
+      </c>
+      <c r="L117" t="s">
+        <v>120</v>
+      </c>
+      <c r="M117" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="118" spans="1:21">
+      <c r="A118">
+        <v>723</v>
+      </c>
+      <c r="B118">
+        <v>16</v>
+      </c>
+      <c r="C118" t="s">
+        <v>17</v>
+      </c>
+      <c r="D118" t="s">
+        <v>216</v>
+      </c>
+      <c r="E118">
+        <v>16</v>
+      </c>
+      <c r="F118">
+        <v>1</v>
+      </c>
+      <c r="H118">
+        <v>1</v>
+      </c>
+      <c r="I118">
+        <v>1</v>
+      </c>
+      <c r="L118" t="s">
+        <v>163</v>
+      </c>
+      <c r="M118" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="119" spans="1:21">
+      <c r="A119">
+        <v>724</v>
+      </c>
+      <c r="B119">
         <v>3</v>
       </c>
-      <c r="K110">
-[...13 lines deleted...]
-      <c r="B111">
+      <c r="C119" t="s">
+        <v>217</v>
+      </c>
+      <c r="D119" t="s">
+        <v>218</v>
+      </c>
+      <c r="E119">
+        <v>4</v>
+      </c>
+      <c r="F119">
+        <v>1</v>
+      </c>
+      <c r="L119" t="s">
+        <v>77</v>
+      </c>
+      <c r="M119" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="120" spans="1:21">
+      <c r="A120">
+        <v>725</v>
+      </c>
+      <c r="B120">
+        <v>1</v>
+      </c>
+      <c r="C120" t="s">
+        <v>142</v>
+      </c>
+      <c r="D120" t="s">
+        <v>195</v>
+      </c>
+      <c r="E120">
+        <v>16</v>
+      </c>
+      <c r="F120">
+        <v>1</v>
+      </c>
+      <c r="L120" t="s">
+        <v>163</v>
+      </c>
+      <c r="M120" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="121" spans="1:21">
+      <c r="A121">
+        <v>727</v>
+      </c>
+      <c r="B121">
+        <v>17</v>
+      </c>
+      <c r="C121" t="s">
+        <v>30</v>
+      </c>
+      <c r="D121" t="s">
+        <v>142</v>
+      </c>
+      <c r="E121">
         <v>6</v>
       </c>
-      <c r="C111" t="s">
-[...2 lines deleted...]
-      <c r="D111" t="s">
+      <c r="L121" t="s">
+        <v>15</v>
+      </c>
+      <c r="M121" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="122" spans="1:21">
+      <c r="A122">
+        <v>728</v>
+      </c>
+      <c r="B122">
+        <v>18</v>
+      </c>
+      <c r="C122" t="s">
         <v>219</v>
       </c>
-      <c r="E111">
+      <c r="D122" t="s">
+        <v>220</v>
+      </c>
+      <c r="E122">
+        <v>6</v>
+      </c>
+      <c r="F122">
+        <v>1</v>
+      </c>
+      <c r="H122">
+        <v>1</v>
+      </c>
+      <c r="I122">
+        <v>1</v>
+      </c>
+      <c r="J122">
+        <v>2</v>
+      </c>
+      <c r="K122">
+        <v>1</v>
+      </c>
+      <c r="L122" t="s">
+        <v>15</v>
+      </c>
+      <c r="M122" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="123" spans="1:21">
+      <c r="A123">
+        <v>729</v>
+      </c>
+      <c r="B123">
         <v>12</v>
       </c>
-      <c r="F111">
-[...34 lines deleted...]
-      <c r="C112" t="s">
+      <c r="C123" t="s">
         <v>221</v>
       </c>
-      <c r="D112" t="s">
+      <c r="D123" t="s">
         <v>222</v>
       </c>
-      <c r="E112">
-[...8 lines deleted...]
-      <c r="H112" t="s">
+      <c r="E123">
+        <v>7</v>
+      </c>
+      <c r="L123" t="s">
+        <v>63</v>
+      </c>
+      <c r="M123" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="124" spans="1:21">
+      <c r="A124">
+        <v>730</v>
+      </c>
+      <c r="B124">
+        <v>13</v>
+      </c>
+      <c r="C124" t="s">
         <v>223</v>
       </c>
-      <c r="I112" t="s">
-[...34 lines deleted...]
-      <c r="D113" t="s">
+      <c r="D124" t="s">
         <v>224</v>
       </c>
-      <c r="E113">
-[...20 lines deleted...]
-      <c r="L113">
+      <c r="E124">
         <v>7</v>
       </c>
-      <c r="M113">
-[...22 lines deleted...]
-      <c r="D114" t="s">
+      <c r="F124">
+        <v>1</v>
+      </c>
+      <c r="L124" t="s">
+        <v>63</v>
+      </c>
+      <c r="M124" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="125" spans="1:21">
+      <c r="A125">
+        <v>733</v>
+      </c>
+      <c r="B125">
+        <v>24</v>
+      </c>
+      <c r="C125" t="s">
+        <v>196</v>
+      </c>
+      <c r="D125" t="s">
         <v>225</v>
-      </c>
-[...509 lines deleted...]
-        <v>240</v>
       </c>
       <c r="E125">
         <v>7</v>
       </c>
-      <c r="F125">
-[...24 lines deleted...]
-    <row r="126" spans="1:16">
+      <c r="L125" t="s">
+        <v>63</v>
+      </c>
+      <c r="M125" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="126" spans="1:21">
       <c r="A126">
-        <v>697</v>
+        <v>734</v>
       </c>
       <c r="B126">
+        <v>17</v>
+      </c>
+      <c r="C126" t="s">
+        <v>226</v>
+      </c>
+      <c r="D126" t="s">
+        <v>227</v>
+      </c>
+      <c r="E126">
+        <v>7</v>
+      </c>
+      <c r="L126" t="s">
+        <v>63</v>
+      </c>
+      <c r="M126" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="127" spans="1:21">
+      <c r="A127">
+        <v>740</v>
+      </c>
+      <c r="B127">
         <v>19</v>
       </c>
-      <c r="C126" t="s">
-[...33 lines deleted...]
-      </c>
       <c r="C127" t="s">
-        <v>242</v>
+        <v>228</v>
       </c>
       <c r="D127" t="s">
-        <v>243</v>
+        <v>229</v>
       </c>
       <c r="E127">
         <v>5</v>
       </c>
       <c r="F127">
-        <v>51</v>
-[...10 lines deleted...]
-      <c r="J127">
+        <v>1</v>
+      </c>
+      <c r="G127">
+        <v>1</v>
+      </c>
+      <c r="H127">
+        <v>1</v>
+      </c>
+      <c r="I127">
+        <v>2</v>
+      </c>
+      <c r="L127" t="s">
+        <v>27</v>
+      </c>
+      <c r="M127" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="128" spans="1:21">
+      <c r="A128">
+        <v>741</v>
+      </c>
+      <c r="B128">
         <v>13</v>
       </c>
-      <c r="K127">
+      <c r="C128" t="s">
+        <v>32</v>
+      </c>
+      <c r="D128" t="s">
+        <v>230</v>
+      </c>
+      <c r="E128">
+        <v>4</v>
+      </c>
+      <c r="F128">
+        <v>1</v>
+      </c>
+      <c r="H128">
+        <v>2</v>
+      </c>
+      <c r="I128">
+        <v>2</v>
+      </c>
+      <c r="L128" t="s">
+        <v>77</v>
+      </c>
+      <c r="M128" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="129" spans="1:21">
+      <c r="A129">
+        <v>742</v>
+      </c>
+      <c r="B129">
+        <v>19</v>
+      </c>
+      <c r="C129" t="s">
+        <v>223</v>
+      </c>
+      <c r="D129" t="s">
+        <v>231</v>
+      </c>
+      <c r="E129">
         <v>6</v>
       </c>
-      <c r="L127">
-[...100 lines deleted...]
-    <row r="130" spans="1:16">
+      <c r="L129" t="s">
+        <v>15</v>
+      </c>
+      <c r="M129" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="130" spans="1:21">
       <c r="A130">
-        <v>721</v>
+        <v>744</v>
       </c>
       <c r="B130">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C130" t="s">
-        <v>248</v>
+        <v>36</v>
       </c>
       <c r="D130" t="s">
-        <v>249</v>
+        <v>232</v>
       </c>
       <c r="E130">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="F130">
-        <v>44</v>
-[...803 lines deleted...]
-        <v>27</v>
+        <v>1</v>
+      </c>
+      <c r="L130" t="s">
+        <v>63</v>
+      </c>
+      <c r="M130" t="s">
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">