--- v5 (2026-02-25)
+++ v6 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Pens" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="234">
   <si>
     <t>Player Id</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>Team Id</t>
   </si>
   <si>
     <t>Games Played</t>
   </si>
   <si>
     <t>Goals</t>
   </si>
   <si>
     <t>Assists</t>
   </si>
   <si>
@@ -158,50 +158,56 @@
   <si>
     <t>Andrew</t>
   </si>
   <si>
     <t>Marshall</t>
   </si>
   <si>
     <t>Mimico Old Boys</t>
   </si>
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>Stiles</t>
   </si>
   <si>
     <t>Sharpe</t>
   </si>
   <si>
     <t>Mak</t>
   </si>
   <si>
     <t>Vilip</t>
   </si>
   <si>
+    <t>Kevin</t>
+  </si>
+  <si>
+    <t>Johnson</t>
+  </si>
+  <si>
     <t>Terry</t>
   </si>
   <si>
     <t>Durette</t>
   </si>
   <si>
     <t>Ken</t>
   </si>
   <si>
     <t>Graydon</t>
   </si>
   <si>
     <t>Blair</t>
   </si>
   <si>
     <t>Cameron</t>
   </si>
   <si>
     <t>Shawn</t>
   </si>
   <si>
     <t>Hughes</t>
   </si>
   <si>
     <t>James</t>
@@ -510,53 +516,50 @@
     <t>Sherrard</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>Kapshey</t>
   </si>
   <si>
     <t>Bob</t>
   </si>
   <si>
     <t>Greig</t>
   </si>
   <si>
     <t>Love</t>
   </si>
   <si>
     <t>Fireball Dragons</t>
   </si>
   <si>
     <t>Matt</t>
   </si>
   <si>
     <t>Dunlop</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kevin</t>
   </si>
   <si>
     <t>Delano</t>
   </si>
   <si>
     <t>Lorenzo</t>
   </si>
   <si>
     <t>Perozzo</t>
   </si>
   <si>
     <t>Darren</t>
   </si>
   <si>
     <t>Gornall</t>
   </si>
   <si>
     <t>Brady</t>
   </si>
   <si>
     <t>Thomas</t>
   </si>
   <si>
     <t>Britten</t>
   </si>
@@ -1057,51 +1060,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U130"/>
+  <dimension ref="A1:U131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="10" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="10" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" customWidth="true" style="0"/>
     <col min="9" max="9" width="10" customWidth="true" style="0"/>
     <col min="10" max="10" width="10" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
     <col min="13" max="13" width="25" customWidth="true" style="0"/>
     <col min="14" max="14" width="10" customWidth="true" style="0"/>
     <col min="15" max="15" width="10" customWidth="true" style="0"/>
     <col min="16" max="16" width="10" customWidth="true" style="0"/>
     <col min="17" max="17" width="10" customWidth="true" style="0"/>
     <col min="18" max="18" width="10" customWidth="true" style="0"/>
@@ -1146,3663 +1149,4292 @@
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:21">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>14</v>
       </c>
       <c r="E2">
         <v>6</v>
       </c>
       <c r="F2">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="I2">
         <v>1</v>
+      </c>
+      <c r="J2">
+        <v>14</v>
+      </c>
+      <c r="K2">
+        <v>3</v>
       </c>
       <c r="L2" t="s">
         <v>15</v>
       </c>
       <c r="M2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:21">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3">
         <v>6</v>
       </c>
       <c r="F3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="I3">
         <v>1</v>
       </c>
       <c r="L3" t="s">
         <v>15</v>
       </c>
       <c r="M3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:21">
       <c r="A4">
         <v>4</v>
       </c>
       <c r="B4">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4">
         <v>6</v>
       </c>
       <c r="F4">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="J4">
+        <v>4</v>
+      </c>
+      <c r="K4">
+        <v>2</v>
       </c>
       <c r="L4" t="s">
         <v>15</v>
       </c>
       <c r="M4" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:21">
       <c r="A5">
         <v>15</v>
       </c>
       <c r="B5">
         <v>55</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5">
         <v>6</v>
       </c>
       <c r="F5">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L5" t="s">
         <v>15</v>
       </c>
       <c r="M5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:21">
       <c r="A6">
         <v>18</v>
       </c>
       <c r="B6">
         <v>75</v>
       </c>
       <c r="C6" t="s">
         <v>23</v>
       </c>
       <c r="D6" t="s">
         <v>24</v>
       </c>
       <c r="E6">
         <v>6</v>
       </c>
       <c r="F6">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L6" t="s">
         <v>15</v>
       </c>
       <c r="M6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:21">
       <c r="A7">
         <v>45</v>
       </c>
       <c r="B7">
         <v>7</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7">
         <v>5</v>
       </c>
+      <c r="F7">
+        <v>3</v>
+      </c>
+      <c r="G7">
+        <v>1</v>
+      </c>
+      <c r="H7">
+        <v>2</v>
+      </c>
+      <c r="I7">
+        <v>3</v>
+      </c>
       <c r="L7" t="s">
         <v>27</v>
       </c>
       <c r="M7" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:21">
       <c r="A8">
         <v>46</v>
       </c>
       <c r="B8">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="C8" t="s">
         <v>28</v>
       </c>
       <c r="D8" t="s">
         <v>29</v>
       </c>
       <c r="E8">
         <v>5</v>
       </c>
       <c r="F8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L8" t="s">
         <v>27</v>
       </c>
       <c r="M8" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9" spans="1:21">
       <c r="A9">
         <v>48</v>
       </c>
       <c r="B9">
         <v>10</v>
       </c>
       <c r="C9" t="s">
         <v>30</v>
       </c>
       <c r="D9" t="s">
         <v>31</v>
       </c>
       <c r="E9">
         <v>5</v>
       </c>
       <c r="F9">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="H9">
+        <v>3</v>
+      </c>
+      <c r="I9">
+        <v>3</v>
       </c>
       <c r="L9" t="s">
         <v>27</v>
       </c>
       <c r="M9" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10" spans="1:21">
       <c r="A10">
         <v>50</v>
       </c>
       <c r="B10">
         <v>12</v>
       </c>
       <c r="C10" t="s">
         <v>32</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10">
         <v>5</v>
       </c>
       <c r="F10">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L10" t="s">
         <v>27</v>
       </c>
       <c r="M10" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:21">
       <c r="A11">
         <v>55</v>
       </c>
       <c r="B11">
         <v>22</v>
       </c>
       <c r="C11" t="s">
         <v>34</v>
       </c>
       <c r="D11" t="s">
         <v>35</v>
       </c>
       <c r="E11">
         <v>5</v>
       </c>
       <c r="F11">
+        <v>3</v>
+      </c>
+      <c r="G11">
         <v>1</v>
       </c>
       <c r="H11">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I11">
+        <v>4</v>
+      </c>
+      <c r="J11">
+        <v>2</v>
+      </c>
+      <c r="K11">
         <v>1</v>
       </c>
       <c r="L11" t="s">
         <v>27</v>
       </c>
       <c r="M11" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:21">
       <c r="A12">
         <v>59</v>
       </c>
       <c r="B12">
         <v>52</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
       <c r="E12">
         <v>5</v>
       </c>
       <c r="F12">
+        <v>4</v>
+      </c>
+      <c r="H12">
+        <v>1</v>
+      </c>
+      <c r="I12">
         <v>1</v>
       </c>
       <c r="L12" t="s">
         <v>27</v>
       </c>
       <c r="M12" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:21">
       <c r="A13">
         <v>61</v>
       </c>
       <c r="B13">
         <v>95</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
         <v>39</v>
       </c>
       <c r="E13">
         <v>5</v>
       </c>
       <c r="F13">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L13" t="s">
         <v>27</v>
       </c>
       <c r="M13" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:21">
       <c r="A14">
         <v>65</v>
       </c>
       <c r="B14">
         <v>44</v>
       </c>
       <c r="C14" t="s">
         <v>40</v>
       </c>
       <c r="D14" t="s">
         <v>41</v>
       </c>
       <c r="E14">
         <v>8</v>
       </c>
+      <c r="F14">
+        <v>2</v>
+      </c>
+      <c r="G14">
+        <v>1</v>
+      </c>
+      <c r="H14">
+        <v>1</v>
+      </c>
+      <c r="I14">
+        <v>2</v>
+      </c>
+      <c r="J14">
+        <v>2</v>
+      </c>
+      <c r="K14">
+        <v>1</v>
+      </c>
       <c r="L14" t="s">
         <v>42</v>
       </c>
       <c r="M14" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:21">
       <c r="A15">
         <v>66</v>
       </c>
       <c r="B15">
         <v>20</v>
       </c>
       <c r="C15" t="s">
         <v>43</v>
       </c>
       <c r="D15" t="s">
         <v>44</v>
       </c>
       <c r="E15">
         <v>8</v>
       </c>
       <c r="F15">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="I15">
         <v>1</v>
       </c>
       <c r="L15" t="s">
         <v>42</v>
       </c>
       <c r="M15" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:21">
       <c r="A16">
         <v>67</v>
       </c>
       <c r="B16">
         <v>7</v>
       </c>
       <c r="C16" t="s">
         <v>30</v>
       </c>
       <c r="D16" t="s">
         <v>45</v>
       </c>
       <c r="E16">
         <v>8</v>
       </c>
       <c r="F16">
+        <v>4</v>
+      </c>
+      <c r="G16">
         <v>1</v>
       </c>
       <c r="H16">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I16">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L16" t="s">
         <v>42</v>
       </c>
       <c r="M16" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:21">
       <c r="A17">
         <v>68</v>
       </c>
       <c r="B17">
         <v>8</v>
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
       <c r="D17" t="s">
         <v>47</v>
       </c>
       <c r="E17">
         <v>8</v>
       </c>
       <c r="F17">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L17" t="s">
         <v>42</v>
       </c>
       <c r="M17" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:21">
       <c r="A18">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B18">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C18" t="s">
         <v>48</v>
       </c>
       <c r="D18" t="s">
         <v>49</v>
       </c>
       <c r="E18">
         <v>8</v>
       </c>
       <c r="F18">
         <v>1</v>
       </c>
-      <c r="H18">
+      <c r="G18">
         <v>1</v>
       </c>
       <c r="I18">
         <v>1</v>
       </c>
       <c r="L18" t="s">
         <v>42</v>
       </c>
       <c r="M18" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:21">
       <c r="A19">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B19">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C19" t="s">
         <v>50</v>
       </c>
       <c r="D19" t="s">
         <v>51</v>
       </c>
       <c r="E19">
         <v>8</v>
       </c>
       <c r="F19">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G19">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="H19">
+        <v>4</v>
       </c>
       <c r="I19">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="L19" t="s">
         <v>42</v>
       </c>
       <c r="M19" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:21">
       <c r="A20">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B20">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C20" t="s">
         <v>52</v>
       </c>
       <c r="D20" t="s">
         <v>53</v>
       </c>
       <c r="E20">
         <v>8</v>
       </c>
       <c r="F20">
+        <v>4</v>
+      </c>
+      <c r="G20">
+        <v>1</v>
+      </c>
+      <c r="I20">
+        <v>1</v>
+      </c>
+      <c r="J20">
+        <v>2</v>
+      </c>
+      <c r="K20">
         <v>1</v>
       </c>
       <c r="L20" t="s">
         <v>42</v>
       </c>
       <c r="M20" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:21">
       <c r="A21">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B21">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C21" t="s">
         <v>54</v>
       </c>
       <c r="D21" t="s">
         <v>55</v>
       </c>
       <c r="E21">
         <v>8</v>
       </c>
       <c r="F21">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="H21">
+        <v>2</v>
+      </c>
+      <c r="G21">
         <v>1</v>
       </c>
       <c r="I21">
         <v>1</v>
       </c>
       <c r="L21" t="s">
         <v>42</v>
       </c>
       <c r="M21" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:21">
       <c r="A22">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="B22">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="C22" t="s">
         <v>56</v>
       </c>
       <c r="D22" t="s">
         <v>57</v>
       </c>
       <c r="E22">
         <v>8</v>
       </c>
       <c r="F22">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H22">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I22">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="J22">
+        <v>4</v>
+      </c>
+      <c r="K22">
+        <v>2</v>
       </c>
       <c r="L22" t="s">
         <v>42</v>
       </c>
       <c r="M22" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:21">
       <c r="A23">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="B23">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="C23" t="s">
-        <v>30</v>
+        <v>58</v>
       </c>
       <c r="D23" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E23">
         <v>8</v>
       </c>
       <c r="F23">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="G23">
+        <v>2</v>
+      </c>
+      <c r="H23">
+        <v>5</v>
+      </c>
+      <c r="I23">
+        <v>7</v>
       </c>
       <c r="L23" t="s">
         <v>42</v>
       </c>
       <c r="M23" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:21">
       <c r="A24">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B24">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="C24" t="s">
-        <v>59</v>
+        <v>30</v>
       </c>
       <c r="D24" t="s">
         <v>60</v>
       </c>
       <c r="E24">
         <v>8</v>
       </c>
       <c r="F24">
-        <v>1</v>
-[...8 lines deleted...]
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J24">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K24">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L24" t="s">
         <v>42</v>
       </c>
       <c r="M24" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:21">
       <c r="A25">
-        <v>130</v>
+        <v>83</v>
       </c>
       <c r="B25">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C25" t="s">
         <v>61</v>
       </c>
       <c r="D25" t="s">
         <v>62</v>
       </c>
       <c r="E25">
-        <v>7</v>
+        <v>8</v>
+      </c>
+      <c r="F25">
+        <v>3</v>
+      </c>
+      <c r="G25">
+        <v>1</v>
+      </c>
+      <c r="H25">
+        <v>2</v>
+      </c>
+      <c r="I25">
+        <v>3</v>
+      </c>
+      <c r="J25">
+        <v>2</v>
+      </c>
+      <c r="K25">
+        <v>1</v>
       </c>
       <c r="L25" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="M25" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="26" spans="1:21">
       <c r="A26">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="B26">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C26" t="s">
-        <v>30</v>
+        <v>63</v>
       </c>
       <c r="D26" t="s">
         <v>64</v>
       </c>
       <c r="E26">
         <v>7</v>
       </c>
       <c r="F26">
         <v>1</v>
       </c>
       <c r="L26" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="M26" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:21">
       <c r="A27">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B27">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="C27" t="s">
-        <v>65</v>
+        <v>30</v>
       </c>
       <c r="D27" t="s">
         <v>66</v>
       </c>
       <c r="E27">
         <v>7</v>
       </c>
       <c r="F27">
+        <v>4</v>
+      </c>
+      <c r="H27">
+        <v>1</v>
+      </c>
+      <c r="I27">
         <v>1</v>
       </c>
       <c r="L27" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="M27" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:21">
       <c r="A28">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B28">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="C28" t="s">
         <v>67</v>
       </c>
       <c r="D28" t="s">
         <v>68</v>
       </c>
       <c r="E28">
         <v>7</v>
       </c>
       <c r="F28">
+        <v>4</v>
+      </c>
+      <c r="J28">
+        <v>2</v>
+      </c>
+      <c r="K28">
         <v>1</v>
       </c>
       <c r="L28" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="M28" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:21">
       <c r="A29">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B29">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C29" t="s">
         <v>69</v>
       </c>
       <c r="D29" t="s">
         <v>70</v>
       </c>
       <c r="E29">
         <v>7</v>
       </c>
       <c r="F29">
+        <v>2</v>
+      </c>
+      <c r="H29">
+        <v>2</v>
+      </c>
+      <c r="I29">
+        <v>2</v>
+      </c>
+      <c r="J29">
+        <v>2</v>
+      </c>
+      <c r="K29">
         <v>1</v>
       </c>
       <c r="L29" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="M29" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:21">
       <c r="A30">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B30">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C30" t="s">
         <v>71</v>
       </c>
       <c r="D30" t="s">
         <v>72</v>
       </c>
       <c r="E30">
         <v>7</v>
       </c>
       <c r="F30">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J30">
         <v>2</v>
       </c>
       <c r="K30">
         <v>1</v>
       </c>
       <c r="L30" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="M30" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="31" spans="1:21">
       <c r="A31">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B31">
-        <v>77</v>
+        <v>22</v>
       </c>
       <c r="C31" t="s">
         <v>73</v>
       </c>
       <c r="D31" t="s">
         <v>74</v>
       </c>
       <c r="E31">
         <v>7</v>
       </c>
       <c r="F31">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J31">
         <v>2</v>
       </c>
       <c r="K31">
         <v>1</v>
       </c>
       <c r="L31" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="M31" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="32" spans="1:21">
       <c r="A32">
-        <v>149</v>
+        <v>139</v>
       </c>
       <c r="B32">
-        <v>6</v>
+        <v>77</v>
       </c>
       <c r="C32" t="s">
         <v>75</v>
       </c>
       <c r="D32" t="s">
         <v>76</v>
       </c>
       <c r="E32">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F32">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="G32">
+        <v>4</v>
+      </c>
+      <c r="H32">
         <v>1</v>
       </c>
       <c r="I32">
         <v>1</v>
       </c>
+      <c r="J32">
+        <v>20</v>
+      </c>
+      <c r="K32">
+        <v>5</v>
+      </c>
       <c r="L32" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="M32" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="33" spans="1:21">
       <c r="A33">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="B33">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="C33" t="s">
+        <v>77</v>
+      </c>
+      <c r="D33" t="s">
         <v>78</v>
       </c>
-      <c r="D33" t="s">
+      <c r="E33">
+        <v>4</v>
+      </c>
+      <c r="F33">
+        <v>2</v>
+      </c>
+      <c r="G33">
+        <v>1</v>
+      </c>
+      <c r="I33">
+        <v>1</v>
+      </c>
+      <c r="L33" t="s">
         <v>79</v>
-      </c>
-[...13 lines deleted...]
-        <v>77</v>
       </c>
       <c r="M33" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="34" spans="1:21">
       <c r="A34">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="B34">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C34" t="s">
         <v>80</v>
       </c>
       <c r="D34" t="s">
         <v>81</v>
       </c>
       <c r="E34">
         <v>4</v>
       </c>
+      <c r="F34">
+        <v>3</v>
+      </c>
+      <c r="H34">
+        <v>1</v>
+      </c>
+      <c r="I34">
+        <v>1</v>
+      </c>
+      <c r="J34">
+        <v>2</v>
+      </c>
+      <c r="K34">
+        <v>1</v>
+      </c>
       <c r="L34" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="M34" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="35" spans="1:21">
       <c r="A35">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B35">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="C35" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="D35" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E35">
         <v>4</v>
       </c>
-      <c r="F35">
-[...7 lines deleted...]
-      </c>
       <c r="L35" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="M35" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:21">
       <c r="A36">
-        <v>184</v>
+        <v>158</v>
       </c>
       <c r="B36">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="C36" t="s">
-        <v>83</v>
+        <v>23</v>
       </c>
       <c r="D36" t="s">
         <v>84</v>
       </c>
       <c r="E36">
         <v>4</v>
       </c>
       <c r="F36">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G36">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="H36">
         <v>1</v>
       </c>
       <c r="I36">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="L36" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="M36" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="37" spans="1:21">
       <c r="A37">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="B37">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="C37" t="s">
         <v>85</v>
       </c>
       <c r="D37" t="s">
         <v>86</v>
       </c>
       <c r="E37">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F37">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="G37">
+        <v>3</v>
       </c>
       <c r="H37">
         <v>1</v>
       </c>
       <c r="I37">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L37" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="M37" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="38" spans="1:21">
       <c r="A38">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B38">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C38" t="s">
         <v>87</v>
       </c>
       <c r="D38" t="s">
         <v>88</v>
       </c>
       <c r="E38">
         <v>8</v>
       </c>
       <c r="F38">
+        <v>4</v>
+      </c>
+      <c r="G38">
+        <v>2</v>
+      </c>
+      <c r="H38">
+        <v>4</v>
+      </c>
+      <c r="I38">
+        <v>6</v>
+      </c>
+      <c r="J38">
+        <v>2</v>
+      </c>
+      <c r="K38">
         <v>1</v>
       </c>
       <c r="L38" t="s">
         <v>42</v>
       </c>
       <c r="M38" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:21">
       <c r="A39">
-        <v>204</v>
+        <v>192</v>
       </c>
       <c r="B39">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="C39" t="s">
         <v>89</v>
       </c>
       <c r="D39" t="s">
         <v>90</v>
       </c>
       <c r="E39">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F39">
+        <v>3</v>
+      </c>
+      <c r="G39">
+        <v>2</v>
+      </c>
+      <c r="H39">
+        <v>1</v>
+      </c>
+      <c r="I39">
+        <v>3</v>
+      </c>
+      <c r="J39">
+        <v>2</v>
+      </c>
+      <c r="K39">
         <v>1</v>
       </c>
       <c r="L39" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="M39" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:21">
       <c r="A40">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="B40">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C40" t="s">
-        <v>28</v>
+        <v>91</v>
       </c>
       <c r="D40" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E40">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F40">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L40" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="M40" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:21">
       <c r="A41">
-        <v>237</v>
+        <v>216</v>
       </c>
       <c r="B41">
-        <v>27</v>
+        <v>13</v>
       </c>
       <c r="C41" t="s">
-        <v>92</v>
+        <v>28</v>
       </c>
       <c r="D41" t="s">
         <v>93</v>
       </c>
       <c r="E41">
         <v>8</v>
       </c>
+      <c r="F41">
+        <v>3</v>
+      </c>
+      <c r="G41">
+        <v>1</v>
+      </c>
+      <c r="H41">
+        <v>1</v>
+      </c>
+      <c r="I41">
+        <v>2</v>
+      </c>
       <c r="L41" t="s">
         <v>42</v>
       </c>
       <c r="M41" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="42" spans="1:21">
       <c r="A42">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="B42">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="C42" t="s">
         <v>94</v>
       </c>
       <c r="D42" t="s">
         <v>95</v>
       </c>
       <c r="E42">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="L42" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="M42" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="43" spans="1:21">
       <c r="A43">
-        <v>275</v>
+        <v>243</v>
       </c>
       <c r="B43">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="C43" t="s">
         <v>96</v>
       </c>
       <c r="D43" t="s">
         <v>97</v>
       </c>
       <c r="E43">
-        <v>8</v>
+        <v>5</v>
+      </c>
+      <c r="F43">
+        <v>2</v>
+      </c>
+      <c r="G43">
+        <v>1</v>
+      </c>
+      <c r="I43">
+        <v>1</v>
       </c>
       <c r="L43" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="M43" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:21">
       <c r="A44">
-        <v>342</v>
+        <v>275</v>
       </c>
       <c r="B44">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C44" t="s">
-        <v>40</v>
+        <v>98</v>
       </c>
       <c r="D44" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E44">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="L44" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="M44" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="45" spans="1:21">
       <c r="A45">
-        <v>366</v>
+        <v>342</v>
       </c>
       <c r="B45">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C45" t="s">
-        <v>99</v>
+        <v>40</v>
       </c>
       <c r="D45" t="s">
         <v>100</v>
       </c>
       <c r="E45">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F45">
+        <v>4</v>
+      </c>
+      <c r="G45">
+        <v>1</v>
+      </c>
+      <c r="I45">
         <v>1</v>
       </c>
       <c r="L45" t="s">
-        <v>77</v>
+        <v>27</v>
       </c>
       <c r="M45" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="46" spans="1:21">
       <c r="A46">
-        <v>380</v>
+        <v>366</v>
       </c>
       <c r="B46">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="C46" t="s">
         <v>101</v>
       </c>
       <c r="D46" t="s">
         <v>102</v>
       </c>
       <c r="E46">
-        <v>6</v>
+        <v>4</v>
+      </c>
+      <c r="F46">
+        <v>4</v>
       </c>
       <c r="L46" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="M46" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="47" spans="1:21">
       <c r="A47">
-        <v>389</v>
+        <v>380</v>
       </c>
       <c r="B47">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C47" t="s">
         <v>103</v>
       </c>
       <c r="D47" t="s">
         <v>104</v>
       </c>
       <c r="E47">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F47">
+        <v>3</v>
+      </c>
+      <c r="J47">
+        <v>2</v>
+      </c>
+      <c r="K47">
         <v>1</v>
       </c>
       <c r="L47" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="M47" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="48" spans="1:21">
       <c r="A48">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="B48">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="C48" t="s">
         <v>105</v>
       </c>
       <c r="D48" t="s">
         <v>106</v>
       </c>
       <c r="E48">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="F48">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L48" t="s">
-        <v>107</v>
+        <v>65</v>
       </c>
       <c r="M48" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="49" spans="1:21">
       <c r="A49">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="B49">
-        <v>7</v>
+        <v>33</v>
       </c>
       <c r="C49" t="s">
+        <v>107</v>
+      </c>
+      <c r="D49" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E49">
         <v>11</v>
       </c>
       <c r="F49">
+        <v>4</v>
+      </c>
+      <c r="G49">
+        <v>1</v>
+      </c>
+      <c r="H49">
+        <v>2</v>
+      </c>
+      <c r="I49">
+        <v>3</v>
+      </c>
+      <c r="J49">
+        <v>2</v>
+      </c>
+      <c r="K49">
         <v>1</v>
       </c>
       <c r="L49" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="M49" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="50" spans="1:21">
       <c r="A50">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="B50">
-        <v>96</v>
+        <v>7</v>
       </c>
       <c r="C50" t="s">
-        <v>17</v>
+        <v>110</v>
       </c>
       <c r="D50" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E50">
         <v>11</v>
       </c>
       <c r="F50">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="G50">
+        <v>1</v>
+      </c>
+      <c r="H50">
+        <v>2</v>
+      </c>
+      <c r="I50">
+        <v>3</v>
+      </c>
+      <c r="J50">
+        <v>6</v>
+      </c>
+      <c r="K50">
+        <v>3</v>
       </c>
       <c r="L50" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="M50" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="51" spans="1:21">
       <c r="A51">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="B51">
-        <v>20</v>
+        <v>96</v>
       </c>
       <c r="C51" t="s">
-        <v>111</v>
+        <v>17</v>
       </c>
       <c r="D51" t="s">
         <v>112</v>
       </c>
       <c r="E51">
         <v>11</v>
       </c>
       <c r="F51">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="G51">
+        <v>2</v>
+      </c>
+      <c r="H51">
+        <v>1</v>
+      </c>
+      <c r="I51">
+        <v>3</v>
       </c>
       <c r="L51" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="M51" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="52" spans="1:21">
       <c r="A52">
-        <v>396</v>
+        <v>395</v>
       </c>
       <c r="B52">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="C52" t="s">
-        <v>54</v>
+        <v>113</v>
       </c>
       <c r="D52" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E52">
         <v>11</v>
       </c>
+      <c r="F52">
+        <v>4</v>
+      </c>
+      <c r="G52">
+        <v>1</v>
+      </c>
+      <c r="H52">
+        <v>4</v>
+      </c>
+      <c r="I52">
+        <v>5</v>
+      </c>
       <c r="L52" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="M52" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="53" spans="1:21">
       <c r="A53">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="B53">
-        <v>88</v>
+        <v>45</v>
       </c>
       <c r="C53" t="s">
-        <v>114</v>
+        <v>56</v>
       </c>
       <c r="D53" t="s">
         <v>115</v>
       </c>
       <c r="E53">
         <v>11</v>
       </c>
       <c r="F53">
-        <v>1</v>
-[...4 lines deleted...]
-      <c r="K53">
+        <v>2</v>
+      </c>
+      <c r="H53">
+        <v>1</v>
+      </c>
+      <c r="I53">
         <v>1</v>
       </c>
       <c r="L53" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="M53" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="54" spans="1:21">
       <c r="A54">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="B54">
-        <v>19</v>
+        <v>88</v>
       </c>
       <c r="C54" t="s">
         <v>116</v>
       </c>
       <c r="D54" t="s">
         <v>117</v>
       </c>
       <c r="E54">
         <v>11</v>
       </c>
       <c r="F54">
+        <v>4</v>
+      </c>
+      <c r="H54">
+        <v>1</v>
+      </c>
+      <c r="I54">
+        <v>1</v>
+      </c>
+      <c r="J54">
+        <v>2</v>
+      </c>
+      <c r="K54">
         <v>1</v>
       </c>
       <c r="L54" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="M54" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="55" spans="1:21">
       <c r="A55">
-        <v>414</v>
+        <v>399</v>
       </c>
       <c r="B55">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="C55" t="s">
         <v>118</v>
       </c>
       <c r="D55" t="s">
         <v>119</v>
       </c>
       <c r="E55">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F55">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="G55">
+        <v>1</v>
+      </c>
+      <c r="H55">
+        <v>3</v>
+      </c>
+      <c r="I55">
+        <v>4</v>
       </c>
       <c r="L55" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="M55" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="56" spans="1:21">
       <c r="A56">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="B56">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C56" t="s">
+        <v>120</v>
+      </c>
+      <c r="D56" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="E56">
         <v>12</v>
       </c>
       <c r="F56">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L56" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="M56" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="57" spans="1:21">
       <c r="A57">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="B57">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>123</v>
       </c>
       <c r="D57" t="s">
         <v>124</v>
       </c>
       <c r="E57">
         <v>12</v>
       </c>
       <c r="F57">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="H57">
+        <v>3</v>
+      </c>
+      <c r="G57">
         <v>1</v>
       </c>
       <c r="I57">
         <v>1</v>
       </c>
       <c r="L57" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="M57" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="58" spans="1:21">
       <c r="A58">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="B58">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="C58" t="s">
-        <v>34</v>
+        <v>125</v>
       </c>
       <c r="D58" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E58">
         <v>12</v>
       </c>
       <c r="F58">
+        <v>2</v>
+      </c>
+      <c r="H58">
+        <v>1</v>
+      </c>
+      <c r="I58">
         <v>1</v>
       </c>
       <c r="L58" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="M58" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="59" spans="1:21">
       <c r="A59">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="B59">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="C59" t="s">
-        <v>126</v>
+        <v>34</v>
       </c>
       <c r="D59" t="s">
         <v>127</v>
       </c>
       <c r="E59">
         <v>12</v>
       </c>
+      <c r="F59">
+        <v>3</v>
+      </c>
+      <c r="H59">
+        <v>1</v>
+      </c>
+      <c r="I59">
+        <v>1</v>
+      </c>
       <c r="L59" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="M59" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="60" spans="1:21">
       <c r="A60">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="B60">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C60" t="s">
         <v>128</v>
       </c>
       <c r="D60" t="s">
         <v>129</v>
       </c>
       <c r="E60">
         <v>12</v>
       </c>
       <c r="F60">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L60" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="M60" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="61" spans="1:21">
       <c r="A61">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="B61">
-        <v>91</v>
+        <v>15</v>
       </c>
       <c r="C61" t="s">
         <v>130</v>
       </c>
       <c r="D61" t="s">
         <v>131</v>
       </c>
       <c r="E61">
         <v>12</v>
       </c>
       <c r="F61">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="H61">
+        <v>2</v>
+      </c>
+      <c r="I61">
+        <v>2</v>
       </c>
       <c r="L61" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="M61" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="62" spans="1:21">
       <c r="A62">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="B62">
         <v>91</v>
       </c>
       <c r="C62" t="s">
-        <v>17</v>
+        <v>132</v>
       </c>
       <c r="D62" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E62">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="F62">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G62">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I62">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="J62">
+        <v>2</v>
+      </c>
+      <c r="K62">
+        <v>1</v>
       </c>
       <c r="L62" t="s">
-        <v>15</v>
+        <v>122</v>
       </c>
       <c r="M62" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="63" spans="1:21">
       <c r="A63">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="B63">
-        <v>14</v>
+        <v>91</v>
       </c>
       <c r="C63" t="s">
-        <v>133</v>
+        <v>17</v>
       </c>
       <c r="D63" t="s">
         <v>134</v>
       </c>
       <c r="E63">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="F63">
+        <v>4</v>
+      </c>
+      <c r="G63">
+        <v>4</v>
+      </c>
+      <c r="H63">
+        <v>1</v>
+      </c>
+      <c r="I63">
+        <v>5</v>
+      </c>
+      <c r="J63">
+        <v>2</v>
+      </c>
+      <c r="K63">
         <v>1</v>
       </c>
       <c r="L63" t="s">
-        <v>107</v>
+        <v>15</v>
       </c>
       <c r="M63" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="64" spans="1:21">
       <c r="A64">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="B64">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C64" t="s">
-        <v>17</v>
+        <v>135</v>
       </c>
       <c r="D64" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E64">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F64">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="G64">
+        <v>4</v>
+      </c>
+      <c r="H64">
+        <v>4</v>
+      </c>
+      <c r="I64">
+        <v>8</v>
       </c>
       <c r="L64" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="M64" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="65" spans="1:21">
       <c r="A65">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="B65">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="C65" t="s">
-        <v>101</v>
+        <v>17</v>
       </c>
       <c r="D65" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E65">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F65">
+        <v>4</v>
+      </c>
+      <c r="G65">
+        <v>1</v>
+      </c>
+      <c r="I65">
         <v>1</v>
       </c>
       <c r="L65" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="M65" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="66" spans="1:21">
       <c r="A66">
-        <v>454</v>
+        <v>435</v>
       </c>
       <c r="B66">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C66" t="s">
-        <v>137</v>
+        <v>103</v>
       </c>
       <c r="D66" t="s">
         <v>138</v>
       </c>
       <c r="E66">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F66">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="G66">
+        <v>2</v>
+      </c>
+      <c r="H66">
+        <v>2</v>
+      </c>
+      <c r="I66">
+        <v>4</v>
       </c>
       <c r="L66" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="M66" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="67" spans="1:21">
       <c r="A67">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="B67">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C67" t="s">
-        <v>108</v>
+        <v>139</v>
       </c>
       <c r="D67" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E67">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="F67">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L67" t="s">
-        <v>27</v>
+        <v>122</v>
       </c>
       <c r="M67" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="68" spans="1:21">
       <c r="A68">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="B68">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="C68" t="s">
-        <v>140</v>
+        <v>110</v>
       </c>
       <c r="D68" t="s">
         <v>141</v>
       </c>
       <c r="E68">
-        <v>4</v>
+        <v>5</v>
+      </c>
+      <c r="F68">
+        <v>4</v>
+      </c>
+      <c r="H68">
+        <v>1</v>
+      </c>
+      <c r="I68">
+        <v>1</v>
+      </c>
+      <c r="J68">
+        <v>2</v>
+      </c>
+      <c r="K68">
+        <v>1</v>
       </c>
       <c r="L68" t="s">
-        <v>77</v>
+        <v>27</v>
       </c>
       <c r="M68" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="69" spans="1:21">
       <c r="A69">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="B69">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="C69" t="s">
         <v>142</v>
       </c>
       <c r="D69" t="s">
         <v>143</v>
       </c>
       <c r="E69">
         <v>4</v>
       </c>
       <c r="F69">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G69">
         <v>1</v>
       </c>
-      <c r="H69">
-[...1 lines deleted...]
-      </c>
       <c r="I69">
-        <v>3</v>
-[...4 lines deleted...]
-      <c r="K69">
         <v>1</v>
       </c>
       <c r="L69" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="M69" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="70" spans="1:21">
       <c r="A70">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="B70">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="C70" t="s">
-        <v>78</v>
+        <v>144</v>
       </c>
       <c r="D70" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E70">
         <v>4</v>
       </c>
       <c r="F70">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="G70">
+        <v>1</v>
+      </c>
+      <c r="H70">
+        <v>3</v>
+      </c>
+      <c r="I70">
+        <v>4</v>
+      </c>
+      <c r="J70">
+        <v>4</v>
+      </c>
+      <c r="K70">
+        <v>2</v>
       </c>
       <c r="L70" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="M70" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="71" spans="1:21">
       <c r="A71">
-        <v>509</v>
+        <v>463</v>
       </c>
       <c r="B71">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C71" t="s">
-        <v>23</v>
+        <v>80</v>
       </c>
       <c r="D71" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E71">
         <v>4</v>
       </c>
+      <c r="F71">
+        <v>4</v>
+      </c>
+      <c r="H71">
+        <v>1</v>
+      </c>
+      <c r="I71">
+        <v>1</v>
+      </c>
       <c r="L71" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="M71" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="72" spans="1:21">
       <c r="A72">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="B72">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="C72" t="s">
-        <v>146</v>
+        <v>23</v>
       </c>
       <c r="D72" t="s">
         <v>147</v>
       </c>
       <c r="E72">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="L72" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="M72" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="73" spans="1:21">
       <c r="A73">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="B73">
-        <v>28</v>
+        <v>3</v>
       </c>
       <c r="C73" t="s">
         <v>148</v>
       </c>
       <c r="D73" t="s">
         <v>149</v>
       </c>
       <c r="E73">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="F73">
         <v>1</v>
       </c>
+      <c r="J73">
+        <v>2</v>
+      </c>
+      <c r="K73">
+        <v>1</v>
+      </c>
       <c r="L73" t="s">
-        <v>107</v>
+        <v>65</v>
       </c>
       <c r="M73" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="74" spans="1:21">
       <c r="A74">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="B74">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="C74" t="s">
         <v>150</v>
       </c>
       <c r="D74" t="s">
         <v>151</v>
       </c>
       <c r="E74">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="F74">
+        <v>3</v>
+      </c>
+      <c r="G74">
+        <v>1</v>
+      </c>
+      <c r="I74">
         <v>1</v>
       </c>
       <c r="L74" t="s">
-        <v>15</v>
+        <v>109</v>
       </c>
       <c r="M74" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="75" spans="1:21">
       <c r="A75">
-        <v>536</v>
+        <v>517</v>
       </c>
       <c r="B75">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="C75" t="s">
         <v>152</v>
       </c>
       <c r="D75" t="s">
         <v>153</v>
       </c>
       <c r="E75">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F75">
-        <v>1</v>
-[...4 lines deleted...]
-      <c r="I75">
+        <v>2</v>
+      </c>
+      <c r="J75">
+        <v>2</v>
+      </c>
+      <c r="K75">
         <v>1</v>
       </c>
       <c r="L75" t="s">
-        <v>120</v>
+        <v>15</v>
       </c>
       <c r="M75" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="76" spans="1:21">
       <c r="A76">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="B76">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="C76" t="s">
-        <v>142</v>
+        <v>154</v>
       </c>
       <c r="D76" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E76">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="F76">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G76">
         <v>1</v>
       </c>
       <c r="H76">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I76">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L76" t="s">
-        <v>77</v>
+        <v>122</v>
       </c>
       <c r="M76" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="77" spans="1:21">
       <c r="A77">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="B77">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="C77" t="s">
-        <v>17</v>
+        <v>144</v>
       </c>
       <c r="D77" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E77">
+        <v>4</v>
+      </c>
+      <c r="F77">
+        <v>4</v>
+      </c>
+      <c r="G77">
+        <v>3</v>
+      </c>
+      <c r="H77">
+        <v>2</v>
+      </c>
+      <c r="I77">
         <v>5</v>
       </c>
-      <c r="F77">
-[...10 lines deleted...]
-      </c>
       <c r="L77" t="s">
-        <v>27</v>
+        <v>79</v>
       </c>
       <c r="M77" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="78" spans="1:21">
       <c r="A78">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="B78">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C78" t="s">
-        <v>69</v>
+        <v>17</v>
       </c>
       <c r="D78" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E78">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="F78">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="G78">
+        <v>1</v>
+      </c>
+      <c r="H78">
+        <v>2</v>
+      </c>
+      <c r="I78">
+        <v>3</v>
       </c>
       <c r="J78">
         <v>2</v>
       </c>
       <c r="K78">
         <v>1</v>
       </c>
       <c r="L78" t="s">
-        <v>120</v>
+        <v>27</v>
       </c>
       <c r="M78" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="79" spans="1:21">
       <c r="A79">
-        <v>559</v>
+        <v>546</v>
       </c>
       <c r="B79">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C79" t="s">
-        <v>40</v>
+        <v>71</v>
       </c>
       <c r="D79" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E79">
-        <v>4</v>
+        <v>12</v>
+      </c>
+      <c r="F79">
+        <v>3</v>
+      </c>
+      <c r="J79">
+        <v>2</v>
+      </c>
+      <c r="K79">
+        <v>1</v>
       </c>
       <c r="L79" t="s">
-        <v>77</v>
+        <v>122</v>
       </c>
       <c r="M79" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="80" spans="1:21">
       <c r="A80">
-        <v>568</v>
+        <v>559</v>
       </c>
       <c r="B80">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="C80" t="s">
-        <v>158</v>
+        <v>40</v>
       </c>
       <c r="D80" t="s">
         <v>159</v>
       </c>
       <c r="E80">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L80" t="s">
-        <v>27</v>
+        <v>79</v>
       </c>
       <c r="M80" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="81" spans="1:21">
       <c r="A81">
-        <v>584</v>
+        <v>568</v>
       </c>
       <c r="B81">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="C81" t="s">
         <v>160</v>
       </c>
       <c r="D81" t="s">
-        <v>145</v>
+        <v>161</v>
       </c>
       <c r="E81">
         <v>5</v>
       </c>
       <c r="F81">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="L81" t="s">
         <v>27</v>
       </c>
       <c r="M81" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="82" spans="1:21">
       <c r="A82">
-        <v>593</v>
+        <v>584</v>
       </c>
       <c r="B82">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C82" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D82" t="s">
-        <v>162</v>
+        <v>147</v>
       </c>
       <c r="E82">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="F82">
         <v>1</v>
       </c>
-      <c r="J82">
-[...4 lines deleted...]
-      </c>
       <c r="L82" t="s">
-        <v>163</v>
+        <v>27</v>
       </c>
       <c r="M82" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="83" spans="1:21">
       <c r="A83">
-        <v>594</v>
+        <v>593</v>
       </c>
       <c r="B83">
+        <v>4</v>
+      </c>
+      <c r="C83" t="s">
+        <v>163</v>
+      </c>
+      <c r="D83" t="s">
+        <v>164</v>
+      </c>
+      <c r="E83">
+        <v>16</v>
+      </c>
+      <c r="F83">
+        <v>2</v>
+      </c>
+      <c r="J83">
         <v>6</v>
       </c>
-      <c r="C83" t="s">
-[...2 lines deleted...]
-      <c r="D83" t="s">
+      <c r="K83">
+        <v>2</v>
+      </c>
+      <c r="L83" t="s">
         <v>165</v>
-      </c>
-[...7 lines deleted...]
-        <v>163</v>
       </c>
       <c r="M83" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="84" spans="1:21">
       <c r="A84">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="B84">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C84" t="s">
         <v>166</v>
       </c>
       <c r="D84" t="s">
         <v>167</v>
       </c>
       <c r="E84">
         <v>16</v>
       </c>
       <c r="F84">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="G84">
+        <v>1</v>
+      </c>
+      <c r="H84">
+        <v>2</v>
+      </c>
+      <c r="I84">
+        <v>3</v>
       </c>
       <c r="L84" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="M84" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="85" spans="1:21">
       <c r="A85">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="B85">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C85" t="s">
+        <v>48</v>
+      </c>
+      <c r="D85" t="s">
         <v>168</v>
       </c>
-      <c r="D85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E85">
         <v>16</v>
       </c>
       <c r="F85">
+        <v>2</v>
+      </c>
+      <c r="G85">
+        <v>1</v>
+      </c>
+      <c r="I85">
         <v>1</v>
       </c>
       <c r="L85" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="M85" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="86" spans="1:21">
       <c r="A86">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="B86">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="C86" t="s">
+        <v>169</v>
+      </c>
+      <c r="D86" t="s">
         <v>170</v>
       </c>
-      <c r="D86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E86">
         <v>16</v>
       </c>
       <c r="F86">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H86">
         <v>1</v>
       </c>
       <c r="I86">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L86" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="M86" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="87" spans="1:21">
       <c r="A87">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="B87">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C87" t="s">
-        <v>17</v>
+        <v>171</v>
       </c>
       <c r="D87" t="s">
         <v>172</v>
       </c>
       <c r="E87">
         <v>16</v>
       </c>
       <c r="F87">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G87">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H87">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="I87">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="L87" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="M87" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="88" spans="1:21">
       <c r="A88">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="B88">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C88" t="s">
-        <v>69</v>
+        <v>17</v>
       </c>
       <c r="D88" t="s">
         <v>173</v>
       </c>
       <c r="E88">
         <v>16</v>
       </c>
       <c r="F88">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="G88">
+        <v>1</v>
+      </c>
+      <c r="H88">
+        <v>3</v>
+      </c>
+      <c r="I88">
+        <v>4</v>
       </c>
       <c r="L88" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="M88" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="89" spans="1:21">
       <c r="A89">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="B89">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="C89" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="D89" t="s">
         <v>174</v>
       </c>
       <c r="E89">
         <v>16</v>
       </c>
       <c r="F89">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="G89">
+        <v>3</v>
+      </c>
+      <c r="H89">
         <v>1</v>
       </c>
       <c r="I89">
         <v>1</v>
       </c>
+      <c r="J89">
+        <v>2</v>
+      </c>
+      <c r="K89">
+        <v>1</v>
+      </c>
       <c r="L89" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="M89" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="90" spans="1:21">
       <c r="A90">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="B90">
-        <v>15</v>
+        <v>66</v>
       </c>
       <c r="C90" t="s">
-        <v>128</v>
+        <v>28</v>
       </c>
       <c r="D90" t="s">
         <v>175</v>
       </c>
       <c r="E90">
         <v>16</v>
       </c>
       <c r="F90">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="G90">
+        <v>3</v>
+      </c>
+      <c r="H90">
+        <v>2</v>
+      </c>
+      <c r="I90">
+        <v>5</v>
       </c>
       <c r="L90" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="M90" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="91" spans="1:21">
       <c r="A91">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="B91">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C91" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="D91" t="s">
         <v>176</v>
       </c>
       <c r="E91">
         <v>16</v>
       </c>
+      <c r="F91">
+        <v>4</v>
+      </c>
+      <c r="H91">
+        <v>3</v>
+      </c>
+      <c r="I91">
+        <v>3</v>
+      </c>
+      <c r="J91">
+        <v>6</v>
+      </c>
+      <c r="K91">
+        <v>3</v>
+      </c>
       <c r="L91" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="M91" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="92" spans="1:21">
       <c r="A92">
-        <v>613</v>
+        <v>608</v>
       </c>
       <c r="B92">
-        <v>62</v>
+        <v>8</v>
       </c>
       <c r="C92" t="s">
+        <v>116</v>
+      </c>
+      <c r="D92" t="s">
         <v>177</v>
       </c>
-      <c r="D92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E92">
-        <v>6</v>
+        <v>16</v>
+      </c>
+      <c r="F92">
+        <v>2</v>
       </c>
       <c r="L92" t="s">
-        <v>15</v>
+        <v>165</v>
       </c>
       <c r="M92" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="93" spans="1:21">
       <c r="A93">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="B93">
-        <v>4</v>
+        <v>62</v>
       </c>
       <c r="C93" t="s">
-        <v>40</v>
+        <v>178</v>
       </c>
       <c r="D93" t="s">
         <v>179</v>
       </c>
       <c r="E93">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F93">
+        <v>2</v>
+      </c>
+      <c r="H93">
+        <v>1</v>
+      </c>
+      <c r="I93">
         <v>1</v>
       </c>
       <c r="J93">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="K93">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L93" t="s">
-        <v>120</v>
+        <v>15</v>
       </c>
       <c r="M93" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="94" spans="1:21">
       <c r="A94">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="B94">
-        <v>99</v>
+        <v>4</v>
       </c>
       <c r="C94" t="s">
+        <v>40</v>
+      </c>
+      <c r="D94" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="E94">
         <v>12</v>
       </c>
       <c r="F94">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="H94">
+        <v>1</v>
+      </c>
+      <c r="I94">
+        <v>1</v>
+      </c>
+      <c r="J94">
+        <v>4</v>
+      </c>
+      <c r="K94">
+        <v>2</v>
       </c>
       <c r="L94" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="M94" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="95" spans="1:21">
       <c r="A95">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="B95">
-        <v>24</v>
+        <v>99</v>
       </c>
       <c r="C95" t="s">
-        <v>166</v>
+        <v>181</v>
       </c>
       <c r="D95" t="s">
         <v>182</v>
       </c>
       <c r="E95">
-        <v>11</v>
+        <v>12</v>
+      </c>
+      <c r="F95">
+        <v>4</v>
+      </c>
+      <c r="G95">
+        <v>2</v>
+      </c>
+      <c r="I95">
+        <v>2</v>
       </c>
       <c r="L95" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="M95" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="96" spans="1:21">
       <c r="A96">
-        <v>622</v>
+        <v>618</v>
       </c>
       <c r="B96">
+        <v>24</v>
+      </c>
+      <c r="C96" t="s">
+        <v>48</v>
+      </c>
+      <c r="D96" t="s">
+        <v>183</v>
+      </c>
+      <c r="E96">
         <v>11</v>
       </c>
-      <c r="C96" t="s">
-[...6 lines deleted...]
-        <v>12</v>
+      <c r="F96">
+        <v>2</v>
+      </c>
+      <c r="G96">
+        <v>1</v>
+      </c>
+      <c r="H96">
+        <v>1</v>
+      </c>
+      <c r="I96">
+        <v>2</v>
       </c>
       <c r="L96" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="M96" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="97" spans="1:21">
       <c r="A97">
-        <v>628</v>
+        <v>622</v>
       </c>
       <c r="B97">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C97" t="s">
-        <v>158</v>
+        <v>184</v>
       </c>
       <c r="D97" t="s">
         <v>185</v>
       </c>
       <c r="E97">
-        <v>7</v>
-[...8 lines deleted...]
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="L97" t="s">
-        <v>63</v>
+        <v>122</v>
       </c>
       <c r="M97" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="98" spans="1:21">
       <c r="A98">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="B98">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="C98" t="s">
+        <v>160</v>
+      </c>
+      <c r="D98" t="s">
         <v>186</v>
       </c>
-      <c r="D98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E98">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="F98">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J98">
         <v>2</v>
       </c>
       <c r="K98">
         <v>1</v>
       </c>
       <c r="L98" t="s">
-        <v>107</v>
+        <v>65</v>
       </c>
       <c r="M98" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="99" spans="1:21">
       <c r="A99">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="B99">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C99" t="s">
+        <v>187</v>
+      </c>
+      <c r="D99" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="E99">
         <v>11</v>
       </c>
+      <c r="F99">
+        <v>4</v>
+      </c>
+      <c r="G99">
+        <v>4</v>
+      </c>
+      <c r="H99">
+        <v>4</v>
+      </c>
+      <c r="I99">
+        <v>8</v>
+      </c>
+      <c r="J99">
+        <v>4</v>
+      </c>
+      <c r="K99">
+        <v>2</v>
+      </c>
       <c r="L99" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="M99" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="100" spans="1:21">
       <c r="A100">
-        <v>639</v>
+        <v>633</v>
       </c>
       <c r="B100">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>13</v>
+        <v>189</v>
       </c>
       <c r="D100" t="s">
         <v>190</v>
       </c>
       <c r="E100">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="F100">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="G100">
+        <v>1</v>
+      </c>
+      <c r="H100">
+        <v>1</v>
+      </c>
+      <c r="I100">
+        <v>2</v>
       </c>
       <c r="L100" t="s">
-        <v>27</v>
+        <v>109</v>
       </c>
       <c r="M100" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="101" spans="1:21">
       <c r="A101">
-        <v>672</v>
+        <v>639</v>
       </c>
       <c r="B101">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="C101" t="s">
+        <v>13</v>
+      </c>
+      <c r="D101" t="s">
         <v>191</v>
       </c>
-      <c r="D101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E101">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F101">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J101">
         <v>2</v>
       </c>
       <c r="K101">
         <v>1</v>
       </c>
       <c r="L101" t="s">
-        <v>77</v>
+        <v>27</v>
       </c>
       <c r="M101" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="102" spans="1:21">
       <c r="A102">
-        <v>675</v>
+        <v>672</v>
       </c>
       <c r="B102">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="C102" t="s">
-        <v>142</v>
+        <v>192</v>
       </c>
       <c r="D102" t="s">
         <v>193</v>
       </c>
       <c r="E102">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="F102">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="J102">
+        <v>4</v>
+      </c>
+      <c r="K102">
+        <v>2</v>
       </c>
       <c r="L102" t="s">
-        <v>163</v>
+        <v>79</v>
       </c>
       <c r="M102" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="103" spans="1:21">
       <c r="A103">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="B103">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="C103" t="s">
-        <v>123</v>
+        <v>144</v>
       </c>
       <c r="D103" t="s">
         <v>194</v>
       </c>
       <c r="E103">
         <v>16</v>
       </c>
       <c r="F103">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H103">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I103">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L103" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="M103" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="104" spans="1:21">
       <c r="A104">
-        <v>677</v>
+        <v>676</v>
       </c>
       <c r="B104">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="C104" t="s">
-        <v>61</v>
+        <v>125</v>
       </c>
       <c r="D104" t="s">
         <v>195</v>
       </c>
       <c r="E104">
         <v>16</v>
       </c>
       <c r="F104">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="G104">
+        <v>2</v>
+      </c>
+      <c r="H104">
+        <v>7</v>
+      </c>
+      <c r="I104">
+        <v>9</v>
       </c>
       <c r="L104" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="M104" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="105" spans="1:21">
       <c r="A105">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="B105">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C105" t="s">
+        <v>63</v>
+      </c>
+      <c r="D105" t="s">
         <v>196</v>
       </c>
-      <c r="D105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E105">
         <v>16</v>
       </c>
       <c r="F105">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="G105">
+        <v>2</v>
+      </c>
+      <c r="H105">
         <v>1</v>
       </c>
       <c r="I105">
         <v>1</v>
       </c>
       <c r="J105">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K105">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L105" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="M105" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="106" spans="1:21">
       <c r="A106">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="B106">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C106" t="s">
+        <v>197</v>
+      </c>
+      <c r="D106" t="s">
         <v>198</v>
       </c>
-      <c r="D106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E106">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="F106">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="G106">
+        <v>4</v>
       </c>
       <c r="H106">
         <v>1</v>
       </c>
       <c r="I106">
-        <v>1</v>
+        <v>5</v>
+      </c>
+      <c r="J106">
+        <v>4</v>
+      </c>
+      <c r="K106">
+        <v>2</v>
       </c>
       <c r="L106" t="s">
-        <v>15</v>
+        <v>165</v>
       </c>
       <c r="M106" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="107" spans="1:21">
       <c r="A107">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="B107">
-        <v>77</v>
+        <v>12</v>
       </c>
       <c r="C107" t="s">
+        <v>199</v>
+      </c>
+      <c r="D107" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="E107">
         <v>6</v>
       </c>
       <c r="F107">
+        <v>2</v>
+      </c>
+      <c r="H107">
+        <v>1</v>
+      </c>
+      <c r="I107">
         <v>1</v>
       </c>
       <c r="L107" t="s">
         <v>15</v>
       </c>
       <c r="M107" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="108" spans="1:21">
       <c r="A108">
-        <v>682</v>
+        <v>681</v>
       </c>
       <c r="B108">
-        <v>15</v>
+        <v>77</v>
       </c>
       <c r="C108" t="s">
+        <v>201</v>
+      </c>
+      <c r="D108" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="E108">
         <v>6</v>
       </c>
       <c r="F108">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="G108">
+        <v>3</v>
+      </c>
+      <c r="H108">
         <v>1</v>
       </c>
       <c r="I108">
         <v>1</v>
       </c>
       <c r="L108" t="s">
         <v>15</v>
       </c>
       <c r="M108" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="109" spans="1:21">
       <c r="A109">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="B109">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C109" t="s">
-        <v>133</v>
+        <v>203</v>
       </c>
       <c r="D109" t="s">
         <v>204</v>
       </c>
       <c r="E109">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="F109">
+        <v>2</v>
+      </c>
+      <c r="G109">
+        <v>1</v>
+      </c>
+      <c r="I109">
+        <v>1</v>
+      </c>
+      <c r="J109">
+        <v>2</v>
+      </c>
+      <c r="K109">
         <v>1</v>
       </c>
       <c r="L109" t="s">
-        <v>107</v>
+        <v>15</v>
       </c>
       <c r="M109" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="110" spans="1:21">
       <c r="A110">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="B110">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="C110" t="s">
-        <v>89</v>
+        <v>135</v>
       </c>
       <c r="D110" t="s">
         <v>205</v>
       </c>
       <c r="E110">
-        <v>8</v>
+        <v>11</v>
+      </c>
+      <c r="F110">
+        <v>4</v>
+      </c>
+      <c r="G110">
+        <v>2</v>
+      </c>
+      <c r="H110">
+        <v>5</v>
+      </c>
+      <c r="I110">
+        <v>7</v>
       </c>
       <c r="L110" t="s">
-        <v>42</v>
+        <v>109</v>
       </c>
       <c r="M110" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="111" spans="1:21">
       <c r="A111">
-        <v>687</v>
+        <v>686</v>
       </c>
       <c r="B111">
+        <v>4</v>
+      </c>
+      <c r="C111" t="s">
+        <v>91</v>
+      </c>
+      <c r="D111" t="s">
+        <v>206</v>
+      </c>
+      <c r="E111">
         <v>8</v>
       </c>
-      <c r="C111" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F111">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L111" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="M111" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="112" spans="1:21">
       <c r="A112">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="B112">
-        <v>67</v>
+        <v>8</v>
       </c>
       <c r="C112" t="s">
-        <v>206</v>
+        <v>38</v>
       </c>
       <c r="D112" t="s">
-        <v>207</v>
+        <v>33</v>
       </c>
       <c r="E112">
+        <v>5</v>
+      </c>
+      <c r="F112">
+        <v>4</v>
+      </c>
+      <c r="G112">
+        <v>1</v>
+      </c>
+      <c r="H112">
+        <v>2</v>
+      </c>
+      <c r="I112">
+        <v>3</v>
+      </c>
+      <c r="J112">
         <v>6</v>
       </c>
-      <c r="F112">
-        <v>1</v>
+      <c r="K112">
+        <v>3</v>
       </c>
       <c r="L112" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="M112" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="113" spans="1:21">
       <c r="A113">
-        <v>695</v>
+        <v>689</v>
       </c>
       <c r="B113">
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="C113" t="s">
-        <v>17</v>
+        <v>207</v>
       </c>
       <c r="D113" t="s">
         <v>208</v>
       </c>
       <c r="E113">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F113">
+        <v>4</v>
+      </c>
+      <c r="J113">
+        <v>2</v>
+      </c>
+      <c r="K113">
         <v>1</v>
       </c>
       <c r="L113" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="M113" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="114" spans="1:21">
       <c r="A114">
-        <v>707</v>
+        <v>695</v>
       </c>
       <c r="B114">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C114" t="s">
+        <v>17</v>
+      </c>
+      <c r="D114" t="s">
         <v>209</v>
       </c>
-      <c r="D114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E114">
-        <v>5</v>
+        <v>7</v>
+      </c>
+      <c r="F114">
+        <v>3</v>
       </c>
       <c r="L114" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="M114" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="115" spans="1:21">
       <c r="A115">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="B115">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="C115" t="s">
-        <v>53</v>
+        <v>210</v>
       </c>
       <c r="D115" t="s">
         <v>211</v>
       </c>
       <c r="E115">
         <v>5</v>
       </c>
       <c r="F115">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G115">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I115">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L115" t="s">
         <v>27</v>
       </c>
       <c r="M115" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="116" spans="1:21">
       <c r="A116">
-        <v>720</v>
+        <v>708</v>
       </c>
       <c r="B116">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="C116" t="s">
+        <v>55</v>
+      </c>
+      <c r="D116" t="s">
         <v>212</v>
       </c>
-      <c r="D116" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E116">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F116">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="G116">
+        <v>1</v>
+      </c>
+      <c r="H116">
+        <v>2</v>
+      </c>
+      <c r="I116">
+        <v>3</v>
       </c>
       <c r="L116" t="s">
-        <v>77</v>
+        <v>27</v>
       </c>
       <c r="M116" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="117" spans="1:21">
       <c r="A117">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="B117">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="C117" t="s">
+        <v>213</v>
+      </c>
+      <c r="D117" t="s">
         <v>214</v>
       </c>
-      <c r="D117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E117">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="F117">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="L117" t="s">
-        <v>120</v>
+        <v>79</v>
       </c>
       <c r="M117" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="118" spans="1:21">
       <c r="A118">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="B118">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C118" t="s">
-        <v>17</v>
+        <v>215</v>
       </c>
       <c r="D118" t="s">
         <v>216</v>
       </c>
       <c r="E118">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F118">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H118">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I118">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L118" t="s">
-        <v>163</v>
+        <v>122</v>
       </c>
       <c r="M118" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="119" spans="1:21">
       <c r="A119">
-        <v>724</v>
+        <v>723</v>
       </c>
       <c r="B119">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="C119" t="s">
+        <v>17</v>
+      </c>
+      <c r="D119" t="s">
         <v>217</v>
       </c>
-      <c r="D119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E119">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="F119">
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="G119">
+        <v>5</v>
+      </c>
+      <c r="H119">
+        <v>4</v>
+      </c>
+      <c r="I119">
+        <v>9</v>
       </c>
       <c r="L119" t="s">
-        <v>77</v>
+        <v>165</v>
       </c>
       <c r="M119" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="120" spans="1:21">
       <c r="A120">
-        <v>725</v>
+        <v>724</v>
       </c>
       <c r="B120">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C120" t="s">
-        <v>142</v>
+        <v>218</v>
       </c>
       <c r="D120" t="s">
-        <v>195</v>
+        <v>219</v>
       </c>
       <c r="E120">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="F120">
+        <v>4</v>
+      </c>
+      <c r="H120">
+        <v>1</v>
+      </c>
+      <c r="I120">
         <v>1</v>
       </c>
       <c r="L120" t="s">
-        <v>163</v>
+        <v>79</v>
       </c>
       <c r="M120" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="121" spans="1:21">
       <c r="A121">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="B121">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="C121" t="s">
-        <v>30</v>
+        <v>144</v>
       </c>
       <c r="D121" t="s">
-        <v>142</v>
+        <v>196</v>
       </c>
       <c r="E121">
-        <v>6</v>
+        <v>16</v>
+      </c>
+      <c r="F121">
+        <v>2</v>
       </c>
       <c r="L121" t="s">
-        <v>15</v>
+        <v>165</v>
       </c>
       <c r="M121" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="122" spans="1:21">
       <c r="A122">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B122">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C122" t="s">
-        <v>219</v>
+        <v>30</v>
       </c>
       <c r="D122" t="s">
-        <v>220</v>
+        <v>144</v>
       </c>
       <c r="E122">
         <v>6</v>
       </c>
       <c r="F122">
         <v>1</v>
       </c>
       <c r="H122">
         <v>1</v>
       </c>
       <c r="I122">
         <v>1</v>
       </c>
-      <c r="J122">
-[...4 lines deleted...]
-      </c>
       <c r="L122" t="s">
         <v>15</v>
       </c>
       <c r="M122" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="123" spans="1:21">
       <c r="A123">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="B123">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="C123" t="s">
+        <v>220</v>
+      </c>
+      <c r="D123" t="s">
         <v>221</v>
       </c>
-      <c r="D123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E123">
-        <v>7</v>
+        <v>6</v>
+      </c>
+      <c r="F123">
+        <v>1</v>
+      </c>
+      <c r="H123">
+        <v>1</v>
+      </c>
+      <c r="I123">
+        <v>1</v>
+      </c>
+      <c r="J123">
+        <v>2</v>
+      </c>
+      <c r="K123">
+        <v>1</v>
       </c>
       <c r="L123" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="M123" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="124" spans="1:21">
       <c r="A124">
-        <v>730</v>
+        <v>729</v>
       </c>
       <c r="B124">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C124" t="s">
+        <v>222</v>
+      </c>
+      <c r="D124" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="E124">
         <v>7</v>
       </c>
       <c r="F124">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L124" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="M124" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="125" spans="1:21">
       <c r="A125">
-        <v>733</v>
+        <v>730</v>
       </c>
       <c r="B125">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C125" t="s">
-        <v>196</v>
+        <v>224</v>
       </c>
       <c r="D125" t="s">
         <v>225</v>
       </c>
       <c r="E125">
         <v>7</v>
       </c>
+      <c r="F125">
+        <v>3</v>
+      </c>
+      <c r="G125">
+        <v>1</v>
+      </c>
+      <c r="I125">
+        <v>1</v>
+      </c>
+      <c r="J125">
+        <v>2</v>
+      </c>
+      <c r="K125">
+        <v>1</v>
+      </c>
       <c r="L125" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="M125" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="126" spans="1:21">
       <c r="A126">
-        <v>734</v>
+        <v>733</v>
       </c>
       <c r="B126">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="C126" t="s">
+        <v>197</v>
+      </c>
+      <c r="D126" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="E126">
         <v>7</v>
       </c>
       <c r="L126" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="M126" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="127" spans="1:21">
       <c r="A127">
-        <v>740</v>
+        <v>734</v>
       </c>
       <c r="B127">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C127" t="s">
+        <v>227</v>
+      </c>
+      <c r="D127" t="s">
         <v>228</v>
       </c>
-      <c r="D127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E127">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F127">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G127">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I127">
         <v>2</v>
       </c>
       <c r="L127" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="M127" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="128" spans="1:21">
       <c r="A128">
-        <v>741</v>
+        <v>740</v>
       </c>
       <c r="B128">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C128" t="s">
-        <v>32</v>
+        <v>229</v>
       </c>
       <c r="D128" t="s">
         <v>230</v>
       </c>
       <c r="E128">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F128">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="G128">
+        <v>4</v>
       </c>
       <c r="H128">
         <v>2</v>
       </c>
       <c r="I128">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="L128" t="s">
-        <v>77</v>
+        <v>27</v>
       </c>
       <c r="M128" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="129" spans="1:21">
       <c r="A129">
-        <v>742</v>
+        <v>741</v>
       </c>
       <c r="B129">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C129" t="s">
-        <v>223</v>
+        <v>32</v>
       </c>
       <c r="D129" t="s">
         <v>231</v>
       </c>
       <c r="E129">
-        <v>6</v>
+        <v>4</v>
+      </c>
+      <c r="F129">
+        <v>4</v>
+      </c>
+      <c r="H129">
+        <v>2</v>
+      </c>
+      <c r="I129">
+        <v>2</v>
       </c>
       <c r="L129" t="s">
-        <v>15</v>
+        <v>79</v>
       </c>
       <c r="M129" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="130" spans="1:21">
       <c r="A130">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="B130">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C130" t="s">
-        <v>36</v>
+        <v>224</v>
       </c>
       <c r="D130" t="s">
         <v>232</v>
       </c>
       <c r="E130">
+        <v>6</v>
+      </c>
+      <c r="F130">
+        <v>1</v>
+      </c>
+      <c r="G130">
+        <v>1</v>
+      </c>
+      <c r="I130">
+        <v>1</v>
+      </c>
+      <c r="L130" t="s">
+        <v>15</v>
+      </c>
+      <c r="M130" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="131" spans="1:21">
+      <c r="A131">
+        <v>744</v>
+      </c>
+      <c r="B131">
+        <v>16</v>
+      </c>
+      <c r="C131" t="s">
+        <v>36</v>
+      </c>
+      <c r="D131" t="s">
+        <v>233</v>
+      </c>
+      <c r="E131">
         <v>7</v>
       </c>
-      <c r="F130">
-[...5 lines deleted...]
-      <c r="M130" t="s">
+      <c r="F131">
+        <v>4</v>
+      </c>
+      <c r="H131">
+        <v>1</v>
+      </c>
+      <c r="I131">
+        <v>1</v>
+      </c>
+      <c r="L131" t="s">
+        <v>65</v>
+      </c>
+      <c r="M131" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>